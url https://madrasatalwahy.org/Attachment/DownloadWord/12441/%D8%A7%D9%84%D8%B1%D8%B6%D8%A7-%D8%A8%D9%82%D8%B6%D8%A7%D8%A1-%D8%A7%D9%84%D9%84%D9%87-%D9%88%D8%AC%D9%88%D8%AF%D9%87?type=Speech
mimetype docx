--- v0 (2025-11-13)
+++ v1 (2026-01-12)
@@ -1478,51 +1478,51 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلاّمة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، التفت إليه وقال: هل أواصل محاضراتي في مسجد الجواد أم لا؟ فأجابه: واصل. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">والآن هذا الرجل يقول: لماذا السيّد محمد حسين يتواصل معه ولا يتواصل مع هذا؟ فما دخلك أنت في ذلك؟! وهل أنت تعلم؟! وهل أنت في قلبه؟! وهل أنت في نفسه؟! وهل أنت في عقله؟! أنت ذرّة ومثقال، فكيف تريد أن تجعل نفسك ندًّا ومساويًا لجبل أبي قبيس؟! ماذا تعرف أنت؟! أنت تنظر فقط إلى نظرة ذاك الرجل وابتسامته ولحيته البيضاء المسرّحة والبراقة ووجهه النوراني الذي لا يعلم إن كان هو كذلك بسبب خروجه للتوّ من الحمام أو بسبب شيء آخر مثلاً، فأنت تنظر إلى هذا فقط، لكن هل رأيت أيضًا ما هو مخفيّ في القلوب؟ لو رأيته ثمّ اعترضت، لكان كلامك مقبولاً. إن كان ما أخفاه كلّ منهم في نفسه، وأخفاه كسرّ لا يُظهروه لأحد، فلو كان لديك جوهر، جوهر، ذهب أو أيّ شيء ثمين جدًّا، ماذا تفعل به عندما تريد أن تحتفظ به؟! هل تتركه هكذا على الرفّ؟ لو كان لديك ماسة ثمينة جدًّا، فأين تضعها هل تضعها على الرفّ؟ أم لا تضعها بل في صندوق، والصندوق أيضًا داخل صندوق من هذه الخزنات الحديديّة التي يصنعونها، وماذا يسمّونها؟! نعم، من هذه التي تكون قويّة جدًا. فتضعه هناك وتغلق بابه، ثمّ تخفيه. لماذا؟ لأنّه سرّ. فهؤلاء يعتبرون الشيطان الكامن في دواخلهم سرًّا لهم. فهل يأتون ليظهروه لي ولك؟! يظهر لك لحيته المخضّبة بالحناء. يظهر لك حالة التواضع، لا شيطانه الكامن. لا أحد يستطيع أن يفهم شيطانه الكامن. </w:t>
+        <w:t xml:space="preserve">والآن هذا الرجل يقول: لماذا السيّد محمد حسين يتواصل معه ولا يتواصل مع هذا؟ فما دخلك أنت في ذلك؟! وهل أنت تعلم؟! وهل أنت في قلبه؟! وهل أنت في نفسه؟! وهل أنت في عقله؟! أنت ذرّة ومثقال، فكيف تريد أن تجعل نفسك ندًّا ومساويًا لجبل أبي قبيس؟! ماذا تعرف أنت؟! أنت تنظر فقط إلى نظرة ذاك الرجل وابتسامته ولحيته البيضاء المسرّحة والبراقة ووجهه النوراني الذي لا يعلم إن كان هو كذلك بسبب خروجه للتوّ من الحمام أو بسبب شيء آخر مثلاً، فأنت تنظر إلى هذا فقط، لكن هل رأيت أيضًا ما هو مخفيّ في القلوب؟ لو رأيته ثمّ اعترضت، لكان كلامك مقبولاً. إن كان ما أخفاه كلّ منهم في نفسه، وأخفاه كسرّ لا يُظهروه لأحد، فلو كان لديك جوهر، جوهر، ذهب أو أيّ شيء ثمين جدًّا، ماذا تفعل به عندما تريد أن تحتفظ به؟! هل تتركه هكذا على الرفّ؟ لو كان لديك ماسة ثمينة جدًّا، فأين تضعها هل تضعها على الرفّ؟ أم لا تضعها بل تضعها في صندوق، والصندوق أيضًا داخل صندوق من هذه الخزنات الحديديّة التي يصنعونها، وماذا يسمّونها؟! نعم، من هذه التي تكون قويّة جدًا. فتضعه هناك وتغلق بابه، ثمّ تخفيه. لماذا؟ لأنّه سرّ. فهؤلاء يعتبرون الشيطان الكامن في دواخلهم سرًّا لهم. فهل يأتون ليظهروه لي ولك؟! يظهر لك لحيته المخضّبة بالحناء. يظهر لك حالة التواضع، لا شيطانه الكامن. لا أحد يستطيع أن يفهم شيطانه الكامن. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقولون: فلان طيّب، لكنّنا لا نعلم لماذا فلان لا يعيره اهتمامًا، هذا الرجل المتواضع الطيّب جدًّا. فهل تعلم من أين يأتي هذا التواضع؟! هل تعلم ما هو أصل هذا التواضع؟! هل تعلم؟! هل لديك علم بأنّ أصل هذا التواضع هو إلهيّ أم أنّ كلّه لعب يا أخي؟ كلّ هذا لعب. كلّ هذا مكر شيطانيّ. لكن ماذا؟! المسألة مخفيّة في ألف غطاء، وألف حجاب. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أمّا الوليّ، بل ولا يلزم أن يكون وليًّا يا عزيزي، فلو خطا خطوتين فقط، فإنّه يدرك هذه الأمور. هذه ليست شيئًا مهمًّا. ينظر قليلاً فيقول: آه! هذا من كانوا يقولون عنه كذا؟! هذا ما كانوا يقولون عنه؟! </w:t>
       </w:r>
@@ -2345,66 +2345,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{199BAD90-8817-4DAD-9D6E-2ECFD11C58D0}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{7E11B035-D30A-4AB5-A8C4-994D88868A62}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{2B161A75-8248-47E6-AA7C-FAD6E9A1FA6B}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{0256ED03-345D-4F95-A973-13BF07EECE3B}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>