--- v0 (2025-11-13)
+++ v1 (2026-01-12)
@@ -592,51 +592,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> هذهِ هي النقطةُ المهمّة. المؤمنُ بشاشتهُ في وجههِ، بشاشتهُ في وجههِ. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قصة ممازحة الشيخ ستوده رحمه الله لطلابه</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">رحمَ اللهُ أحدَ العلماءِ والأعاظم الكبارِ في الحوزةِ والذي انتقل إلى رحمةِ اللهِ، المرحومَ الشيخ ستوده، المرحومَ الشيخ ستوده. لقد درستُ عندهُ المكاسبَ قليلاً، فصلاً مختصرًا، كانَ رجلاً مرحًا جدًّا، وكانَ فاضلاً أيضًا، عالمًا ودارسًا، رحمَهُ اللهُ، وكانَ رجلاً تقيًّا وورعًا، كانَ صريحًا جدًّا، صريحًا لا لبسَ فيهِ، نعم. في أحدِ الأيامِ مازح الطلاّب أثناء الدرسِ، وبمناسبةٍ ما، فقد كانَ يمازحُ الطلابَ أحيانًا حتى لا يملّوا. نعم، ذاتَ يومٍ، لم أكنْ موجودًا في هذا الموقفِ، لكنَّ آخرينَ رووا لي القصةَ، قالوا: «ذاتَ يومٍ، جئنا فرأيناهُ بدأَ الدرسَ بجديّةٍ ثمَّ بدأَ يمازحُ ويتحدّثُ». فقالَ أحدُ الحضور: «شيخنا أنتَ اليومَ في غايةِ النشاطِ والبهجةِ!» فقالَ: واللهِ، ماذا أقولُ؟ ليت الأمر كذلكَ، ربّما يكونُ كذلكَ حقًّا، لأنَّ زوجتي توفّيتْ ليلةَ أمسِ وجنازتها في المنزلِ الآنَ، ومع ذلك جئتُ. ولم يكن أحد يعلمْ أنَّ زوجةَ هذا المسكينِ قد توفّيتْ، ويقولُ إنَّ الجنازةَ في المنزلِ. فقامَ الطلابُ بعدَ الدرسِ وذهبوا، وباختصارٍ، شُيّعتْ الجنازةُ وما إلى ذلكَ. فبعضُ الناسِ هم هكذا، وهذا هوَ الحالُ. لقد توفّيتْ ليلةَ أمسِ. (ثمَّ قالَ جملةً أخرى لن أذكرها). نعم، المؤمنُ دائمًا بشاشتهُ وابتسامتهُ مع الناسِ، ولكنَّ حزنهُ في قلبهِ. لماذا حزنهُ في قلبهِ؟ لماذا؟ لأنّهُ يرى نفسهُ دائمًا محتاجًا، ومن يرى نفسهُ محتاجًا، لا يمكنُ أن لا يكونَ قلبهُ حزينًا. لا يمكنُ. من لا يرى نفسهُ محتاجًا، لا يمكنُ أن لا يكونَ قلبهُ متوجّهًا. لا يمكنُ أن لا تكونَ لديهِ حالةُ تضرّعٍ وخشوعٍ. </w:t>
+        <w:t xml:space="preserve">رحمَ اللهُ أحدَ العلماءِ والأعاظم الكبارِ في الحوزةِ والذي انتقل إلى رحمةِ اللهِ، المرحومَ الشيخ ستوده، المرحومَ الشيخ ستوده. لقد درستُ عندهُ المكاسبَ قليلاً، فصلاً مختصرًا، كانَ رجلاً مرحًا جدًّا، وكانَ فاضلاً أيضًا، عالمًا ودارسًا، رحمَهُ اللهُ، وكانَ رجلاً تقيًّا وورعًا، كانَ صريحًا جدًّا، صريحًا لا لبسَ فيهِ، نعم. في أحدِ الأيامِ مازح الطلاّب أثناء الدرسِ، وبمناسبةٍ ما، فقد كانَ يمازحُ الطلابَ أحيانًا حتى لا يملّوا. نعم، ذاتَ يومٍ، لم أكنْ موجودًا في هذا الموقفِ، لكنَّ آخرينَ رووا لي القصةَ، قالوا: «ذاتَ يومٍ، جئنا فرأيناهُ بدأَ الدرسَ بجديّةٍ ثمَّ بدأَ يمازحُ ويتحدّثُ». فقالَ أحدُ الحضور: «شيخنا أنتَ اليومَ في غايةِ النشاطِ والبهجةِ!» فقالَ: واللهِ، ماذا أقولُ؟ ليت الأمر كذلكَ، ربّما يكونُ كذلكَ حقًّا، لأنَّ زوجتي توفّيتْ ليلةَ أمسِ وجنازتها في المنزلِ الآنَ، ومع ذلك جئتُ. ولم يكن أحد يعلمْ أنَّ زوجةَ هذا المسكينِ قد توفّيتْ، ويقولُ إنَّ الجنازةَ في المنزلِ. فقامَ الطلابُ بعدَ الدرسِ وذهبوا، وباختصارٍ، شُيّعتْ الجنازةُ وما إلى ذلكَ. فبعضُ الناسِ هم هكذا، وهذا هوَ الحالُ. لقد توفّيتْ ليلةَ أمسِ. (ثمَّ قالَ جملةً أخرى لن أذكرها). نعم، المؤمنُ دائمًا بشاشتهُ وابتسامتهُ مع الناسِ، ولكنَّ حزنهُ في قلبهِ. لماذا حزنهُ في قلبهِ؟ لماذا؟ لأنّهُ يرى نفسهُ دائمًا محتاجًا، ومن يرى نفسهُ محتاجًا، لا يمكنُ أن لا يكونَ قلبهُ حزينًا. لا يمكنُ. من يرى نفسهُ محتاجًا، لا يمكنُ أن لا يكونَ قلبهُ متوجّهًا. لا يمكنُ أن لا تكونَ لديهِ حالةُ تضرّعٍ وخشوعٍ. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فرق بين حال المرحوم السيد الحداد وحال بعض تلامذته</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كانَ المرحوم الحاجّ عبد الزهراءِ الكرعاويّ أحد مريدي </w:t>
       </w:r>
@@ -886,51 +886,51 @@
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلامة الطهرانيّ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقولُ: «المسألةُ هيَ ارتباطٌ آليٌّ». أيْ عندما يصحّحُ شخصٌ حالتهُ تجاهَ الأستاذِ وتجاهَ مقامِ الولايةِ، فإنّهُ يأخذُ بيدهِ، وإلا فلا يأخذُ، لا يأخذُ. كانَ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلامة الطهرانيّ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">يقولُ: «يأتونَ إلينا ويقولونَ: سيّدنا، نحنُ نكنُّ لكم الولاءَ، ونسمعُ ما تأمرونَ». أنا أعلمُ أنَّ هذا الرجل يدخّنُ سيجارةً في الخارجِ، وأنا أعتبرُ التدخينَ حرامًا، ثمَّ يجلسُ أمامنا على ركبتيهِ. أيّها الأحمقُ، أتظنُّ أنني لا أعلمُ أنكَ تدخّنُ سيجارةً خلفَ البابِ؟! كانَ يقولُ: «يظنُّ أنّنا لا نعلم». نقولُ: «السيجارةُ حرامٌ». فيذهبُ خلفَ البابِ ويدخّنُ، ثمَّ يطرقُ البابَ، فنفتحُ له: «السلامُ عليكم، نحنُ نكنُّ لكم الولاءَ، نحن فداء لكم». يظنّونَ أننا لا نعلم. كانَ يقولُ: «لو أنَّ إنسانًا نوى نيةً في الجانب الآخرِ من العالمِ، ففي اللحظةِ نفسِها يحصل الاتصالُ من هنا». هذهِ كانتْ عبارتهُ لي، إن شاء اللهُ لا أكذبُ. فإذا نوى نيةً في الجانب الآخرِ من العالمِ، كانَ يقولُ: «هنا يرنُّ الجرسُ». جرسٌ تلقائيٌّ. هل ضبطتَ الساعةَ يومًا؟ تضبطُ الساعةَ في هذهِ الليالي التي يجبُ أن تضبطها حتى لا يفوتك السحورُ، أمّا في الليالي الأخرى فتطفئها وتضغطُ عليها وتقولُ: «الآنَ ما زالَ الوقتُ مبكّرًا». لكنْ في هذهِ الليالي لستم هكذا، أليسَ كذلكَ؟! يرنُّ الجرسُ، يرنُّ في الوقتِ المحدّدِ، ولا يتأخرُ ثانيةً واحدةً، وفي اللحظةِ نفسِها التي ضبطتَ فيها الساعةَ، عندما يصلُ العقربُ إلى هناكَ، يبدأُ بالرنينِ. كانَ يقولُ: «إذا نوى إنسان نيّةً، يرنُّ الجرسُ هنا». ولا شكّ ذلك فيهِ أبدًا. ماذا نريدُ أن نُخفيَ الآنَ؟ ماذا نريدُ أن نخفيَ؟! </w:t>
+        <w:t xml:space="preserve">يقولُ: «يأتونَ إلينا ويقولونَ: سيّدنا، نحنُ نكنُّ لكم الولاءَ، ونسمعُ ما تأمرونَ». أنا أعلمُ أنَّ هذا الرجل يدخّنُ سيجارةً في الخارجِ، وأنا أعتبرُ التدخينَ حرامًا، ثمَّ يجلسُ أمامنا على ركبتيهِ. أيّها الأحمقُ، أتظنُّ أنني لا أعلمُ أنكَ تدخّنُ سيجارةً خلفَ البابِ؟! كانَ يقولُ: «يظنُّ أنّنا لا نعلم». نقولُ: «السيجارةُ حرامٌ». فيذهبُ خلفَ البابِ ويدخّنُ، ثمَّ يطرقُ البابَ، فنفتحُ له: «السلامُ عليكم، نحنُ نكنُّ لكم الولاءَ، نحن فداء لكم». يظنّونَ أننا لا نعلم. كانَ يقولُ: «لو أنَّ إنسانًا نوى نيةً في الجانب الآخرِ من العالمِ، ففي اللحظةِ نفسِها يحصل الاتصالُ من هنا». هذهِ كانتْ عبارتهُ لي، إن شاء اللهُ لا أكذبُ. فإذا نوى نيةً في الجانب الآخرِ من العالمِ، كانَ يقولُ: «هنا يرنُّ الجرسُ». جرسٌ تلقائيٌّ. هل ضبطتَ الساعةَ يومًا؟ تضبطُ الساعةَ في هذهِ الليالي التي يجبُ أن تضبطها حتى لا يفوتك السحورُ، أمّا في الليالي الأخرى فتطفئها وتضغطُ عليها وتقولُ: «الآنَ ما زالَ الوقتُ مبكّرًا». لكنْ في هذهِ الليالي لستم هكذا، أليسَ كذلكَ؟! يرنُّ الجرسُ، يرنُّ في الوقتِ المحدّدِ، ولا يتأخرُ ثانيةً واحدةً، وفي اللحظةِ نفسِها التي ضبطتَ فيها الساعةَ، عندما يصلُ العقربُ إلى هناكَ، يبدأُ بالرنينِ. كانَ يقولُ: «إذا نوى إنسان نيّةً، يرنُّ الجرسُ هنا». ولا شكّ في ذلك أبدًا. ماذا نريدُ أن نُخفيَ الآنَ؟ ماذا نريدُ أن نخفيَ؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما هو الرضا بقضاء الله؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقولُ الإمامُ: </w:t>
       </w:r>
@@ -1074,51 +1074,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> فأن يجلسَ الإنسانُ هكذا ويفعلَ ما يشاءُ، ويُقدمَ على أيِّ عملٍ بتهوّرٍ، دونَ استشارةِ هذا وذاكَ، ودونَ أن يُشغلَ فكرهُ، ودونَ أن يضعَ مصلحةَ الآخرينَ في اعتبارهِ، وبعدَ أن يقعَ في ورطةٍ يقولُ: «اللهُ أرادَ ذلكَ». كلاّ، فاللهُ لم يردْ، بل أنتَ أردتَ. من قالَ إنَّ اللهَ أرادَ؟! كلا، بل اللهُ لم يردْ، واللهُ سيعاقبك أيضًا، وسيبتليكَ بكلِّ بلاءٍ في الحالِ. ما هذا الذي أرادهُ اللهُ؟! أن يأتيَ الإنسانُ ويفعلَ ما يشاءُ بناءً على هوىً وتهوّرٍ وتساهلٍ، وعندما تتبعهُ عواقبُ هذهِ القضيّةِ يقولَ: «اللهُ أرادَ لنا ذلكَ». كلاّ، من قالَ إنَّ اللهَ أرادَ؟ إذا عملتَ وفقًا للموازينِ، عندها النتيجةُ المترتبةُ على ذلكَ يمكنكَ أن تقولَ عنها إنَّ اللهَ أرادها. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الرضا بقضاء الله عند أمير المؤمنين والنبيّ الأكرم صلّى الله عليه وآله </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">عندما ذهبَ أميرُ المؤمنينَ عليه السلام لقتالِ معاويةَ، ثمَّ انتهى الأمرُ إلى ما انتهى إليهِ، يمكنهُ الآنَ أن يقولَ: اللهُ أرادَ لنا هذهِ الهزيمةَ، اللهُ أرادَ ألا نصلَ إلى نتيجةٍ. هذا يمكنهُ أن يقولهُ الآنَ بكلِّ فخرٍ ووجهٍ بشوشٍ، وبدونِ أيِّ تردّدٍ أو ضيقٍ، لأنّهُ قد أدّى تكليفهُ. طبقًا لما رآهُ، قامَ بالعملِ، ولكنَّ الأمرَ انتهى بشكلٍ آخرَ. هنا نقولُ: «تقديرٌ». رسولُ اللهِ صلّى الله عليه وآله جاءَ وتحدّثَ مع الناسِ ثلاثًا وعشرينَ عامًا، وأبلغَ رسالتهُ، وعانى التشرّدَ، والحروبَ، والجروحَ، والأذى اللسانِيّ، والمتاعبَ، والآلامَ، والنفاقَ، والنفاقَ الداخليَّ، والنفاقَ داخلَ منزلهِ من أزواجِهِ ضدّهِ. كلُّ هذا قامَ بهِ، ثمَّ انتقلَ إلى رحمةِ اللهِ، ولم يصلِ الحكمُ إلى أميرِ المؤمنينَ. هذا يمكننا أن نقولَ عنهُ: «كانَ قدرًا». لقد قمتُ بعملي. أمّا الآنَ، فيأتيَ أبو بكرٍ وعمرُ ليقولا: «لقد كانَ قدرًا من اللهِ أن نصلَ إلى الخلافةِ». فلا، لم يكنْ شيءٌ كهذا. الآنَ ترونَ كيفَ انقسمَ الأمرُ، بالنسبةِ لذاكَ قدرٌ، وبالنسبةِ لهذا غيرُ قدرٍ. هل كانتْ إرادةُ اللهِ أن نذهبَ ونحرقَ بيتَ فاطمةَ، وأن نضربها بينَ البابِ والجدارِ ضربًا شديدًا بحيثُ يسقطُ جنينها ثمَّ تموتُ؟ لا، لم تكنْ إرادةَ اللهِ أبدًا. هل كانتْ إرادةُ اللهِ لو قالوا: «لماذا فعلتِ هذا؟» تقولُ: «جئتُ إلى البابِ على الأقلِّ ليخجلوا زليقولوا: ابنةُ النبيِّ جاءتْ إلى البابِ، وينبغي لرجلٍ عربيٍّ أن يخجلَ من مواجهةِ امرأةٍ». صحيحٌ؟ لكنهم لم يخجلوا. هذا يصبحُ قدرًا، هذا يصبحُ </w:t>
+        <w:t xml:space="preserve">عندما ذهبَ أميرُ المؤمنينَ عليه السلام لقتالِ معاويةَ، ثمَّ انتهى الأمرُ إلى ما انتهى إليهِ، يمكنهُ الآنَ أن يقولَ: اللهُ أرادَ لنا هذهِ الهزيمةَ، اللهُ أرادَ ألا نصلَ إلى نتيجةٍ. هذا يمكنهُ أن يقولهُ الآنَ بكلِّ فخرٍ ووجهٍ بشوشٍ، وبدونِ أيِّ تردّدٍ أو ضيقٍ، لأنّهُ قد أدّى تكليفهُ. طبقًا لما رآهُ، قامَ بالعملِ، ولكنَّ الأمرَ انتهى بشكلٍ آخرَ. هنا نقولُ: «تقديرٌ». رسولُ اللهِ صلّى الله عليه وآله جاءَ وتحدّثَ مع الناسِ ثلاثًا وعشرينَ عامًا، وأبلغَ رسالتهُ، وعانى التشرّدَ، والحروبَ، والجروحَ، والأذى اللسانِيّ، والمتاعبَ، والآلامَ، والنفاقَ، والنفاقَ الداخليَّ، والنفاقَ داخلَ منزلهِ من أزواجِهِ ضدّهِ. كلُّ هذا قامَ بهِ، ثمَّ انتقلَ إلى رحمةِ اللهِ، ولم يصلِ الحكمُ إلى أميرِ المؤمنينَ. هذا يمكننا أن نقولَ عنهُ: «كانَ قدرًا». لقد قمتُ بعملي. أمّا الآنَ، فيأتيَ أبو بكرٍ وعمرُ ليقولا: «لقد كانَ قدرًا من اللهِ أن نصلَ إلى الخلافةِ». فلا، لم يكنْ شيءٌ كهذا. الآنَ ترونَ كيفَ انقسمَ الأمرُ، بالنسبةِ لذاكَ قدرٌ، وبالنسبةِ لهذا غيرُ قدرٍ. هل كانتْ إرادةُ اللهِ أن نذهبَ ونحرقَ بيتَ فاطمةَ، وأن نضربها بينَ البابِ والجدارِ ضربًا شديدًا بحيثُ يسقطُ جنينها ثمَّ تموتُ؟ لا، لم تكنْ إرادةَ اللهِ أبدًا. هل كانتْ إرادةُ اللهِ لو قالوا: «لماذا فعلتِ هذا؟» تقولُ: «جئتُ إلى البابِ على الأقلِّ ليخجلوا ليقولوا: ابنةُ النبيِّ جاءتْ إلى البابِ، وينبغي لرجلٍ عربيٍّ أن يخجلَ من مواجهةِ امرأةٍ». صحيحٌ؟ لكنهم لم يخجلوا. هذا يصبحُ قدرًا، هذا يصبحُ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«رضا بقضائكَ»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. إذن، المسألةُ ليستْ هكذا أن نفعلَ ما نشاءُ. نعم، ما كانَ تكليفًا وما قالهُ اللهُ، فعلناهُ، ثمَّ صارَ الأمرُ هكذا؟ هذا هوَ الرضا، أو أننا لم نفعلْ. نترك الكلام حولَ هذهِ المسألةِ، إن شاء اللهُ، إلى الجلسة القادمة. حالي الليلةَ لم يكنْ مساعدًا بعضَ الشيءِ، وصدقًا لم أكنْ ننوي المجيءَ، ولكنْ لا ندري، وكأنَّ أحدًا دفعني وجئت إلى هنا. على كلِّ حالٍ، إن شاء اللهُ، تتمّتُهُ إذا وفّقَنا اللهُ للمجلسِ القادمِ. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -1159,66 +1159,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{38700966-7A46-4653-8734-BE971A3FAABD}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{29FEC376-679B-4E57-BEFD-37FC7C02EA24}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{69FFF0A5-C8E8-4FB7-9EEF-B3C4E76D2D0B}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{6B08862A-384F-49C6-BE34-442F368315F2}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>