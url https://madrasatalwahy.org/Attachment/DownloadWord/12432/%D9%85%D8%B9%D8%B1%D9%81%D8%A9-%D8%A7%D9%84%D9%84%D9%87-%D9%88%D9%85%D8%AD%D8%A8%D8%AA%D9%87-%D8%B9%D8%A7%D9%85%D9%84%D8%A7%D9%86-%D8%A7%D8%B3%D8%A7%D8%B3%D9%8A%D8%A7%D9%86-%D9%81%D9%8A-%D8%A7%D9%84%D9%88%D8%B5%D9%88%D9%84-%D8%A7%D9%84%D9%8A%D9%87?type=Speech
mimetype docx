--- v0 (2025-10-06)
+++ v1 (2025-12-03)
@@ -340,121 +340,121 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> إنّ معرفتي بك يا مولاي هي دليلي إليك، فهي تهديني إليك لا إلى غيرك. ولأنني أمتلك هذه المعرفة بك، فإنّها تميّزني عن غيرك وتوجّهني نحوك وحدك. وقد سبق أن عرضتُ على الرفقاء بعض الأمور المتعلّقة بهذه الفقرة. ثمّ يقول الإمام عليه السلام: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«وَ حُبّي لَکَ شَفيعي إليک»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. أي إنّ محبتي لك هي شفيعي إليك. فلماذا تكون المحبّة شفيعًا؟ وما السرّ في كونها شفيعًا؟ وما الدليل على أنّ الإنسان يحتاج أصلًا إلى شفيع؟ وما وجه الحاجة إلى الشفيع؟ ومن هو الله وما هي حقيقته ومكانته حتى يحتاج الإنسان إلى شفيع للوصول إليه؟ ألم يقل هو نفسه في آيات القرآن: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قُلْ يٰعِبَادِيَ الَّذِينَ أَسْرَفُواْ عَلَىٰٓ أَنفُسِهِمْ لَا تَقْنَطُواْ مِن رَّحْمَةِ اللَّهِ إِنَّ اللَّهَ يَغْفِرُ الذُّنُوبَ جَمِيعًا إِنَّهُۥ هُوَ الْغَفُورُ الرَّحِيمُ}</w:t>
+        <w:t xml:space="preserve">﴿قُلْ يٰعِبَادِيَ الَّذِينَ أَسْرَفُواْ عَلَىٰٓ أَنفُسِهِمْ لَا تَقْنَطُواْ مِن رَّحْمَةِ اللَّهِ إِنَّ اللَّهَ يَغْفِرُ الذُّنُوبَ جَمِيعًا إِنَّهُۥ هُوَ الْغَفُورُ الرَّحِيمُ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> أو «يا رحمة الله الواسعة وسعت رحمته كل شيء، إنّ الله هو التواب الرحيم»؟ إنّ الله يغفر، وبابه مفتوح دائمًا للقادمين، مفتوح دائمًا. فكيف يحتاج الإنسان إلى شفيع؟ ورد في القرآن الكريم: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{مَن ذَا الَّذِي يَشْفَعُ عِندَهُۥ إِلَّا بِإِذْنِهِ}</w:t>
+        <w:t xml:space="preserve">﴿مَن ذَا الَّذِي يَشْفَعُ عِندَهُۥ إِلَّا بِإِذْنِهِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. فمن ذا الذي يستطيع أن يشفع عند الله بدون إذنه؟ إنّ مسألة الشفاعة مسألة واسعة النطاق، والدخول في بحثها والحاجة إلى الشفاعة ومَن تشملهم الشفاعة، كل هذه أمور كثيرة جدًّا. وقد كثر فيها الكلام والبحث والمناقشة بين المتكلمين وغير المتكلمين من مختلف الفرق كالأشاعرة والمعتزلة وغيرهم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لن نتوسع كثيرًا في الحديث عن المغفرة الظاهريّة للذنوب، بل سنركّز حديثنا على موضوعنا الأساسيّ وهو الوصول إلى الله وبلوغ تلك المراتب العالية وانفتاح الطريق وكشف أسرار العالم الربوبي في ذلك النطاق.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أهمية المعرفة في السير إلى الله: لماذا لا يمكن التحرك بلا وجهة؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">لقد ذكرنا أنّ المعرفة ضروريّة للحركة، فبدون معرفة لا معنى للحركة. فأن تركب وسيلة نقلك دون أن تحدّد وجهة أو يكون لديك عنوان، وتتجوّل هكذا في الشوارع، فهذا عمل عبثيّ لا طائل من ورائه. وأن تقول: سأركب وأتجوّل في الشوارع ولعلّ شيئًا ما يحدث، حتّى لو تجوّلت لمدّة شهر، فلن تصل إلى مقصدك، وستظلّ تتنقل من شارع إلى آخر، هائمًا على وجهك. لماذا؟ لأنّ الوجهة غير محدّدو.</w:t>
+        <w:t xml:space="preserve">لقد ذكرنا أنّ المعرفة ضروريّة للحركة، فبدون معرفة لا معنى للحركة. فأن تركب وسيلة نقلك دون أن تحدّد وجهة أو يكون لديك عنوان، وتتجوّل هكذا في الشوارع، فهذا عمل عبثيّ لا طائل من ورائه. وأن تقول: سأركب وأتجوّل في الشوارع ولعلّ شيئًا ما يحدث، حتّى لو تجوّلت لمدّة شهر، فلن تصل إلى مقصدك، وستظلّ تتنقل من شارع إلى آخر، هائمًا على وجهك. لماذا؟ لأنّ الوجهة غير محدّد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قصّة التائهين في البحث عن الحقيقة: من مجالس قم إلى مسجد القائم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">في زمن </w:t>
       </w:r>
@@ -1453,51 +1453,51 @@
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">رحمه الله، وكان مَرِحًا ولطيفًا، مَرِحًا ولطيفًا جدًّا، فيقول: يا عزيزي، أنت لم تدفع سَلَفًا للّه حتّى تُطالب الآن بالسلعة ـ وبيع السَلَف هو أن يشترى مُسبقًا منتجات شركة أو زراعة ويُدفع ثمنها، ثمّ تقدّم تلك الشركة أو المصنع أو الأرض أو المزرعة ذلك المنتج لاحقًا في وقته المحدّد، عندما تنضج الثمار، وعندما يظهر ذلك المنتج ـ فكان يقول له: أنت لم تدفع سَلَفًا للّه حتّى تطالبه، فهذا أولًا، وثانيًا ـ بالطبع كان هناك مزاح في ذلك أيضًا ـ أنت تعلم أنّ كل شيء يحتاج إلى اجتهاد، وأنت لم تجتهد في هذا الطريق، فكيف تقول إنّ عناية الله ولطفه لم يشملك؟ ثمّ يقول له بعض الأمور». سيّدنا، نحن هكذا منذ عدّة سنوات، سيّدنا نحن كذلك منذ عدّة سنوات ولا خبر! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ فماذا تريد أن يحدث يا عزيزي؟! أيَّ خبر تريد؟ هل نحن الذين ندّعي وَصْل الله نُطالب الله؟ وهل الله مُلزَم بأن يقضي حاجاتنا؟ مَنْ قال مثل هذا الكلام؟ مَنْ أوجب على الله أن يأتي ويقضي حاجاتنا حتمًا؟! مَنْ قال ذلك؟! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لَا يُسْألُ عَمَّا يَفْعَلُ وَهُمْ يُسْألُونَ}</w:t>
+        <w:t xml:space="preserve">﴿لَا يُسْألُ عَمَّا يَفْعَلُ وَهُمْ يُسْألُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. لا يمكن سؤال الله عن فعله.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عبادة مشروطة: هل يقبل الله صلاة مَنْ يشترط عليه؟</w:t>
@@ -1684,51 +1684,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الصلاة الخالصة: ماذا يريد الله من عبده في الصلاة؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عندما يريد الله أن يقف عبده أمامه للصلاة، يريد فقط أن يقول عبده: «الله أكبر»، ولا يكون في ذهنه شيء آخر، هذا كلّ شيء، «الله أكبر، بسم الله الرحمن الرحيم، الحمد للّه»، أي يا إلهي، أفديك بنفسي، أُضحّي بحياتي من أجلك، أنت هكذا، كلّ الحمد لك، كلّ النعم منك. يجب أن نأتي إليك فقط، خُذْ بيدي، أنا بائس، أنا مسكين، أنا...، انظروا! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ٱهْدِنَا ٱلصِّرَٰطَ ٱلْمُسْتَقِيمَ صِرَٰطَ ٱلَّذِينَ أَنْعَمْتَ عَلَيْهِمْ غَيْرِ ٱلْمَغْضُوبِ عَلَيْهِمْ وَلَا ٱلضَّآلِّينَ}</w:t>
+        <w:t xml:space="preserve">﴿ٱهْدِنَا ٱلصِّرَٰطَ ٱلْمُسْتَقِيمَ صِرَٰطَ ٱلَّذِينَ أَنْعَمْتَ عَلَيْهِمْ غَيْرِ ٱلْمَغْضُوبِ عَلَيْهِمْ وَلَا ٱلضَّآلِّينَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، كل هذا لماذا؟ كل هذا من وادي المحبّة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تقول عائشة إنّها قالت للنبيّ صلّى الله عليه وآله ـ رأته يُصلي كثيرًا، يعبد كثيرًا ـ تقول إنّها قالت: «يا رسول الله، أتُصلّي كلّ هذه الصلاة؟ هل يجب عليك أيضًا أن تُصلّي مثلنا؟ هل تحتاج أيضًا إلى الصلاة؟ هل أنت أيضًا مثلنا؟!» فقال النبيّ صلّى الله عليه وآله عبارة: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -1935,66 +1935,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{7AC47CD7-0989-4E37-85F3-DDF22CE675CE}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{E5CEB1D7-2C3D-4112-84F3-2B63FF3E6FEE}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{2FD74A7C-C3BB-47D9-90C2-12CF8BE938CE}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{72F36D0D-4CE6-461F-8B3F-4733E56910FE}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
@@ -2071,61 +2071,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="5" name="_x0000_i0005">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0005"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -2228,61 +2228,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="6" name="_x0000_i0006">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0006"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>