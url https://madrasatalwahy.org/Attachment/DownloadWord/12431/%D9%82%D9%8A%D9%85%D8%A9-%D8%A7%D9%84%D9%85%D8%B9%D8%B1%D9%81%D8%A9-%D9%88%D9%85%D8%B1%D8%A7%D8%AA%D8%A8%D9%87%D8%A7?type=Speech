--- v0 (2025-10-06)
+++ v1 (2025-12-03)
@@ -1531,112 +1531,112 @@
         </w:rPr>
         <w:t xml:space="preserve"> وهي علاقة المعرفة بالمحبّة ومراتب المعرفة ومراتب المحبّة، ثمّ الخصائص والآثار المترتّبة على المحبّة. إن شاء الله لنر كم يُوفّقنا الله تعالى في هذه الليالي الأخيرة المتبقّية من شهر رمضان. حقًا، أنظر فأرى أنَّ شهر رمضان قد انتهى وأيدينا فارغةٌ، وحتّى أنّني أخجل من أن أطلب من الله، أن أقول: «يا إلهي، أنا يديّ فارغتان». حقًّا، عندما أنظر إلى نفسي، أشعر بالخجل من أن أطلب طلبًا كهذا أصلًا. حتّى أن أعرض عجزي، ولكن من ناحيةٍ أخرى سمعت ورأيت أنَّ عفو الله ورحمته واسعان وأنَّ باب رحمته مفتوحٌ. إن شاء الله سنرى إلى أيّ حدٍ يُوفّقنا الله تعالى في هذه الليالي المتبقّية من شهر رمضان.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَ آلِ مُحَمَّدٍ.</w:t>
+        <w:t xml:space="preserve">اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَ آلِ مُحَمَّدٍ</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{73903F19-427F-4DB2-AE35-427658748E9E}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{D8FF3F13-A86C-4369-A558-6C3AA1E7A4FE}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{D86FD220-CAC3-4096-B4E3-1EAAD5F1698B}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{78688A75-0D42-41C8-AAB2-63D07496ED00}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>