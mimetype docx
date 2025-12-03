--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -954,51 +954,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">انظروا كيف أنّ المسألة ليست مزاحًا، فعندما ذكرت هذا الأمر، قلت في ذيله: «الشهيد مطهّري رحمه الله كان من أعاظم العلم والفلسفة والفقه وما إلى ذلك، حتّى أنا نفسي درست جزءًا من فلسفة صدر المتألهين على يديه، واستفدت من كلامه.» لكن ما هذا الأمر الذي يجعله على الرغم من هذه السعة العلميّة والقوّة الفكريّة وتبيان المسائل والمشاكل الدينيّة والكلاميّة والتدقيق في المسائل الاجتماعيّة والمعرفيّة والأبعاد المختلفة للإسلام والمبادئ الإسلاميّة، يذهب إلى </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلاّمة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">؟! لماذا؟! فلو كان يشعر بالاكتفاء الذاتي في وجوده، فهل كان سيتّبعه عنه؟! ولو كان يشعر بالاستقلال والثبات بهذه السعة العلميّة، فلماذا كان سيتّبع </w:t>
+        <w:t xml:space="preserve">؟! لماذا؟! فلو كان يشعر بالاكتفاء الذاتي في وجوده، فهل كان سيتّبعه؟! ولو كان يشعر بالاستقلال والثبات بهذه السعة العلميّة، فلماذا كان سيتّبع </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلاّمة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؟! لماذا؟! ولقد وصل به الأمر إلى درجة أنّه كان يستأذن من </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلاّمة</w:t>
       </w:r>
       <w:r>
@@ -1332,642 +1332,627 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلاّمة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> كان يقول: «فقط ركّز على ذاته تعالى، فلو قالوا عنك: فلان يتولّى المسؤوليّة الفلانيّة، فقد خسرت. ولو قالوا عنك: سنعطيك، على سبيل المثال، هذا المقام الفلاني، فقد خسرت. ولو قالوا لك: سنعطيك المكانة الاجتماعيّة الفلانيّة، فقد خسرت. ولو قالوا لك: سنعطيك أمورًا روحيّة، كرامات وكذا وكذا، فاكتفيت بذلك فتكون قد خسرت، خسرت. أيّ شيء، سواء كان دنيويًّا أو أخرويًّا، يجب أن تقول فقط: أريد الله والسلام، لا أريد شيئًا آخر!» هذه هي المدرسة! اذهبوا وابحثوا لي عن مثل هذه المدرسة وتعالوا وأخبروني عنها، اذهبوا وابحثوا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">هل مات الله بموت </w:t>
+        <w:t xml:space="preserve">هل مات الله بموت المرحوم العلاّمة؟!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">في الليلة الرابعة لوفاة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلاّمة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">؟!</w:t>
-[...12 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">، تحدّثتُ وذكرت للرفقاء وقلتُ لهم: «أيّها الرفقاء! ـ أنا أقول من جانبي، بالطبع أنا لا شيء، ولست ذا شأن، لكنّ الرفقاء، من باب محبّتهم لي، قالوا تحدّث أيضًا ـ فقلتُ في تلك الليلة: «أيّها الرفقاء! لقد توفّي والدي، لكنّ الله لم يتوفَّ، والله هو نفسه الذي كان في ذلك الوقت، وهو نفسه الآن. فاذهبوا وابحثوا في الدنيا، وأيّ مدرسة تجدونها أقرب إلى مدرسته، فالتزموا بها، وتمسّكوا بأيّ إنسان تشعرون أنّه يمسك بأيديكم، فإن لم تفعلوا ذلك، فقد خالفتم الشرع وكفرتم بالنعمة.»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">لقد قلت هذه الكلمات نفسها. فلا تظنّوا أنّ أحدًا هنا يقول إنّه يجب عليكم المجيء ـ بالطبع، كنت أقول ذلك من جانبي، ولكلّ إنسان حسابه الخاص ـ والآن أيضًا سأقول الكلام نفسه: فلنذهب جميعًا ونبحث، ولنذهب إلى كلّ مكان، فقد يكون هناك شخص قريب أو على نفس المسار، لكن هذا الاطمئنان الذي نشأ لدينا الآن تجاه هذا المكان، هذا الاطمئنان نعمة إلهيّة يندر الحصول عليها، ليست المسألة بهذه البساطة.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title1_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">لماذا يغفل البعض عن نعمة الهداية؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">كثيرًا ما يأتي الرفقاء ويسألوننا سؤالًا: «حسنًا يا سيّدي، لقد فهّمنا الله، فما هو تكليف البقيّة؟»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ـ وما شأنك بوظيفة البقيَّة؟! هل أنا وكيل الله أم وليّ على الناس؟! الله أنعم عليك، فخذها واختطفها، ولا تنتظر هذا وذاك. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ـ لماذا لم يعطها للبقيّة؟! </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ـ لم يعطها، فما شأني أنا بأنّه لم يعطها؟! هل أعطاها لك أم لم يعطها لك؟! أتفكّر في الآخرين؟ أتفكّر في أنّ الآخرين لا نصيب لهم؟! وما علاقة هذا بك؟! أمّا الآخرون، فليأتوا ولهم حسابهم ... ، إذا وصل الحديث إلى الآخرين، فسنُحدّثهم أيضًا. لكن أنت الذي اتّضحت لك هذه المسألة الآن، واتّضحت لك هذه النقطة الآن، فلتشكر الله الآن وامضِ، لا تتأخّر! لا تفكّر دائمًا: «لماذا إذن يا سيّدي لم يعط الآخرين؟» «لماذا من هذه النعمة التي حصلنا عليها لم يعطوا فلانًا؟ لماذا لم يعطوه؟»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هذه الكلمات هي التي تبقيك مكانك، فما شأنك بأنهم لم يعطوا فلانًا؟! فأنت جائع، وقد وُضع وعاء من الطعام والأرز أمامك، كُل! لا تنظر وتقول: «لماذا لم يعط فلان الذي في ذلك البلد؟» حسنًا، يا صاحبي، إن لم تأكل الآن، فسيأتون ويأكلون الطعام، كُل من هذا الطعام واشبع، فالله قد وضع هذا الطعام تحت تصرّفك. لقد أعطاك هذه النعمة، لقد فتح عينيك الآن على هذه الأمور.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Poetry_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">صوفی ابن الوقت باشد ای رفیق *** ...</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve">المرحوم السيّد الحدّاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> كان كثيرًا ما يقرأ هذه العبارات من حافظ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يقول: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Poetry_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">صوفی ابن الوقت باشد ای رفیق *** نیست فردا گفتن شرط طریق.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يقول: اعلم يا رفيقي بأنَّ الصوفي ابن يومه، واعلم بأنَّ من شروط السير في هذا الطريق ترك التسويف وعدم تأجيل العمل إلى الغد.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«ابن الوقت» يعني أولئك الذين يغتنمون في كل لحظة الأمر الموافق لمصالحهم فورًا دون تأخير. كيف نحن في مسائل التجارة وأمثالها، هل نجلس مكتوفي الأيدي؟! إذا أريد إتمام صفقة، هل أقول «لماذا أُجري هذه الصفقة أنا ولا يُجريها غيري؟» أصبر قليلاً وأحسب وأستخير. لا يا سيّدي، بل أقفز وأتّخذ القرار، بل وأسرع بشدّة وأتخذ القرار فورًا وأنظّم الصفقة. لكن الآن في القضيّة العرفانيّة أتساهل. فما سبب هذا كلّه؟ إنّه كوني و كونك عاطلين، ولذا يجب أن نُقدّر هذه النعمة هنا.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title1_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">نعمة التربية الإلهيّة والهداية الأخرويّة</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يقول الإمام السجاد عليه السلام في هذا الموضع: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rewayat_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«فيا من ربّاني في الدنيا بإحسانه وتفضّله ونعمه.»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> أي يا من علّمتني وربّيتني ونمّيتني في هذه الدنيا بإحسانك، وأعطيتني الفهم، وأعطيتني هذه البصيرة، هذه البصيرة التي ابن خالي محروم منها، وعمّتي محرومة منها ـ لا أقصد شخصًا بعينه، بل بصفة عامة ـ وكلّ أقاربي محرومون منها، أخي محروم وأقاربي محرومون منها، وشركائي في العمل محرومون، جيراننا محرومون، الناس في الشارع والسوق محرومون، أهل البلدان الأخرى محرومون.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">إلهي، هذه التربية التي أنعمت بها علينا الآن، وهذه الهداية إلى الآخرة، والتي تقول لي عنها: «الآن وقد ربّيتكم في الدنيا فانتظروا عفوي ورحمتي في الآخرة.» هذان الجانبان، التربية في الدنيا، والارتقاء بالنضج العقلي والوصول إلى النضج والكمال العقلي والتجرّد الوجودي، ومن جهة أخرى البشارة برحمة الله ومغفرته ونعمه الأخرويّة، إنّ هذان الجانبان صارا </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rewayat_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«معرفتي يا مولاي»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، أي جعلا معرفتي لك، وهذه المعرفة دليل لي إليك، فبما أنّني عرفتك بهذه التربية، وبهذا النضج، وبهذا الكمال، وبهذه البشارة بالآخرة وهذه الأمور، فقد صار هذا دليلي على أن آتي إليك ولا أذهب إلى غيرك، فهذه الأمور جعلتني لا أضع ثقلي في غير هذا المكان، وهذا النضج الفكري والأمور التي أراها في وجودي جعلتني أتوجّه إليك وحدك، ولا ألتفت إلى غيرك، فهذا هو السبب! ما السبب في التوجّه إلى الله؟ لأيِّ سبب؟ لما لا نتوجه إلى زيد وعمرو وبكر وغيرهم؟ ما سبب عدم توجّهنا إلى الآخرين؟ مرارًا وتكرارا كان </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Names_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">المرحوم العلاّمة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">، تحدّثتُ وذكرت للرفقاء وقلتُ لهم: «أيّها الرفقاء! ـ أنا أقول من جانبي، بالطبع أنا لا شيء، ولست ذا شأن، لكنّ الرفقاء، من باب محبّتهم لي، قالوا تحدّث أيضًا ـ فقلتُ في تلك الليلة: «أيّها الرفقاء! لقد توفّي والدي، لكنّ الله لم يتوفَّ، والله هو نفسه الذي كان في ذلك الوقت، وهو نفسه الآن. فاذهبوا وابحثوا في الدنيا، وأيّ مدرسة تجدونها أقرب إلى مدرسته، فالتزموا بها، وتمسّكوا بأيّ إنسان تشعرون أنّه يمسك بأيديكم، فإن لم تفعلوا ذلك، فقد خالفتم الشرع وكفرتم بالنعمة.»</w:t>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">هذه الكلمات هي التي تبقيك مكانك، فما شأنك بأنهم لم يعطوا فلانًا؟! فأنت جائع، وقد وُضع وعاء من الطعام والأرز أمامك، كُل! لا تنظر وتقول: «لماذا لم يعط فلان الذي في ذلك البلد؟» حسنًا، يا صاحبي، إن لم تأكل الآن، فسيأتون ويأكلون الطعام، كُل من هذا الطعام واشبع، فالله قد وضع هذا الطعام تحت تصرّفك. لقد أعطاك هذه النعمة، لقد فتح عينيك الآن على هذه الأمور.</w:t>
+        <w:t xml:space="preserve"> رضوان الله عليه يذكر هذه القضيّة!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title2_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قصّة: النبيّ صلّى الله عليه وآله والمشرك</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">في إحدى الغزوات، ذهب النبيّ صلّى الله عليه وآله ليستريح جانبًا، بجانب شجرة. فاغتنم أحد المشركين الفرصة، قائلاً لنفسه "عجيب!" رسول الله صلّى الله عليه وآله ذهب جانبًا، فجاء المشرك فورًا بسيفه وهو يقول في نفسه «الآن سننهي الأمر!» فرفع السيف ليضرب رأس النبيّ صلّى الله عليه وآله، فقال: «يا محمّد، من يستطيع أن ينجيك منّي؟ من يستطيع؟» فقال النبي صلّى الله عليه وآله: «الله!» ولم يتحرّك أبدًا، رفع رأسه وقال: «الله!» هذا المشرك كان على وشك أن يضرب بالسيف ويقول: «الآن سأريك الله!» فجأة هبّت ريح فزلقت قدمه وسقط على الأرض، فالتقط النبيّ صلّى الله عليه وآله السيف بسرعة وقال: «الآن من يستطيع أن ينقذك من يدي؟» فتردّد المشرك، فقال له النبي: «قل الله!» فقال له النبيّ صلّى الله عليه وآله: «قد علّمتك، فلماذا لا تقول؟» فقال هو أيضًا: «الله!» فأعطاه النبيّ السيف ومشى فنطق ذاك بالشهادتين وأسلم في تلك اللحظة. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">انظروا! هذا خُلق عجيب حقًّا...! عندما يرى الإنسان هذه الأمور، يكفيه أمر كهذا، يكفي لطلاّب العلوم الدينيّة، والعالم الإسلاميّ أن يرى هذه الرواية في الكتاب، وهذا يكفي لجميع حياته، وأنا حقًّا أتعجّب كيف نسمّي المعارف الأخرى في مقابل العلوم الإلهيّة علمًا؟! نسمّي الأمور الأخرى علمًا! اثنان ضرب اثنين تساوي أربعة، وثلاثة ضرب أربعة تساوي اثني عشر، فهل هذا علم؟! عجيب حقًّا!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">إنّ الإنسان عندما ينظر ويرى كيف جاء أولياء الله هؤلاء، ويقدّمون الحقائق للإنسان بلا حجاب، والإنسان يخفض رأسه دائمًا ويقول: «نحن لم نرَ، نحن لم نرَ، نحن لم نرَ»... يقول الإمام السجّاد عليه السلام: «يا إلهي، أنا لم آت إليك عبثًا. لقد رأيت هذه الأمور منذ طفولتي، فقد كنتُ كذا، وكذا، وكذا، وأنت فعلت هذا، وهذا، وأدخلتني تحت تربية كهذه.»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">في المسائل التي حدثت بعد زمان </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Names_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">المرحوم العلاّمة</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> رضوان الله عليه وما جرى بعده، كان كثير من الناس يطرحون هذا الأمر مرّة على الأقل: «يا سيّدي، ألم تكونوا مثلهم أيضًا؟! فكيف أصبحت تفهم هذه الأمور؟!» قلتُ لهم: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Quran_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿ذَٰلِكَ فَضْلُ اللَّهِ يُؤْتِيهِ مَن يَشَاءُ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> نحن نفهم فعلينا أن نعمل، أما البقيّة فلا نعلم ما هي حالهم، وكلّ إنسان له وظيفة ومسؤوليّة، ولا شأن لنا بأحد، فنحن أصلًا لا شأن لنا بأحد، ونحن الذين نفهم علينا أن نعمل، ولا شأن لنا بأحد. وعندما يفهم الإنسان شيئًا، فهذه منَّة إلهيّة قد شملته، ولطف إلهيّ قد أصابه. نعم، بالطبع يجب أن يدعو بأن يشمل هذا اللطف الجميع أيضًا، وأن يستفيد الآخرون من هذه النعمة، ولكن لا ينبغي أن يتوقّف عند هذه القضيّة ويقول: «لماذا لم يحدث تغيّر هناك؟ وهناك؟ وهناك أيضًا؟» يا صاحبي، نصيبك قد جاءك، فخذه وامضِ، ولا تتأخّر. هنا يرى الإنسان جميع الأبواب مغلقة أمامه، ويرى بابًا واحدًا فقط مفتوحًا، وهو باب عالم الرَّوح والريحان، وعالم التجرّد، وعالم الولاية، ويرى جميع العوالم مغلقة أمامه، ولا يرى عالم مفتوحًا سوى عالم الطمأنينة والسكون وعالم الأُنس، ويعتبر كلّ الاتكاءات باطلة وخياليّة، ويعتبر الاتكاء الحقيقيّ هو هذا فقط.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title2_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قصّة: الصديق الذي ابتعد عن الطريق</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">كان لدينا رفيق وصديق في مرحلة الدراسة، وكان قويًّا جدًّا، ومجدًّا، وجادًّا، وكان يقول لي مرارًا: «يا سيّدي، فلنفعل شيئًا آخر، عملًا آخر، بعبارة أخرى، لنبدأ مشروعًا جديدًا، ونأتي ونفعل كذا ونذهب وننشغل بهذه الأمور المعاصرة، لننصرف إلى أعمال خارجة عن نطاق شؤون طلبة العلم.» ـ فقد كان طالب علم ـ «لنذهب ونقوم بهذا العمل، ولنذهب إلى هناك ونقوم بهذا العمل.» فرأيت أنّ هذا الطالب بدأ يخرج شيئًا فشيئًا عن إطاره الفكري ومسائله الخاصّة، فنصحته قليلًا وقلت له: «يا عزيزي أعطاك الله تعالى موهبة، ويجب أن تستغلها في طريقها الصحيح، وأنت الآن تسير في طريق خاطئ، وتفعل كذا.» فرأيت: أنّه لا يريد أن يلتزم بهذه الأمور، وبعد ذلك، حصلت أمور أخرى، ولم يمضِ إلاّ قليل من الوقت على وفاة </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Names_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">المرحوم العلاّمة</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> حتى ابتلي فجأة، ابتلي وانتهى، انتهى الأمر، وأُغلق الملف. فهل عالم التقديرات بيدنا؟! وهل نعيّن وظائف للّه؟! هل نعيّن له وظائف؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">صوفی ابن الوقت باشد ای رفیق *** ...</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> كان كثيرًا ما يقرأ هذه العبارات من حافظ. </w:t>
+        <w:t xml:space="preserve">چو باید سرانجام برِ خاک رفت *** خوشا آن که پاک آمد و پاک رفت</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقول: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Poetry_Trans_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">مادام الرجوع إلى التراب هو المآل *** فطوبى لمن أتى طاهرًا ومضى طاهرًا </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">المهمّ هو أن يستفيد الإنسان من هذه البصائر التي أنعم الله بها عليه، وأن يأخذها ويتابعها ويتبعها، وألا يتركها، وألا يتهاون بها، وألا يعتبرها عبثًا، وألا يتجاوز أيّ شيء. فبقدر ما عمل، فقد فاز وحقّق النتيجة، وبقدر ما لم يعمل، فقد خسر هو نفسه!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">صوفی ابن الوقت باشد ای رفیق *** نیست فردا گفتن شرط طریق.</w:t>
-[...263 lines deleted...]
-        <w:t xml:space="preserve">يقول: </w:t>
+        <w:t xml:space="preserve">ره چنان رو که رهروان رفتند *** ...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">مادام الرجوع إلى التراب هو المآل *** فطوبى لمن أتى طاهرًا ومضى طاهرًا </w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">يقول: سر في الطريق كما سار السالكون</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إن شاء الله، نأمل أن يوفّقنا الله تعالى للبصيرة في الأمور والعمل بمقتضاها، وأن نصرف هذه الأيّام القليلة من عمرنا التي وهبها لنا في سبيله، لا في تلك الأمور العاديّة والباطلة التي يبتلى بها الجميع.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد.</w:t>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{5DF8A7BA-9EA6-41BB-9BDE-11BF8248C017}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{1B5A87BE-EDE2-4D18-9DBE-239A2D2E4335}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{EDBF7055-4D9F-4A09-B3CB-DB565770AAA8}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{A558FB3A-5C0A-432C-B773-A6632153B198}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>