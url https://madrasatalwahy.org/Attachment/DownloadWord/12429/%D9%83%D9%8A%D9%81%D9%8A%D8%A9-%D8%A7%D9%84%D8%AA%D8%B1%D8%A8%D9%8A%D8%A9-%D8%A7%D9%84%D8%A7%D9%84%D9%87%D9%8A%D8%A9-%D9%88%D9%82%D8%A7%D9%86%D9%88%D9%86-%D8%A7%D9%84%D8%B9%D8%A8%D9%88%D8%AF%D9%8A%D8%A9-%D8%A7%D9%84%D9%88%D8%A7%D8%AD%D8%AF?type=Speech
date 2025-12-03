--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -1124,51 +1124,51 @@
         </w:rPr>
         <w:t xml:space="preserve">هل جئنا إلى هنا وجلسنا في هذا المجلس وفتحنا الباب وارتدينا ملابسنا وخرجنا هكذا ببساطة؟! لا يا عزيزي! لقد تكاتف ألف عامل من العوامل والعلل والأسباب الإلهيّة لنجلس هنا الآن. والتربية التي يربّينا بها، لا يتّضح لنا منها إلا جزء من مليون جزء، والباقي خلف الحجاب لا يعلمه أحد. والأحداث التي يخلقها، والعلل والأسباب التي يهيّئها، والمصاعب التي يبتلي بها الإنسان ثمّ هو نفسه يحفظه في هذه المصاعب حتّى لا ينهزم. وأحيانًا تأتي المصاعب وينهزم الإنسان، فهو يبتلي بالصعوبة، ثمّ يحفظك، ثمّ يأتي بالفرج، وينمّيك في هذه الصعوبة ويمنحك السعة ويفتح أفكارك ويوسّع صدرك وظرفك. ما كلّ هذا؟ من الذي يفعل كلّ هذه الأمور؟ نحن؟! هل نفعلها نحن؟! بسم الله! إن كنّا نحن من نفعلها، فلنقم بها إذن!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قانون العبوديّة الواحد: النبيّ والمؤمن العادي كلاهما فقير إلى الله</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">الإمام السجّاد عليه السلام يريد أن يقول هذا: «يا إلهي، لو أردتَ ألّا أكون أنا الإمام السجاد، فهل كان ذلك صعبًا عليك؟» الآن أسألكم، ودعونا من الإمام السجاد، لو أراد الله أن يبدّل الإمام السجّاد بيزيد، ويزيد بالإمام السجّاد! هل كان يستطيع أم لا؟! ألم يكن قادرًا على ذلك؟! هل كان عاجزًا؟! من الذي جعل الإمام السجّاد، الإمام السجّاد؟ لطف الله هو الذي فعل، ومن الذي وضع هذه البصيرة وهذه المعرفة التوحيديّة في الإمام السجاد؟ من الذي ربّى الإمام السجاد؟ لقد فقد الإمام السجاد أمّه عند ولادته، فوالدته هي السيّدة شهربانو ابنة يزدجرد، وقصّتها مفصّلة، وقد توفّيت عند ولادته. فإنّه تقدير الله، ولم يقم الإمام الحسين عليه السلام بإحيائها، لا أنّه لأنّه إمام ويستطيع فعل ذلك فيجب عليه فعل ذلك. فمشيئة الله هي أن تصل هذه المهمّة إلى هنا، وأن يولد الإمام السجّاد ثمّ ترحل هي إلى مقامها.</w:t>
+        <w:t xml:space="preserve">الإمام السجّاد عليه السلام يريد أن يقول هذا: «يا إلهي، لو أردتَ ألّا أكون أنا الإمام السجاد، فهل كان ذلك صعبًا عليك؟» الآن أسألكم، ودعونا من الإمام السجاد، لو أراد الله أن يبدّل الإمام السجّاد بيزيد، ويزيد بالإمام السجّاد! هل كان يستطيع أم لا؟! ألم يكن قادرًا على ذلك؟! هل كان عاجزًا؟! من الذي جعل الإمام السجّاد، الإمام السجّاد؟ لطف الله هو الذي فعل، ومن الذي وضع هذه البصيرة وهذه المعرفة التوحيديّة في الإمام السجاد؟ من الذي ربّى الإمام السجاد؟ لقد فقد الإمام السجاد أمّه عند ولادته، فوالدته هي السيّدة شهربانو ابنة يزدجرد، وقصّتها مفصّلة، وقد توفّيت عند ولادته. فإنّه تقدير الله، ولم يقم الإمام الحسين عليه السلام بإحيائها، لأنّه إمام ويستطيع فعل ذلك فيجب عليه فعل ذلك. فمشيئة الله هي أن تصل هذه المهمّة إلى هنا، وأن يولد الإمام السجّاد ثمّ ترحل هي إلى مقامها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كان الإمام السجاد عليه السلام يتيم الأم منذ البداية، ثمّ نشأ وأُحضرت له مرضعة، وتربّى في حجر الإمام عليه السلام وتحت تلك التربية والمعارف التي لقّنه إياها. ومن جملة ما قاله له، وهو موجود في الكُتب الآن، هذه الوصيّة التي تقشعر لها الأبدان: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«يا بُنَيَّ، وأعزِزْ نَفسَكَ عَنْ كُلِّ دَنيَّةٍ وإنْ ساقَتكَ إلى الرَّغائِبِ، فإنَّكَ لَنْ تَعتاضَ بِما تَبذُلُ مِنْ نَفسِكَ عِوَضًا.»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
@@ -1264,51 +1264,51 @@
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> «إلهي أنت الغني وأنا الفقير»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فهو يفهم هذا المعنى: «يا إلهي، لقد كنت قادرًا على أن تجعلني ابن ملجم». كان يستطيع، بسهولة شرب هذا الكأس من الماء، بل أسهل من ذلك، فهذا يتطلّب بضع سعرات حراريّة من الطاقة، وأمّا بالنسبة للّه فلا يتطلب الأمر أيّ طاقة. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّمَا أَمْرُهُ إِذَا أَرَادَ شَيْئًا أَنْ يَقُولَ لَهُ كُنْ فَيَكُونُ}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّمَا أَمْرُهُ إِذَا أَرَادَ شَيْئًا أَنْ يَقُولَ لَهُ كُنْ فَيَكُونُ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. فبمجرّد أن يتعلّق أمره، يكون الشيء، وسلسلة العلل والأسباب تُحقِّقه في الخارج تلقائيًّا. إذن، أمير المؤمنين عليه السلام صادق في مناجاته في مسجد الكوفة، وهو لا يمثّل.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل رأيتم الممثّلين؟ عندما يريدون أن يلعبوا دور شخص آخر، يضعون شخصيتهم جانبًا تمامًا ويتقمّصون شخصيّة أخرى، فيحدث لهم ما يشبه تبدّل الشخصيّة. تنظر إليه فتقول: «يا للعجب! إنه يتصرّف كأحد الأوباش، مع أنّه منذ قليل كان يتحدّث بلطف.» لقد تقمّص الشخصيّة الآن وينفذّها بدقّة. وبعضهم بارع جدًا بحيث يندمج في الشخصيّة حتى تظنّ أنّه هو نفسه تلك الشخصيّة في تلك الحادثة.</w:t>
@@ -1389,93 +1389,93 @@
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«إلهي أنت المولى وأنا العبد، إلهي أنت الغنيّ وأنا الفقير...»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> إنّه يقول حقيقة نفسه التي وصل إليها. ومن الذي فعل ذلك؟ إنّه ذلك الـ «ربّاني» الذي ربّى أمير المؤمنين عليه السلام. نحن من نفصّل بين القضايا، لا أيّها الرفقاء! فلا فرق بين قضايانا وقضايا أمير المؤمنين عليه السلام، كلّها في خطّ واحد. فلا ينبغي أن نفصل حساب الأئمة عليهم السلام عن حسابنا، فنحن والمعصومون الأربعة عشر وبقيّة الخلق كلّنا في خطّ واحد، غاية ما في الأمر أنهم أصبحوا معصومين ونحن لا نصبح، بل نحن في ظلّ الإمام وتحت ولايته، تحت ولاية إمام الزمان عليه السلام. ولكن ليس هناك خطّان أو نوعان من الخلق أو نوعان من التربية.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَٱلضُّحَىٰ ۱ وَٱلَّيۡلِ إِذَا سَجَىٰ ٢ مَا وَدَّعَكَ رَبُّكَ وَمَا قَلَىٰ ٣ وَلَلْآخِرَةُ خَيْرٌ لَكَ مِنَ الْأُولَىٰ}</w:t>
+        <w:t xml:space="preserve">﴿وَٱلضُّحَىٰ ۱ وَٱلَّيۡلِ إِذَا سَجَىٰ ٢ مَا وَدَّعَكَ رَبُّكَ وَمَا قَلَىٰ ٣ وَلَلْآخِرَةُ خَيْرٌ لَكَ مِنَ الْأُولَىٰ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> لمن يقول الله هذا الكلام؟ إنّه يقوله لنا. الخطاب موجّه إلى النبي صلّى الله عليه وآله، لكنّه لنا. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{أَلَمْ يَجِدْكَ يَتِيمًا فَآوَىٰ}</w:t>
+        <w:t xml:space="preserve">﴿أَلَمْ يَجِدْكَ يَتِيمًا فَآوَىٰ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَوَجَدَكَ ضَالًّا فَهَدَىٰ}</w:t>
+        <w:t xml:space="preserve">﴿وَوَجَدَكَ ضَالًّا فَهَدَىٰ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. يا للعجب! هل كنت ضالًّا فهداك الله؟ إنّه يقول هذا للنبيّ صلّى الله عليه وآله! نعم، لقد كان النبيّ ضالًّا، وكان أمير المؤمنين ضالًّا، وكان الأئمّة ضالّين. ليس «ضالًّا» بمعنى التائه الذي نقوله، بل بمعنى من لا يملك شيئًا من نفسه. ألا يقول أمير المؤمنين عليه السلام نفسه: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«إلهي أنا الضال وأنت الهادي، هل يرحم الضال إلا الهادي؟»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -1668,126 +1668,126 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فإنّه يقول الصدق. ولكن عندما ينظر إليه (إلى الله)، يرى القوّة قد حلّت والعلم قد أتى، فيخبر عن الغيب ويفشي الأسرار.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد أنطق الله السيّد المسيح عليه السلام في المهد، فهل وُجد في الخلق طفل رضيع يقول وهو في حجر أمه:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> {قَالَ إِنِّي عَبْدُ اللَّهِ آتَانِيَ الْكِتَابَ وَجَعَلَنِي نَبِيًّا ٣٠ وَجَعَلَنِي مُبَارَكًا أَيْنَ مَا كُنْتُ وَأَوْصَانِي بِالصَّلَاةِ وَالزَّكَاةِ مَا دُمْتُ حَيًّا ٣١}</w:t>
+        <w:t xml:space="preserve"> ﴿قَالَ إِنِّي عَبْدُ اللَّهِ آتَانِيَ الْكِتَابَ وَجَعَلَنِي نَبِيًّا ٣٠ وَجَعَلَنِي مُبَارَكًا أَيْنَ مَا كُنْتُ وَأَوْصَانِي بِالصَّلَاةِ وَالزَّكَاةِ مَا دُمْتُ حَيًّا ٣١﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ؟ فهل سمعتم في التاريخ بطفل رضيع عمره يومان يقوم في وسط هذا الجمع ويقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إنّي عبد الله آتاني الكتاب}</w:t>
+        <w:t xml:space="preserve">﴿إنّي عبد الله آتاني الكتاب﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> طفل رضيع لا يستطيع حتّى أن يبكي ليعبّر عن حاجته، يقوم ويتحدّث هكذا!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولكن ما أريد قوله هو أنّ السيّد المسيح عليه السلام هو مثلنا، لا فرق. فولادته هي ولادتنا، وولادة النبي وولادة غيره واحدة. هناك قانون واحد في عالم الخلق، وهو الولادة والتربية والنموّ. هذا له شكله الخاصّ وذاك له شكله، ولكنّ الكلّ واحد لا استثناء فيه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">التربية التي ربّى بها الله نبيّه: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{أَلَمْ يَجِدْكَ يَتِيمًا فَآوَىٰ}</w:t>
+        <w:t xml:space="preserve">﴿أَلَمْ يَجِدْكَ يَتِيمًا فَآوَىٰ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فهي لنا نحن أيضًا. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَوَجَدَكَ ضَالًّا فَهَدَىٰ} </w:t>
+        <w:t xml:space="preserve">﴿وَوَجَدَكَ ضَالًّا فَهَدَىٰ﴾ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ألم تكن ضالًّا يا رسولنا؟! فنحن هديناك، فمن الذي أوصلك إلى مقام قاب قوسين أو أدنى؟ هل وصلت بنفسك؟! هل وصلت إلى هنا بنفسك؟! هل وصلت إلى حيث يقول جبريل عليه السلام:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> «لو دنوت أنملة لاحترقت»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؟!</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1967,112 +1967,112 @@
         </w:rPr>
         <w:t xml:space="preserve"> فهو أعلم، أيفتح النافذة أم يغلقها؟ أيريك أم لا يريك؟ أيغيّر حالك أم لا؟ فهذا يتعلّق بإمام الزمان عليه السلام، لا بنا. لا يمكننا التدخّل في عمله، فهو أعلم. ما كُلّفنا به هو أن نعمل بالتكليف قدر المستطاع. والإنسان خطّاء... إن شاء الله، فقد مضى الوقت والرفقاء قد تعبوا، وبقيّة الحديث للجلسة القادمة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَآلِ مُحَمَّدٍ.</w:t>
+        <w:t xml:space="preserve">اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَآلِ مُحَمَّدٍ</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{837AF11C-89C7-403D-ACE9-B17F70ED2447}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{67A9D797-A51B-48AC-9731-087A05C3AD9D}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{89D09803-0D11-4741-8A46-ECA0C96457ED}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{8ABB5FC3-3605-48D2-94DE-7EF9F5AE14A1}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>