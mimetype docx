--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -547,51 +547,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">خداع النفس: كيف نرضى بالمكانة الأدنى ونحن لا ندري؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ذلك الإنسان الذي يفرح ويظنّ... </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَهُمْ يَحْسَبُونَ أَنَّهُمْ يُحْسِنُونَ صُنْعًا}</w:t>
+        <w:t xml:space="preserve">﴿وَهُمْ يَحْسَبُونَ أَنَّهُمْ يُحْسِنُونَ صُنْعًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، يقول له أمير المؤمنين عليه السلام: «حسنًا جدًا، تعال وقم بهذا العمل». فماذا يحدث للنفس؟ ترضى، وإلا فإنها ستلومه قائلة: «لم تطعْ، خالفتَ كلامَ عليٍّ.» فيقول: «لا! لقد أعطاني عليٌّ هذا المنصب، وعيّن شخصًا آخر بدلًا منّي.» هكذا، تُرضي النفس نفسها بهذه المكانة، بينما لا تدري أنها قد خُدعت تمامًا، وستبقى تدور في حلقة مفرغة. لقد خدعوا وعلى رؤوسهم الطير. فالخداع أنواع؛ فمنه ما هو واضح و بيّن ويلتفت إليه الإنسان، ولكن هناك نوع خفيّ فلا يلتفت إلى أنّه تمّ خداعه! لا قدّر الله لنا ذلك. هل ابتليتم بذلك من قبل؟ فقد روى لنا بعض الرفقاء السابقين كيف نالهم نصيبهم من ذلك النوع الذي لا يُدرَك، وقد تفضّل الله عليهم فتنبّهوا بعد سنين طويلة، وحسنًا فعلوا أنّهم تنبّهوا. فهنا يجب على السالك أن يكون متيقّظًا ومنتبّهًا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قال أمير المؤمنين عليه السلام لمالك الأشتر: «نريد أن نرسلك إلى مصر». فأجاب: «سمعًا وطاعة يا علي»، ولم يقل «نعم» أو «لا»، بل قال: «سمعًا وطاعة». ومتى وكيف؟ لا يهمّ. وأمير المؤمنين عليه السلام يعلم أنه سيُستشهد في الطريق، فإن لم يعلم أمير المؤمنين، فهل سأعلم أنا؟! لا شكّ في ذلك. يكتب الإمام عليه السلام عهدًا طويلًا وتعليمات لتكون لنا اليوم، وإلا فهو يعلم أن معاوية سيدسّ له السم في الطريق ويقتله، ويعطيه أيضًا ذلك العهد الذي يُعلَّق اليوم على لوحة في جامعة هارفارد، ويجب على طلاب قسم السياسة في تلك الجامعة أن ينظروا أوّلًا إلى هذا العهد. وماذا عنّا نحن المسلمين؟ هل لدينا علم بما قاله أمير المؤمنين عليه السلام في هذا العهد لمالك الأشتر؟! لقد أعطى ذلك العهد لنا، كي لا نكتفي اليوم بالادعاء، بل نشمّر عن سواعدنا ونعمل به، وهو موجّه للحكّام. نعم، لقد أعطى عليه السلام العهد، وهو يعلم أنّ مالكًا سيذهب ويُستشهد في الطريق.</w:t>
@@ -868,78 +868,78 @@
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> لزيارة العلّامة الطباطبائي رحمه الله في طهران.و كان العلّامة قد نزل في منزل صهره، فجاء لزيارته أحد سادة طهران، وهو السيّد ضياء الدين الأسترآبادي رحمه الله. وفي نهاية اللقاء، دعا السيّد الأسترآبادي العلّامة بحرارة إلى منزله، وظلّ العلّامة يعتذر قائلًا: «لا، هذا تكلّف...» لكنّ الرجل أصرّ وحسم الأمر بسرعة، وثبّت الموعد ظهر يوم الأحد. فقال العلّامة: «لكنّني مريض وأتّبع نظامًا غذائيًّا». فقال الرجل: «حسنًا يا سيّدي، تفضّل واطلب ما تشاء.» فقال العلّامة: «حسنًا إذن، حضّروا سيخين من الكباب، وسأحضر الخبز معي!» فقد كان يأكل خبزًا خاليًا من الملح.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فعندما يذهب المرء إلى مكان، ويقول: «هذا الطعام يضرّني، وذاك الطعام يناسبني.» ثمّ يذهب إلى هناك، فيجدونهم قد أعدّوا له نفس الطعام الذي يضرّه! فيا من دعوتني، لماذا تعدّ لي طعامًا يخالف ما طلبته؟ ألم تدعُني أنت؟! وهكذا هو الحال مع الله أيضًا؛ يقول لك: «لقد فعلت هذا من أجلي؟ أنا أقول لك لا، أنا أريد هذا الطريق، وهذا النحو.» فإن فعلته من أجل الناس، فاذهب وخذ أجرك منهم. وإن فعلته من أجلي، فأنا أقول لك: «أنا لا أقبل هذا.» فماذا يقول الإنسان؟ يقول: «لا! يجب أن تقبل!.» فيقول الله: «لا، لا أريد أن أقبل. أنا الله، وقد وضعت هذا المسار، ولا شأن لي بعقلك الناقص وجهلك، أنا أريد هذا المسار فحسب.» هنا يأتي الإنسان ويخدع نفسه، ويقفز يمنة ويسرة. عندما يقول الله: «أنا لا أريد لك الشهرة.» فقد انتهى الأمر. وإذا أردتُ، فهذا هو، وإذا لم أرد، فهذا هو، وانتهى. ويا لشقاء من يسلك الطريق الذي كان ينبغي أن يسلكه لرشده وكماله، فيستخدمه لخلق شخصيّة زائفة ولأموره الدنيويّة، فهذا هو من </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{خَسِرَ الدُّنْيَا وَالْآخِرَةَ}</w:t>
+        <w:t xml:space="preserve">﴿خَسِرَ الدُّنْيَا وَالْآخِرَةَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> للناس طرق كثيرة لتحقيق الشهرة، ونحن نرى ما يحدث في الدنيا!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولكن أن يأتي إنسان ويأخذ هذه العلوم الإلهيّة، علوم أهل البيت عليهم السلام، التي لا يوجد نظير لإبرة منها في أيّ مكان آخر، ثمّ يبذل الجهد ويتعب من أجل الوصول إلى شخصيّة دنيويّة، فهذه مصيبة كبرى، وشقاؤها أكبر من شقاء أولئك! فهؤلاء قد أتوا للدنيا منذ البداية، أمّا هذا، فيقرأ قول الصادق عليه السلام الذي يجب أن يتشرّبه بروحه ويعمل به، ليقرأه ويتمكّن من استخدامه في المجالس، وليقال عنه: «ما شاء الله! ما هذه المسائل التي يعرفها! كم يحفظ! كم لديه من العلم!» أيْ أنّ قول الصادق عليه السلام نفسه يُستخدم في جانب الكدورة، وهذا هو الذي </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{خَسِرَ الدُّنْيَا وَالْآخِرَةَ}</w:t>
+        <w:t xml:space="preserve">﴿خَسِرَ الدُّنْيَا وَالْآخِرَةَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> هذا هو الذي يجب أن يُبكى على حاله، فقد بدّد كلّ آماله وأحلامه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعمة الهداية التي يسخر منها الآخرون</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1159,66 +1159,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{476546E5-876F-40C9-94F0-472A348F14C4}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{2A347F00-157B-4E77-8A46-8DED8E0490A8}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{E5277D9F-A4A9-40C1-B9DA-A99F28C8DB93}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{192ECA05-6B6A-4642-99CF-F2BFAC8A8E67}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>