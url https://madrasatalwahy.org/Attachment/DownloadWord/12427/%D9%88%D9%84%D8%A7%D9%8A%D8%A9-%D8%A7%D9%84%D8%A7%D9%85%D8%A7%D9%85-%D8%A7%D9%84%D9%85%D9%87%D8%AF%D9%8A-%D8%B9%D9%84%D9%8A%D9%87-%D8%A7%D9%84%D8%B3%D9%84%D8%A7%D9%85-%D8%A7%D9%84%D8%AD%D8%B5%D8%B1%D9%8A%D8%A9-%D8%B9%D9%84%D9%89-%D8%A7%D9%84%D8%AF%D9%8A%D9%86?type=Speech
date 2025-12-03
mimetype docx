--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -950,51 +950,51 @@
         </w:rPr>
         <w:t xml:space="preserve">ثمانية أفراد للصلاة. فكانوا يأتون إليه ويقولون: يا سيّدنا، انتظر قليلًا حتى يأتي هؤلاء الكسبة! فكان يقول: «إنّهم يؤذّنون في الوقت المحدّد، ويجب عليّ أن أصلّي. فمن شاء فليأتِ، ومن لم يشأ فلا يأتِ. نحن سنصلّي». ولم يكن يقول أبدًا: لا! ننتظر لترتفع عزّة المؤمنين وتتشكّل صفوف المؤمنين وعزّة الإسلام وأمثال هذا من الاستدلالات، التي يجيدها الجميع، ومن هذه المخترعات! فذلك الذي يستدلّ بعزّة الإسلام وما إلى ذلك، هو نفسه لا يصلّي المغرب والعشاء ـ وقد رأيت ذلك أمام عيني، لم يصلِّ حتى الساعة الحادية عشرة، فكانت صلاة المغرب قد فاتت بالتأكيد ـ فكلّ هذا هراء، يعني كلّ هذا الكلام مجرّد تظاهر ومداهنة للناس، والسلام. كان يقول: «نحن نصلّي، فمن شاء فليصلِّ، ومن لم يشأ فلا يصلِّ». ثمانية أفراد، بل ستّة أفراد أحيانًا. وفي أيّام الجمعة خاصّة، تكون صلاة الظهر ستّة أفراد، وفي صلاة العصر يصبحون عشرين فردًا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وفي أيام شهر رمضان، كان من المقرّر، بالإضافة إلى الأدعية التي تُقرأ، أن يُقرأ دعاء كلّ يوم، دعاء اليوم الأول والثاني وما إلى ذلك. ذلك اليوم لم يكن اليوم الأول، أو مثلًا كانوا يقولون لاحقًا إنّه اليوم الأول ـ مع أنّ هذا الأدعية كلّها مخترعة، فلا يقرأها أحد. هذه الأدعية لكلّ يوم من أيام شهر رمضان كلّها مخترعة، وذلك الذي نقلها قد نسجها ولفّقها. لقد بذل جهدًا كبيرًا، يعني بذل جهدًا لدرجة أظنّ أنّ مشكلة قد حدثت له؛ لأنّ هذه العبارات أصلًا لا تتلاءم مع بعضها البعض، وقد أراد بشكل ما أن يلصق هذا الآخر بذيل هذا بستّة أمنان من الغراء، وما إلى ذلك: «بعونك يا فلان» التي أصلًا لا تتناسب مع البداية: «بطاعتك يا غياث المستغيثين». خلاصة الأمر أنّها أدعية مخترعة. أصلًا هذا الدعاء هراء، ولا أعرف لماذا أورده الحاج الشيخ عباس القمي رحمه الله! حسنًا، هذه الأمور رائجة والجميع يقرأونها، ثمّ يشرحونها. والآن سمعتُ أنّ شرحها متوفر في السوق، وهو كبير جدًّا، أضخم من المفاتيح نفسه! فهل تلتفتون؟ كلّ هذا من شدّة العلم!ـ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">حسنًا، افترضوا أنّه لم يقرأ دعاء اليوم الأوّل في اليوم الأوّل، فكان يواجه اعتراض الناس: يا سيّدنا، لماذا لا تقرأه؟ ذلك المسكين، الذاكر الذي يقرأ الدعاء، كان يقول: «لأنّ اليوم الأول لم يثبت بعد، فنحن لا نقرأ هذا الدعاء». فيعترض الناس: يا سيّدي، الراديو أعلن! يا سيّدي، المساجد كلها تفعل كذا! يا سيّدي، مثلًا كذا...! لدرجة ـ سأقول لكم هذا القدر فقط ـ أنّ مسجد القائم في طهران كان فريدًا من بين جميع مساجد إيران من هذه الناحية، فالجميع كانوا يقولون إنّ مسجد القائم لا يعمل وفق العرف، لا يعمل. فهو يعمل وفق حسابه الخاص. حتى مسجد السيّد عزيز الله في طهران، حيث كان يصلي آية الله السيّد أحمد الخوانساري رحمه الله، كانوا يعملون بنفس الطريقة، في جميع المساجد، المسجد الوحيد الذي لم يكن يعمل على هذا الأساس حتى يثبت [الهلال] كان مسجد القائم فقط. وهذا يدل على استقامته! كان يقول: «لأنّه لدينا في الدين يا سيّديأنّه يجب أن ترى الهلال في المدينة. فما لم تره، لو مزّقتَ نفسك إربًا، فأنا لن أقرأ. افعل ما تشاء! تقول إنّه اليوم الأول، هذا لك. نحن نأتي ونصلي». أتذكّر أنّه في سنة من السنوات، أقام ليالي الإحياء ست ليالٍ؛ يعني ليلة التاسع عشر ليلتين، وليلة الحادي والعشرين ليلتين، وكذا ليلة الثالث والعشرين! فقالوا: يا سيّدنا، هل هذا ممكن؟ قال: «يا جماعة أنتم تحيون ثلاث ليالٍ، فاسهروا ثلاث ليالٍ إضافية أيضًا، فماذا سيحدث؟ ماذا سيحدث؟ هذه ليالي شهر رمضان التي كان الأعاظم يسهرونها من منتصف شهر رمضان فصاعدًا. الآن أنتم أضيفوا ثلاث ليالٍ على الأكثر. يا عزيزي، هذا ليس شيئًا يُذكر». يعني جاؤوا للإحياء ست ليالٍ، حسنًا، من باب الاحتياط. وحتى آخر شهر رمضان كان الأمر على هذا النحو.</w:t>
+        <w:t xml:space="preserve">حسنًا، افترضوا أنّه لم يقرأ دعاء اليوم الأوّل في اليوم الأوّل، فكان يواجه اعتراض الناس: يا سيّدنا، لماذا لا تقرأه؟ ذلك المسكين، الذاكر الذي يقرأ الدعاء، كان يقول: «لأنّ اليوم الأول لم يثبت بعد، فنحن لا نقرأ هذا الدعاء». فيعترض الناس: يا سيّدي، الراديو أعلن! يا سيّدي، المساجد كلها تفعل كذا! يا سيّدي، مثلًا كذا...! لدرجة ـ سأقول لكم هذا القدر فقط ـ أنّ مسجد القائم في طهران كان فريدًا من بين جميع مساجد إيران من هذه الناحية، فالجميع كانوا يقولون إنّ مسجد القائم لا يعمل وفق العرف، لا يعمل. فهو يعمل وفق حسابه الخاص. حتى مسجد السيّد عزيز الله في طهران، حيث كان يصلي آية الله السيّد أحمد الخوانساري رحمه الله، كانوا يعملون بنفس الطريقة، في جميع المساجد، المسجد الوحيد الذي لم يكن يعمل على هذا الأساس حتى يثبت [الهلال] كان مسجد القائم فقط. وهذا يدل على استقامته! كان يقول: «لأنّه لدينا في الدين يا سيّدي أنّه يجب أن ترى الهلال في المدينة. فما لم تره، لو مزّقتَ نفسك إربًا، فأنا لن أقرأ. افعل ما تشاء! تقول إنّه اليوم الأول، هذا لك. نحن نأتي ونصلي». أتذكّر أنّه في سنة من السنوات، أقام ليالي الإحياء ست ليالٍ؛ يعني ليلة التاسع عشر ليلتين، وليلة الحادي والعشرين ليلتين، وكذا ليلة الثالث والعشرين! فقالوا: يا سيّدنا، هل هذا ممكن؟ قال: «يا جماعة أنتم تحيون ثلاث ليالٍ، فاسهروا ثلاث ليالٍ إضافية أيضًا، فماذا سيحدث؟ ماذا سيحدث؟ هذه ليالي شهر رمضان التي كان الأعاظم يسهرونها من منتصف شهر رمضان فصاعدًا. الآن أنتم أضيفوا ثلاث ليالٍ على الأكثر. يا عزيزي، هذا ليس شيئًا يُذكر». يعني جاؤوا للإحياء ست ليالٍ، حسنًا، من باب الاحتياط. وحتى آخر شهر رمضان كان الأمر على هذا النحو.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قصة إثبات هلال العيد في زمن آية الله البروجردي رحمه الله: صراع بين الاحتياط وضغط الواقع</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">في إحدى السنوات، أصبحت المسألة صعبة جدًّا، يعني بقيت القضيّة غامضة هكذا، بقيت وبقيت وبقيت حتى آخر شهر رمضان، بقيت القضية غامضة على هذا النحو. آخر شهر رمضان هو يوم عيد الفطر، فتصبح القضية صعبة. حسنًا، أُعلن في كلّ مكان أنّه يوم العيد. وكان ذلك في زمن آية الله البروجردي رحمه الله. فذهبوا وقالوا إنّ مسجد السيّد عزيز الله في طهران قد صلّوا فيه صلاة عيد الفطر. فقال: «لم يثبت لدينا، نحن لا نصلّي صلاة العيد». الآن الناس قد جاؤوا إلى المسجد، ينتظرون أن يأتي إمام الجماعة ليصلّي، والسيّد لم يأتِ أيضًا، كان جالسًا في منزله ـ كان منزله آنذاك في ميدان شهداء طهران نفسه، ميدان الشهداء الذي كان اسمه سابقًا ميدان ژاله. كانوا يأتون مرارًا من طرف المسجد: يا سيّدي، الناس ينتظرون! قال: «ينتظرون؟ فليتفضلوا إلى منازلهم. لماذا ينتظرون؟! عندما لا يكون اليوم عيدًا، فلماذا آتي لأصلّي؟!» مثل معاوية الذي ذهب يوم الأربعاء فصلّى صلاة الجمعة، وكلّ الناس اقتدوا به، هذا هو المثير للدهشة! يوم الأربعاء صلاة جمعة! قال: «لقد أخطأوا، فليذهبوا.» تقرّر أن يتّصل بعضهم بقم. أتذكّر أنّ جميع أصدقاء ذاك الزمان قد انتقلوا إلى رحمة الله، رحمهم الله جميعًا. فكانوا قد ذهبوا إلى مركز الاتصالات الهاتفيّة، في ساحة "سِبَه" الحالية في طهران، حيث كان هناك مركز الهاتف والكهرباء وما إلى ذلك، ليتّصلوا بمكتب السيّد البروجردي رحمه الله. فأبرقوا أو اتّصلوا، وجاء الجواب بأنّه لا، لم يثبت لديه بعد. وحتّى الظهر لم يكن قد ثبت. والناس ما زالوا ينتظرون. فذهب أحدهم إلى مسجد القائم في غيابه ـ رحم الله ذلك المرحوم السيّد كيوان، كان رجلًا صالحًا، طيّب النفس جدًّا ـ فبدأ يقرأ دعاء يوم العيد، تلك التهليلات: </w:t>
       </w:r>
@@ -2042,66 +2042,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{88080B0E-C3EE-46FF-ABF9-2EDDC5A808BF}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{41821FD2-34F4-4C17-8C13-95C5DC9E8165}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{F9DB3648-478C-4735-943C-5A41FCEF8289}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{830EC009-3F99-4636-A570-5719C9307207}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
@@ -2178,61 +2178,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="1" name="_x0000_i0001">
+                <wp:docPr id="3" name="_x0000_i0003">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0001"/>
+                        <pic:cNvPr id="0" name="_x0000_i0003"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -2335,61 +2335,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="2" name="_x0000_i0002">
+          <wp:docPr id="4" name="_x0000_i0004">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0002"/>
+                  <pic:cNvPr id="0" name="_x0000_i0004"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>