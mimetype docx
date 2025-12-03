--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -780,72 +780,72 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قائلًا: كان لدينا عمل مع السيد البروجردي فذهبنا لرؤيته في ذلك المكان. وبما أنّ علاقته كانت حميمة جدًا بالسيّد البروجردي، فكان يدخل غرفته. ولم تكن علاقته بالسيّد البروجردي معقّدة كثيرًا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قال: استيقظتُ في منتصف الليل لأجدّد وضوئي، إمّا لأصلّي صلاة الليل أو لشيء آخر. فسمعت صوتًا يأتي من زاوية الفناء، صوت مناجاة. قلتُ: من هذا في هذه الزاوية من الفناء ويناجي؟ ذهبتُ فرأيتُ آية الله السيّد البروجردي رحمه الله بقميص وسروال، وعليه عباءة رقيقة، وقد ربط منديلًا أبيض على رأسه كعمامة بيضاء، يصلّي ويقرأ السور الأربع التي تبدأ بـ "قل" بحضور قلب عجيب! كانت عبارته هكذا: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}</w:t>
+        <w:t xml:space="preserve">﴿قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ويكرّرها، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ ۱ مِن شَرِّ مَا خَلَقَ}</w:t>
+        <w:t xml:space="preserve">﴿قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ ۱ مِن شَرِّ مَا خَلَقَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> وهكذا حتى انتهت صلاته ولم أفعل شيئًا لكي لا أشتّته. ثمّ ذهبت وقضيت حاجتي وما إلى ذلك. وفي صباح الغد، ذهبتُ إليه وقلتُ: سيّدي، رأيتُك البارحة تصلّي، ولكن بدت حالك مضطربة وغير عاديّة. فقال: ألا ترى؟ ألا ترى وضع البلاد وما يجري فيها؟ ما الذي يمكننا فعله سوى أن نتوسّل إلى حضرة الأحديّة؟ خلاصة القول، بتعبير </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلامة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -1094,51 +1094,51 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ هل قرأتموها أم لا؟ إن شاء الله تكونون قد قرأتموها، وإن لم تقرأوها فاذهبوا واقرأوها ـ فأرسل رسالة، وأراد </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلامة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أن يتّخذ إجراءات ضدّه، فاستخار بالقرآن فجاءت هذه الآية: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَإِذَا الَّذِي بَيْنَكَ وَبَيْنَهُ عَدَاوَةٌ كَأَنَّهُ وَلِيٌّ حَمِيمٌ}</w:t>
+        <w:t xml:space="preserve">﴿فَإِذَا الَّذِي بَيْنَكَ وَبَيْنَهُ عَدَاوَةٌ كَأَنَّهُ وَلِيٌّ حَمِيمٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالآية تتعلّق بالعفو والصفح وما إلى ذلك، وفي ذيلها أنّك يجب أن تتجاوز بحيث يصبح الذي بينك وبينه عداوة كأنّه وليّ حميم. هذه الآية، ثمّ تفاصيل الواقعة طويلة، اذهبوا واقرأوها. يبدو أنّها في كتاب "أنوار الملكوت"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -1498,51 +1498,51 @@
         <w:t xml:space="preserve">يقول:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.. *** فريق يفضّل هذا وفريق يفضّل ذاك </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{كلّ حزب بما لديهم فرحون}</w:t>
+        <w:t xml:space="preserve">﴿كلّ حزب بما لديهم فرحون﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فكلّ إنسان يجب أن يسلك طريقه ويعمل عمله الخاصّ.</w:t>
@@ -1605,66 +1605,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{456A143B-76E4-4042-8BE9-2490541C44A6}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{668916FF-47B0-4BA5-B3FF-64F40445EAB5}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{0A5E7981-6403-4C56-B969-AFA8AAE4B6F0}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{07ECBC5F-9A80-4A26-B55D-E3D10EAFA748}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>