--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -450,87 +450,87 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يتقدّم الأمر ويصبح أكثر دقّةً وظرافة، ففي الطرف الآخر من القضيّة لا يُخدع أحد؛ فالملائكة المراقبون لأفعالنا، والذين يلتقطون صورًا من زوايا أسرار أفكارنا، من حيث لا تستطيع أي آلة تصوير أن تلتقط صورة منها، ولا أيّ جهاز موجات فوق الصوت أن يصوّر هناك، ولا أيّ جهاز من أجهزة التصوير الدقيقة هذه التي ظهرت حديثًا بأشعّتها الفلانيّة وغيرها، تلك الذرّات التي يقولون أنّها تصوّر حتّى الخليّة. يقولون إنّ أجهزة جديدة قد ظهرت، فعندما تريد خليّة ما ـ خلية مختلّة كما يُصطلح ـ أن تخرج عن مسار نموّها الطبيعي وتبدأ بالتكاثر لتسبّب هذه الأمراض المختلفة، في تلك اللحظة التي تتشكل فيها هذه الخليّة، يلتقط الجهاز صورتها، ويبيّن أنّها تختلف عن تلك الخليّة، وهذه هي بداية السرطان. ويا له من أمر دقيق! بالطبع، لم يصل هذا الجهاز إلى هنا بعد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هذان الملكان الموجودان اللذين كان يقال لنا عنهما منذ القِدم إنّ أحدهما يجلس على الكتف الأيسر والآخر على الكتف الأيمن، وكنّا في صغرنا ننظر دائمًا إلى هذا الجانب وذاك؛ لئلّا نرتكب مخالفة وهما جالسان، وكانوا يقولون لنا: «أنتم لا ترونهما هنا وهناك». ولكن لدينا في آية القرآن: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِذْ</w:t>
+        <w:t xml:space="preserve">﴿إِذْ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">يَتَلَقَّى الْمُتَلَقِّيَانِ عَنِ الْيَمِينِ وَعَنِ الشِّمَالِ قَعِيدٌ}</w:t>
+        <w:t xml:space="preserve">يَتَلَقَّى الْمُتَلَقِّيَانِ عَنِ الْيَمِينِ وَعَنِ الشِّمَالِ قَعِيدٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. عجيب! عجيب! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{مَّا يَلْفِظُ مِن قَوْلٍ إِلَّا لَدَيْهِ رَقِيبٌ عَتِيدٌ}</w:t>
+        <w:t xml:space="preserve">﴿مَّا يَلْفِظُ مِن قَوْلٍ إِلَّا لَدَيْهِ رَقِيبٌ عَتِيدٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد أحاط بك ملائكتنا عن اليمين واليسار بحيث أنّك إن تحرّكت قيد أنملة يسجّلون، وإن تحركت يكتبون، وإن خطرت فكرة في ذهنك يكتبونها فورًا. لا أنّهم يكتبون، فيا ليتهم كانوا يكتبون فقط، لكنّا قلنا حينها: «يا عزيزي، لقد أخطأت في النسخ، كتبت بشكل مغلوط» فلو أنّهم كتبوا لقلنا: «كلّا يا عزيزي! لقد بدّلت مواضع الكلمات.»</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -641,51 +641,51 @@
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لكنّ هؤلاء الملائكة الموكّلون بنا هم أدقّ من ذلك؛ حيث يأتون بالفعل الذي قمنا به، بالصلاة التي أدّيناها عند طلوع الفجر مثلًا، ويضعون وجودنا هذا في حال الصلاة، في وجودهم العينيّ الخارجيّ وفي سجلّهم، لا أنّهم يلتقطون صورة. الآن نحن جالسون هنا، وأنا أتحدّث والرفقاء يستمعون. في يوم القيامة، الملائكة الموكّلون بهذا المكان، يأتون بهذه الجلسة نفسها الموجودة حاليًا، لا صورتها أو تصويرها! كلا، التصوير واضح، يعرضون فيلمًا فيظهر هذا الأمر، فهذا شيء متعارف عليه! كلّا! هذه الجلسة نفسها الموجودة فعلًا، بأعيانها الخارجيّة هذه وبوجوداتها الخارجيّة التي نشعر بها الآن في وجودنا، يأتون بملفّها يوم القيامة. حينها، كيف يمكن أن نقول إنّهم صنعوها؟! هل يمكننا قول ذلك؟! هل يمكننا الآن ونحن هنا أن نقول إنّ هذا مركّب؟! هذا ليس مصنوعًا من عندهم. نعم، لو خرجنا من هنا وأتوا بفيلم وعرضوه، لقلنا: «يا سيّدي، لقد قمتم بإنتاجه باستخدام هذه الأجهزة الحديثة، وضعتم هذا الرأس بجانب هذه اليد، وهذه اليد هنا، وصنعتم مجلسًا كهذا». حسنًا، هذا ممكن، وفي النهاية هو شيء طبيعي. ولكن هل وجودنا نحن أنفسنا الآن ونحن جالسون هنا هو أيضًا فيلم مصنوع؟! فهذا له حقيقة خارجيّة، وهذا ليس كذبًا. والملائكة يثبّتون هذا. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وقوله تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِذْ يَتَلَقَّى الْمُتَلَقِّيَانِ عَنِ الْيَمِينِ وَعَنِ الشِّمَالِ قَعِيدٌ}</w:t>
+        <w:t xml:space="preserve">﴿إِذْ يَتَلَقَّى الْمُتَلَقِّيَانِ عَنِ الْيَمِينِ وَعَنِ الشِّمَالِ قَعِيدٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> هذا هو معناه، معناه أنّ الملائكة يُحضرون في ذلك الوجود الخارجيّ، يُحضرون، وهنا توجد أمور لا حصر لها، والدخول في هذه القضيّة أصلًا يأخذ الإنسان إلى مسائل لا يعود بيانها عليه بأيّة مصلحة، وتحدث قضايا تصبح فيها المسائل دقيقة جدًّا، وربّما لا يمتلك الكثيرون حتّى القدرة على تلقّيها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فهؤلاء هم الملائكة الذين يقومون بهذا العمل. فما الذي يمكننا أن نخفيه والحال هذه؟! ما الذي يمكننا أن نكتمه؟! ما الذي يمكننا بعد الآن أن نُسِرّه؟! فعندما يقول الإنسان: نريد أن نفعل هذا وذاك، تأتي الملائكة فورًا وتكشف كلّ شيء له ويتّضح الأمر.</w:t>
@@ -746,51 +746,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">غدًا حين يظهر ديوان العدالة *** يا لبؤس المفلس الذي عمل بالمجاز</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالمجاز هو هذا بعينه، هو أن يقوم الإنسان طوال عمره ويشغل نفسه بملهيات الدنيا، بالمسائل الظاهريّة الملهية، ويصرف هذا العمر الثمين الذي لن يعود في سبيل الوصول إلى الدُّمى الظاهريّة وفي سبيل الوصول إلى البالونات ـ فهذه العلوم الظاهريّة كلّها بالونات، مملوّة بالهواء كالفوشار ـ أن يصرف عمره في سبيل الوصول إليها، وعندما يرحل يُسأل: «نحن الذين أعطيناك هذه الموهبة، فلماذا لم تنفقها في موضعها؟! نحن الذين أعطيناك هذه القابليّة، فلماذا لم تصرفها في محلّها؟!» «حسنًا جدًّا، مادام الأمر هكذا، فتعالَ لنُريك مقامك» حينها يلطم رأسه بكلتا يديه.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> {يَوْمَ يَجْمَعُكُمْ لِيَوْمِ الْجَمْعِ ۖ ذَٰلِكَ يَوْمُ التَّغَابُنِ}</w:t>
+        <w:t xml:space="preserve"> ﴿يَوْمَ يَجْمَعُكُمْ لِيَوْمِ الْجَمْعِ ۖ ذَٰلِكَ يَوْمُ التَّغَابُنِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. يجمعكم الله في يوم، ذلك اليوم هو يوم الشعور بالغبن، ويوم الإحساس بالغبن، ولا فائدة ترجى بعد ذلك، لا فائدة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الفرص الدنيويّة التي عرضت على المحاضر ووالده</w:t>
@@ -1118,72 +1118,72 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يمكن تفسير «به چشم مردم سیر» (في عين الشبعان) بطريقتين: إمّا الناس الذين شبعت أعينهم وآذانهم، أو الناس الشبعى الذين لا يحتاجون إلى طعام. ويبدو أنّ المعنى الأول أفضل من الثاني، وإن كان الثاني صحيحًا، ولا إشكال فيه أيضًا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فهؤلاء الذين هم في هذه المرتبة سيكونون يوم القيامة في المرتبة نفسها، ولذا لا يتحسّرون؛ فهم أصلًا لا يرون ما هو أعلى ليتحسّروا. إنّما يتحسّر ذلك الذي يرى ما هو أعلى ويرى أنّ يده لا تصل إليه، ذاك يأتي يوم القيامة ويقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يَا حَسْرَتَنَا عَلَىٰ مَا فَرَّطْنَا فِيهَا}</w:t>
+        <w:t xml:space="preserve">﴿يَا حَسْرَتَنَا عَلَىٰ مَا فَرَّطْنَا فِيهَا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يا حَسْرَتى‏ عَلى‏ ما فَرَّطْتُ في‏ جَنْبِ اللَّه}</w:t>
+        <w:t xml:space="preserve">﴿يا حَسْرَتى‏ عَلى‏ ما فَرَّطْتُ في‏ جَنْبِ اللَّه﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">‏</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> يا ويلنا على ما قصّرنا في جنب الله وأمام مرأى الله ومنظره. هذا بالنسبة للعلوم، وبالنسبة لسائر المسائل كذلك، وبالنسبة للأعمال كذلك، وبالنسبة للسلوك كذلك؛ بل وبالنسبة لكلّ شيء. الآن نحن طرحنا قسمًا واحدًا منه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -2209,66 +2209,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{3030437B-9FBA-4941-B142-359C4B40FE91}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{6346D3DE-AB6F-4E0E-97D6-D83DFAE7D3E6}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{4DA86A6D-FBD2-44C4-9511-B767082006CC}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{1E7FA359-902F-4CFD-9408-FDC08C34C224}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
@@ -2345,61 +2345,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="1" name="_x0000_i0001">
+                <wp:docPr id="3" name="_x0000_i0003">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0001"/>
+                        <pic:cNvPr id="0" name="_x0000_i0003"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -2502,61 +2502,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="2" name="_x0000_i0002">
+          <wp:docPr id="4" name="_x0000_i0004">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0002"/>
+                  <pic:cNvPr id="0" name="_x0000_i0004"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>