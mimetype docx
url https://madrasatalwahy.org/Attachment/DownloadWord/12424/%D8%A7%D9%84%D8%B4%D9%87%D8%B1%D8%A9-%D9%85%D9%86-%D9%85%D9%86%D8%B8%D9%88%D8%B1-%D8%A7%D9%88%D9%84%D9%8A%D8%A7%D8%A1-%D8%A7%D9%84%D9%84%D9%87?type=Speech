--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -1624,66 +1624,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{3570251F-E9CC-46EE-ACD0-384EC11EA2EF}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{A776915D-BEB8-4F35-84AD-FE633D03CB07}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{446EA1E4-D17C-40D8-9B3E-E2FA38693B0F}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{9C40A8A0-20C3-4F42-9029-DD40C38CAE92}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>