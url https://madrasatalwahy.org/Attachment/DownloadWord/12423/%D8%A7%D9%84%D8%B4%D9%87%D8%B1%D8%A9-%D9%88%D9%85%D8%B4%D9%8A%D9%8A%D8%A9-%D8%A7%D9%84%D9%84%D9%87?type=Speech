--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -720,51 +720,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولكنّ رسول الله صلّى الله عليه وآله كان يدور في رأسه أمرٌ آخر، ولذلك أصبح هو رسول الله. لماذا لم نصبح نحن رسلًا للَّه؟! لماذا لم نصبح نحن أنبياء؟! لأنّ الحال الذي يسود رسولًا للّه ـ بل هذا الرسول تحديدًا! لا غيره! ـ كان حالاً مختلفًا! وهو الذي جعله رحمةً للعالمين، ولا يوجد في مكان آخر، حتّى لو قالوا: «نحن مسلمون، نحن علماء، ولدينا رسالة عمليّة، وعلى الجميع أن يتّجهوا نحونا!»</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّ حال رسول الله صلّى الله عليه وآله أمرٌ آخر، ذلك الحال هو الذي يجذب الناس، وتلك الأجواء هي التي تدفع الإسلام إلى الأمام. وقوله تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَمَا أَرْسَلْنَاكَ إِلَّا رَحْمَةً لِلْعَالَمِينَ}</w:t>
+        <w:t xml:space="preserve">﴿وَمَا أَرْسَلْنَاكَ إِلَّا رَحْمَةً لِلْعَالَمِينَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> إنّما هو بسبب ذلك الجانب.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آیینه شو و جمال پری‌طلعتان طلب *** جاروب زن خانه و پس میهمان طلب </w:t>
@@ -855,72 +855,72 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فجاء رسول الله صلّى الله عليه وآله وقطع الأمر فورًا. أوّل ما فعله هو تغيير القيادة، فقال: «ليأتِ أمير المؤمنين عليه السلام مكان سعد بن عبادة!» ذاك الذي هو مثله! يجب أن يأتي شخصٌ ويكون وصيًّا له ويكون لديه نفس حال النبيّ صلّى الله عليه وآله وأجوائه، فلا أحد غيره يستطيع حمل هذا العبء.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولذلك، عندما نزلت الآيتان </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَأَنذِرْ عَشِيرَتَكَ الْأَقْرَبِينَ}</w:t>
+        <w:t xml:space="preserve">﴿وَأَنذِرْ عَشِيرَتَكَ الْأَقْرَبِينَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> و </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَاخْفِضْ جَنَاحَكَ لِمَنِ اتَّبَعَكَ مِنَ الْمُؤْمِنِينَ}</w:t>
+        <w:t xml:space="preserve">﴿وَاخْفِضْ جَنَاحَكَ لِمَنِ اتَّبَعَكَ مِنَ الْمُؤْمِنِينَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، لم يكن رسول الله صلّى الله عليه وآله يمزح هناك، ولم يقرأ إنشاءً، ولم يعتلِ المنبر! بل طرح حقيقةً من داخله، قال الحقيقة، فقال: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«أَيُّكُمْ يُؤَازِرُنِي عَلَى هَذَا الْأَمْرِ؟»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
@@ -1208,87 +1208,87 @@
         <w:t xml:space="preserve">رفعة الله لاسم الإنسان بالخير</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يبدو من المستبعد أن نصل إلى ذلك الموضوع الليلة، ولكن إن شاء الله في الليالي القادمة سيُشار إلى هذه النقطة، وهي أنّه قد تكون هناك آفات في هذه الشهرة ومصائب تقع على الإنسان، فتجعله يتمنّى من الله ألف مرّة لو لم تكن هذه الأمور موجودة، ولو أنّه لم يكن معروفًا ومشهورًا. على أيّ حال، هذه حالة يأتي بها الله.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قُلِ اللَّهُمَّ مَالِكَ الْمُلْكِ تُؤْتِي الْمُلْكَ مَن تَشَاءُ وَتَنزِعُ الْمُلْكَ مِمَّن تَشَاءُ وَتُعِزُّ مَن تَشَاءُ وَتُذِلُّ مَن تَشَاءُ ۖ بِيَدِكَ الْخَيْرُ ۖ إِنَّكَ عَلَىٰ كُلِّ شَيْءٍ قَدِيرٌ}</w:t>
+        <w:t xml:space="preserve">﴿قُلِ اللَّهُمَّ مَالِكَ الْمُلْكِ تُؤْتِي الْمُلْكَ مَن تَشَاءُ وَتَنزِعُ الْمُلْكَ مِمَّن تَشَاءُ وَتُعِزُّ مَن تَشَاءُ وَتُذِلُّ مَن تَشَاءُ ۖ بِيَدِكَ الْخَيْرُ ۖ إِنَّكَ عَلَىٰ كُلِّ شَيْءٍ قَدِيرٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. يا ربّ، أنت الذي تعزّ وتذلّ، ترفع وتخفض، فيومًا تمنح السلطان، ويومًا تسلبه! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{بِيَدِكَ الْخَيْرُ}</w:t>
+        <w:t xml:space="preserve">﴿بِيَدِكَ الْخَيْرُ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، الخير من عندك، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّكَ عَلَىٰ كُلِّ شَيْءٍ قَدِيرٌ}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّكَ عَلَىٰ كُلِّ شَيْءٍ قَدِيرٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولكن النقطة الكامنة في كلام الإمام السجّاد عليه السلام هنا هي أنّ الله تعالى يرفع اسم الإنسان. الله لا يرفع قبائح الإنسان ولا يرفعه بالسوء، بل يرفع اسمه بالخير والمعروفيّة، في حين أنّ الإنسان لديه ألف عيب ونقص. فلماذا هو كذلك؟! لماذا يرفع الله تعالى اسم الإنسان بالخير والحال أنّه لا يستحقّ ذلك؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1768,112 +1768,112 @@
         </w:rPr>
         <w:t xml:space="preserve">نأمل إن شاء الله أن يشملنا الله تعالى جميعًا بمعاني هذه الفقرات المباركة ومفاهيمها، وأن يضع في وجودنا من صفاته، وأن يجعلنا مظهرًا لصفاته وأسمائه الحسنى. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَآلِ مُحَمَّدٍ.</w:t>
+        <w:t xml:space="preserve">اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَآلِ مُحَمَّدٍ</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{8FCA3B0E-D875-4CBF-8377-08FAB7F14C5C}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{4A78CAE3-6105-462F-9380-A4520C1342FE}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{58D97191-064B-4834-869E-49FE49BB2546}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{CE61CC85-D789-46B9-82E0-C3495D3AE50F}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
@@ -1950,61 +1950,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="1" name="_x0000_i0001">
+                <wp:docPr id="5" name="_x0000_i0005">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0001"/>
+                        <pic:cNvPr id="0" name="_x0000_i0005"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -2107,61 +2107,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="2" name="_x0000_i0002">
+          <wp:docPr id="6" name="_x0000_i0006">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0002"/>
+                  <pic:cNvPr id="0" name="_x0000_i0006"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>