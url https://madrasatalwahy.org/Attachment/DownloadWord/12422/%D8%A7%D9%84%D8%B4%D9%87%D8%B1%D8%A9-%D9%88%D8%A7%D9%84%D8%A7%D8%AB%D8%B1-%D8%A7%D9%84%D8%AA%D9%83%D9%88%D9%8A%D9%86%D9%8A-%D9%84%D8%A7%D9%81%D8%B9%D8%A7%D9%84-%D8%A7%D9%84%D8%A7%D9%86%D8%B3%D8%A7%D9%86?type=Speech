--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -840,51 +840,51 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لماذا هو هكذا؟ لماذا عندما تستمع إلى شريطٍ أو حديثٍ أو صوت </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلامة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، تنقلب رأسًا على عقب حتّى إنّك تريد أنْ تقطع علاقاتك بجميع الأفراد وتنطلق مباشرةً إلى ذلك المكان وذلك المقصد وذلك المبدأ الذي انطلق هو إليه؟! لأنّ حالتك تتغيّر. أيّ حسابٍ وكتابٍ يوجد هنا وفي ذلك الشريط؟! بحيث أنَّ ذاك يجلب الظلمة والكدورة التي تسلب من الإنسان حال الصلاة وكلّ شيء؟ أيّ حسابٍ هذا؟! ماذا فعل هذان الاثنان؟! بينما، على فرض، يقولان نفس الكلام. يا رجل، ما هذا؟! هذا الانقطاع عن جميع الأفراد والسير نحو المقصود والمبدأ، هي نفسها الآثار التكوينيّة لعمل هذا الإنسان وحركته في هذه الدنيا، والتأثيرات التي أحدثها هذا العمل وهذا الفعل في نفسه، وتلك الظلمة والكدورة هي أيضًا الآثار التكوينيّة للأعمال، والأفعال، وخبث الباطن، وشقاوة السرّ، التي اكتسبها بسبب الأعمال غير اللائقة التي قام بها. وهكذا اكتسب كدورةً ذاتيّة؛ أي أنَّ الكدورة تجاوزت مرتبة العَرَض واتّحدت مع الذات.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> {خَتَمَ ٱللَّهُ عَلَىٰ قُلُوبِهِمْ وَعَلَىٰ سَمْعِهِمْ ۖ وَعَلَىٰٓ أَبْصَٰرِهِمْ غِشَٰوَةٌ ۖ}</w:t>
+        <w:t xml:space="preserve"> ﴿خَتَمَ ٱللَّهُ عَلَىٰ قُلُوبِهِمْ وَعَلَىٰ سَمْعِهِمْ ۖ وَعَلَىٰٓ أَبْصَٰرِهِمْ غِشَٰوَةٌ ۖ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> لقد ختم الله على قلوب هؤلاء، هذا القلب لم يعد مستعدًّا!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">مكاشفة السيّد الحدّاد رضوان الله عليه عن ظلمة قبر في الشام</w:t>
@@ -1158,51 +1158,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولكن من ناحيةٍ أخرى، تنظر فترى إنسانًا يأتي ويقرأ هذه الأمور نفسها ويعمل بما يقوله الإمام عليه السلام ولا شأن له بأيّ أحدٍ آخر، هو والإمام عليه السلام. حينئذٍ انظر ماذا يشرق في قلبه، وكيف تؤثّر كلماته. فعندما يتحدّث الإنسان معه، تنشرح روحه، وأيّ صفاءٍ يجده! وأيّ أمورٍ يكتشفها. لماذا كلّ هذا؟! هذا لأنّه سار بشكلٍ صحيح، وسلك الطريق بشكلٍ صحيح، وسنرى آخرته أيضًا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الوقت الآن تقريبًا خمس دقائق قبل العاشرة، وبالطبع سيعذرنا الرفقاء إنْ شاء الله عن مواصلة الحديث. رغم أنَّ حالي لم يكن مناسبًا للحديث، إلّا أنّني قلتُ إنّه من باب </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يَمْحُوا اللّٰهُ مَا يَشَاۤءُ وَيُثْبِتُ ۖوَعِنْدَهٗٓ اُمُّ الْكِتٰبِ}</w:t>
+        <w:t xml:space="preserve">﴿يَمْحُوا اللّٰهُ مَا يَشَاۤءُ وَيُثْبِتُ ۖوَعِنْدَهٗٓ اُمُّ الْكِتٰبِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«عرفتُ الله بفسخ العزائم ونقض الهمم»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
@@ -1267,66 +1267,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{B11B4022-2B27-409B-9936-0898537211A7}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{C2A81CD0-3918-4E8B-B3FA-ABBF55F45952}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{2FD253DD-85A2-4371-8299-4B096D7E3AE3}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{93C5B458-E194-4BE0-B29B-D46F59FF5DEB}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>