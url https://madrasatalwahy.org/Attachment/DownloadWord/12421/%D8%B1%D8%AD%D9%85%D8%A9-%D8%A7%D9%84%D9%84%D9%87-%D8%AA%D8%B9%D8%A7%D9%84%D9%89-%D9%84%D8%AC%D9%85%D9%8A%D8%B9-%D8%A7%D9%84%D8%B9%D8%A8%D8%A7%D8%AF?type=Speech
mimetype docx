--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -370,51 +370,51 @@
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">﴿أربابٌ متفرّقون﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؟ أحدُهم ربُّه قاضي المحكمةِ، يسند ظهره إلى القاضي، [ويقولُ] «أنا لديَّ قاضٍ، القاضي الفلانيُّ صديقي، لا يمكنُ لأحدٍ أن يحكُمَ علينا، وكلُّ ما فعلناه نافذٌ، ولا نرى لأنفسِنا مُقابلًا.» وآخرُ يسنِدُ ظهره إلى الوزيرِ، [فيقولُ] «الوزيرُ الفلانيُّ مِن أقارِبِنا، ومِن أصدقائِنا، ما دامَ هو موجودًا، فما الخطر علينا من الحوادثِ والأمورِ الَّتي تطرأُ؟» وآخرُ يستنِدُ ظهرُه إلى المديرِ، وآخرُ يستنِدُ ظهرُه إلى المحامي. ولكنَّهم غافلونَ عن أنَّ جميعَ هؤلاءِ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">﴿أربابٌ متفرِّقونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">، أي أنّهم في حالةِ تفرُّقٍ. والمراد من التفرّق هو التّفرّق الداخلي، لا أنّهم في الخارج يتشاجرونَ مع بعضِهم البعضِ، هذا يضربُ ذاكَ، وذاكَ يقرعُ طبلًا على رأسِ هذا، لا، بل في باطنِهم وأنفسِهم ليسَ لديهم اجتماعٌ، وذلك التَّفرُّقُ الظَّاهريُّ يَظهر ويَنبعثُ مِن التَّفرُّقِ الباطنيِّ! فإذا كانَ الباطنُ مُجتمِعًا، وإذا كانَ الباطنُ في وحدةٍ، وإذا كانَ الباطنُ في اجتماعٍ، فإنَّ بروزَه وظهورَه الخارجيَّ أيضًا سيكون في حالة من الاجتماع والوِحدة. وإذا كانَ الباطنُ في تفرُّقٍ فإنَّ البروزَ الخارجيَّ أيضًا سيكون في تفرُّق وتشتُّت، وهذه ترتبطُ بالعلَّةِ والمعلولِ، بالجانبِ العِلِّيِّ والمُؤثِّريَّةِ والسَّببيَّةِ في تعاقُبِ الأسماءِ والصِّفاتِ والغرائزِ والأفعالِ الخارجيَّةِ والظُّهوراتِ الخارجيَّةِ. فهؤلاءِ لديهم تفرُّقٌ في دواخلِهم، يعني في بواطنِهم لا يتَّبِعونَ خطًّا ومنهجًا واحدًا، هذا في باطنِه في حالة من التفرُّق، يجلسُ ويُفكِّرُ باستمرارٍ: «سأفعلُ هذا الأمرَ وسأفعل ذاكَ، سأقوم بهذا العمل وسأحقّق ذاك. » هو دائمًا في حالةِ صِراعٍ وترتيبٍ للصُّوَرِ الذِّهنيَّةِ بموازاةِ الصُّوَرِ العينيَّةِ والخارجيَّةِ. يفكّر مع نفسه: «إذا قمت بهذه الأعمال فسيحصل الأمر الفلاني في الخارج» كلُّه في حالةِ تفرُّقٍ. وعلى أساسِ هذا التَّفرُّقِ يتعاملُ مع الإنسانِ، لا على أساسِ الوحدةِ. هل رأيتُم قطُّ فردًا يأتي ويُصادِقُ فردًا آخرَ دونَ أن يرى فيه أيَّ دافعٍ؟ مِن أبناءِ هذه الدُّنيا، لا شأنَ لنا الآنَ بالمعاييرِ الأخرى. يعني أن يأتيَ فردٌ ويُصادِقَ انسانًا آخرَ ويُحبَّه دونَ نفعٍ يراه فيه، دونَ منفعةٍ يراها فيه. هل رأيتُم ذلك قطُّ؟! دونَ أن يشعُرَ في نفسِه بقُربٍ منه، في جهةٍ مِن الجهاتِ الدنيويّة.</w:t>
+        <w:t xml:space="preserve">، أي أنّهم في حالةِ تفرُّقٍ. والمراد من التفرّق هو التّفرّق الداخلي، لا أنّهم في الخارج يتشاجرونَ مع بعضِهم البعضِ، هذا يضربُ ذاكَ، وذاكَ يقرعُ طبلًا على رأسِ هذا، لا، بل في باطنِهم وأنفسِهم ليسَ لديهم اجتماعٌ، وذلك التَّفرُّقُ الظَّاهريُّ يَظهر ويَنبعثُ مِن التَّفرُّقِ الباطنيِّ! فإذا كانَ الباطنُ مُجتمِعًا، وإذا كانَ الباطنُ في وحدةٍ، وإذا كانَ الباطنُ في اجتماعٍ، فإنَّ بروزَه وظهورَه الخارجيَّ أيضًا سيكون في حالة من الاجتماع والوِحدة. وإذا كانَ الباطنُ في تفرُّقٍ فإنَّ البروزَ الخارجيَّ أيضًا سيكون في تفرُّق وتشتُّت، وهذه ترتبطُ بالعلَّةِ والمعلولِ، بالجانبِ العِلِّيِّ والمُؤثِّريَّةِ والسَّببيَّةِ في تعاقُبِ الأسماءِ والصِّفاتِ والغرائزِ والأفعالِ الخارجيَّةِ والظُّهوراتِ الخارجيَّةِ. فهؤلاءِ لديهم تفرُّقٌ في دواخلِهم، يعني في بواطنِهم لا يتَّبِعونَ خطًّا ومنهجًا واحدًا، هذا في باطنِه في حالة من التفرُّق، يجلسُ ويُفكِّرُ باستمرارٍ: «سأفعلُ هذا الأمرَ وسأفعل ذاكَ، سأقوم بهذا العمل وسأحقّق ذاك.» هو دائمًا في حالةِ صِراعٍ وترتيبٍ للصُّوَرِ الذِّهنيَّةِ بموازاةِ الصُّوَرِ العينيَّةِ والخارجيَّةِ. يفكّر مع نفسه: «إذا قمت بهذه الأعمال فسيحصل الأمر الفلاني في الخارج» كلُّه في حالةِ تفرُّقٍ. وعلى أساسِ هذا التَّفرُّقِ يتعاملُ مع الإنسانِ، لا على أساسِ الوحدةِ. هل رأيتُم قطُّ فردًا يأتي ويُصادِقُ فردًا آخرَ دونَ أن يرى فيه أيَّ دافعٍ؟ مِن أبناءِ هذه الدُّنيا، لا شأنَ لنا الآنَ بالمعاييرِ الأخرى. يعني أن يأتيَ فردٌ ويُصادِقَ انسانًا آخرَ ويُحبَّه دونَ نفعٍ يراه فيه، دونَ منفعةٍ يراها فيه. هل رأيتُم ذلك قطُّ؟! دونَ أن يشعُرَ في نفسِه بقُربٍ منه، في جهةٍ مِن الجهاتِ الدنيويّة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قصّة المرحوم العلّامة مع المتملّقين ومصوّريهم: كيف كشف زيفهم؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ذاتَ مرَّةٍ كانَ </w:t>
       </w:r>
@@ -934,51 +934,51 @@
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، في أيَّ وضعٍ كانَ في تلك الفترةِ؟ فترة الأسر، وعلى أيَّ حالٍ كانَ؟ قد يضعُ اللهُ تعالى الإنسانَ في مرحلةٍ ما في امتحانِ لأجل تكامله، ولا ينبغي له أن يعتبرَ تلك الحالَ، حالَ ذُلٍّ ومسكنةٍ ودناءةٍ. فالسَّيِّدةُ زينبُ سلامُ اللهِ عليها عندما كانت تدخُلُ مجلسَ ابنِ زيادٍ، وتدخُلُ مجلسَ يزيدَ، وتتحرَّكُ في الكوفةِ، بأيَّ حالة كانت؟ لقد وضعوا الأغلالَ في عُنُقِ الإمامِ السَّجَّادِ عليه السلام، وكانوا يطوِفونَ بهم بالسَّلاسِلِ في الأزِقَّةِ والمدينةِ، كأسرى الممالِكِ الغريبةِ. ولكن هذه الحالةَ لم تكُن حالةَ ذُلٍّ ظاهريٍّ، بل كانَ الإمامُ عزيزًا في تلك الحالِ نفسِها، وإن اعتبرَه النَّاسُ ذليلًا وخاسرًا. تختلف الحالات الَّتي تمُرُّ بالإنسانِ، ولذلك ترونَه يبدأ الإمام بالحديث في مجلسِ يزيدَ، ولا يُبالي أبدًا بهذه الهيمنةَ وهذا الجلالَ وهذه العظمةَ الظاهريّة، والتي أُوجِدَت عمدًا للتَّنكيلِ وإثارةِ الرُّعبِ والخوفِ في نفسه، بحيثُ يأتي الأفرادُ ويحتفِلونَ، ويأتي الأمراءُ ويقِفونَ جميعًا، مِن أوّل المجلس إلى آخره، والغِلمانُ مِن اليَسارِ واليمينِ وهذه الأمورُ كلُّها. ثمّ يُدخِلونَهم، ويزيدُ جالسٌ في الصَّدرِ، حتَّى يأخُذَهم جلالُ وعظمةُ المكانِ ويجعلَهم مُنكسي الرُّؤوسِ وخجِلينَ تُجاهَ هذه المكانةِ الَّتي قد دبَّرَها يزيدُ. ماذا يُصبِحُ هذا؟ هذا يُصبِحُ الامتحانَ الظَّاهريَّ. هذا الامتحانُ نفسُه الَّذي يحدُثُ للإنسانِ ويُقدِّرُه اللهُ له. في مثلِ هذا الوضعِ، مقام العزّة المرتبِطُ بذاتِ اللهِ تعالى والمرتبِطُ بذلك المبدأِ والمرتبِطُ بـ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">﴿اللَّهُ الوَاحِدُ القَهَّارُ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">، فيأتي مقام العزّة ويذُرُّ على جميعِ هذه الاعتباراتِ رمادَ الفناءِ والنِّسيانِ والاضمحلالِ ويُزيلُها جميعًا ويسيطر هو عليها. فعندما يأتي الإمامُ إلى ذلك المجلسِ، ترونَ أنَّه ما إن يقولُ كلمةً، حتَّى يُجيبَه الآخَرُ، يقولُ هذا كلمةً فيُجيبُ الثَّاني، يقولُ آخر الكلمةَ الثَّالثةَ، فيبدأُ الإمام بإلقاءِ خُطبةٍ بحيثُ لا يستطيعُ الآخَرُ التَّغلُّبَ عليه بأيِّ وجهٍ مِن الوجوهِ. يذهبُ الخطيبُ ليُلقيَ خُطبةً في يومِ الجمعةِ، والإمامُ السَّجَّادُ عليه السلام جالسٌ، فما إن يبدأَ بإلقاءِ الخُطبةِ ومدحِ يزيدَ ومعاويةَ وهؤلاءِ، حتَّى يقولَ الإمامُ: « إئذن لي حتّى أصعد هذه الأعواد، فأتكلّم بكلمات ؟»</w:t>
+        <w:t xml:space="preserve">، فيأتي مقام العزّة ويذُرُّ على جميعِ هذه الاعتباراتِ رمادَ الفناءِ والنِّسيانِ والاضمحلالِ ويُزيلُها جميعًا ويسيطر هو عليها. فعندما يأتي الإمامُ إلى ذلك المجلسِ، ترونَ أنَّه ما إن يقولُ كلمةً، حتَّى يُجيبَه الآخَرُ، يقولُ هذا كلمةً فيُجيبُ الثَّاني، يقولُ آخر الكلمةَ الثَّالثةَ، فيبدأُ الإمام بإلقاءِ خُطبةٍ بحيثُ لا يستطيعُ الآخَرُ التَّغلُّبَ عليه بأيِّ وجهٍ مِن الوجوهِ. يذهبُ الخطيبُ ليُلقيَ خُطبةً في يومِ الجمعةِ، والإمامُ السَّجَّادُ عليه السلام جالسٌ، فما إن يبدأَ بإلقاءِ الخُطبةِ ومدحِ يزيدَ ومعاويةَ وهؤلاءِ، حتَّى يقولَ الإمامُ: «إئذن لي حتّى أصعد هذه الأعواد، فأتكلّم بكلمات ؟»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فيصعَدُ الإمامُ ويُرسِلُ سُلالةَ بني أُميَّةَ جميعَهم إلى قَعرِ البئرِ. ما هذا؟ هذه هي تلك العظمةُ الإلهيَّةُ الَّتي تتجلَّى في وجودِ الإمامِ، هناك يتحقَّقُ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«نَوَّهتَ باسمي»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -1070,51 +1070,51 @@
         </w:rPr>
         <w:t xml:space="preserve">"؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل الإمام هنا يُريدُ أن يقولَ: يا إلهي، ارفعني وأَنزِلِ الآخرينَ. هذا هو معناه. يا إلهي، ارفعني وأَنزِلِ الآخرينَ، يعني أنا أُصبِحُ رئيسًا. أنا أُصبِحُ رئيسًا والآخرونَ جميعُهم يُصبِحونَ مرؤوسينَ، أنا أُصبِحُ سيِّدًا والآخرونَ جميعُهم يُصبِحونَ عبيدًا، أنا أُصبِحُ مولًى والآخرونَ جميعُهم يُصبِحونَ عَبيدًا، هل هذا هو معناه».</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">كانَ هناك أحد العلماء ففسَّرَ الأمرَ بالطريقة التالية حيث قال: « نعم، ما الإشكالُ؟ الإمامُ يُريدُ أن يقولَ: ألبِسنا ثوبَ السِّيادةِ، ألبِسه لقامتِنا». حسنًا، هذا لم يختلِف مِن حيثُ المعنى، الآنَ أنتم غيَّرتُم التَّعبيرَ ولكن في النِّهايةِ لا فرقَ في المعنى. «أَنزِلِ الآخرينَ واجعَلنا رؤساءَ عليهم؟» هل الإمامُ يقولَ هذا؟ يقولُ: «أَنزِلِ الجميعَ ونحنُ نُصبِحُ رؤساءَ عليهم» لا يقولُ الإمامُ ذلك.</w:t>
+        <w:t xml:space="preserve">كانَ هناك أحد العلماء ففسَّرَ الأمرَ بالطريقة التالية حيث قال: «نعم، ما الإشكالُ؟ الإمامُ يُريدُ أن يقولَ: ألبِسنا ثوبَ السِّيادةِ، ألبِسه لقامتِنا». حسنًا، هذا لم يختلِف مِن حيثُ المعنى، الآنَ أنتم غيَّرتُم التَّعبيرَ ولكن في النِّهايةِ لا فرقَ في المعنى. «أَنزِلِ الآخرينَ واجعَلنا رؤساءَ عليهم؟» هل الإمامُ يقولَ هذا؟ يقولُ: «أَنزِلِ الجميعَ ونحنُ نُصبِحُ رؤساءَ عليهم» لا يقولُ الإمامُ ذلك.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ثمَّ التفتَ إلى المرحومِ العلاَّمةِ وقالَ: «سيِّدنا، هل هذا صحيحٌ؟ هذا الكلامُ الَّذي يتضمّن هذا المعنى؟» كانَ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحومُ العلاَّمةُ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -1157,112 +1157,112 @@
         </w:rPr>
         <w:t xml:space="preserve">إن شاءَ اللهُ إذا وفَّقَ اللهُ تعالى نتحدّث حول ذلك في الجلسةِ القادمةِ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَآلِ مُحَمَّدٍ.</w:t>
+        <w:t xml:space="preserve">اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَآلِ مُحَمَّدٍ</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{802DA54A-7D6D-46A9-AD04-FBC7AB806E1A}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{188CAD2D-99D6-43B0-9524-C41B8998D165}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{A6AA223A-CCB8-4C34-8733-7499CE2E5225}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{5CD723C3-60AC-4911-99F9-A7E778C56160}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>