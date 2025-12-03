--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -402,51 +402,51 @@
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولكن هذا الإنسان، ما حقيقة أمره حقًّا؟! يقولون: «لقد تطوَّرَ هذا الإنسان. في القرنِ العشرينَ، في قرن الألفين، اكتملتِ العقولُ. تقدَّمتْ حضارةُ البشرِ. الإنسانُ اليوم يختلفُ عن إنسان ما قبلَ ألفَيْ عامٍ. لقد وصلَ علمُ البشرِ وثقافتُهم وبصيرتُهم اليومَ إلى مرتبةٍ عليا. فلم تعُدْ هناك اليومَ حاجةٌ إلى الأخلاقِ والأستاذِ والتَّربيةِ الدِّينيَّةِ والتَّربيةِ التَّشريعيَّةِ. الإنسانُ نفسُه يُدركُ صحَّةَ الأمورِ وسقمَها، ولم يعُدْ بحاجةٍ إلى تربيةٍ وإرسالِ الرُّسُلِ وإنزالِ الكُتُبِ والإلزامِ بالتَّكاليفِ!».</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قبلَ أيَّامٍ كنتُ أقرأُ في صحيفةٍ أنَّه في إحدى هذه الدُّولِ المتحضِّرةِ والمتقدِّمةِ جدًّا والحديثةِ، وهي ألمانيا، التي تُعتبرُ مِن الدُّولِ المتحضِّرةِ مِن النَّاحيةِ الثَّقافيَّةِ. انظروا ماذا فعلَ هذا الإنسان الذي تقدَّمَ اليومَ ولم يعُدْ بحاجةٍ إلى الأخلاقِ؟! في أحدِ المسابحِ، كان مئتا فردٍ مِن هؤلاءِ النَّاسِ يسبحونَ وكانوا في الخارجِ، فأُصيبَ طفلٌ عراقيٌّ يبلغُ مِن العمرِ عشرَ سنواتٍ هناك بمكروهٍ، أو أنَّهم آذَوْهُ، أو أنَّه هو نفسُه واجهَ مشكلةً في وسطِ المسبحِ ولم يستطعْ إنقاذَ نفسِه. هؤلاءِ المائتا فردٍ كانوا ينظرونَ إليه ويضحكونَ، ولأنَّه كان فردًا غريبًا، فقد نظروا إليه حتَّى غرِقَ أمامَ أعينِهم! هل تلتفتونَ؟ هذا هو الإنسان الذي وصلَ إلى الحضارةِ! يعني لا يمكنُكم تصوُّر أرذل مراتب التَّوحُّش، أن ينظرَ امرؤٌ يبلغُ مِن العمرِ ثلاثينَ أو أربعينَ أو خمسينَ عامًا إلى طفلٍ يبلغُ مِن العمرِ تسعَ أو عشرَ سنواتٍ، يغرقُ أمامَ عينَيْهِ لأنَّه مِن عرقٍ آخرَ، وهو يضحكُ باستمرارٍ وينظرُ، والطِّفلُ يغرقُ ويُخرجونَ جثَّتَه! هذا كلُّ ما في الأمرِ! وهناك أمورُ وأشياءُ تعرفونَها أنتم بدرجاتٍ متفاوتةٍ، وتُدركونَ أنَّه لا يا عزيزي، التُّكنولوجيا والتِّقنيَّةُ لم توقظْ ضميرَ البشرِ. ضميرُ البشرِ في جهالةٍ.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّ الْإِنسَانَ لَفِي خُسْرٍ الا الذِينَ آمَنُوا وَعَمِلُوا الصَّالِحَاتِ}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّ الْإِنسَانَ لَفِي خُسْرٍ الا الذِينَ آمَنُوا وَعَمِلُوا الصَّالِحَاتِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. الإنسانُ دائمًا في حالةِ من الضرر والخسارة الناتجة عن مراتبِ جهلِه، الا الذين يُخرجونَ أنفسَهم مِن هذه الورطةِ ويعملونَ الصَّالحاتِ ويضعونَ أنفسَهم تحتَ تربيةِ الشَّرعِ حتَّى يحدثَ فيهم تغييرٌ. والا، فأيُّ فرقٍ يُحدثُه ركوبُ الحمارِ عن ركوبِ الطَّائرةِ في ثقافةِ البشرِ؟! أولًا، ألا يركبونَ الخيلَ الآنَ؟ ألا يركبونَ الحميرَ؟ هؤلاءِ الذين يتسابقونَ، يركبونَ الخيلَ ويتسابقونَ. لقد أصبحَ الحصانُ المسكينُ وسيلةً للتَّرفيهِ والمتعة للأفرادِ. سواءٌ ركبَ الإنسانُ حيوانًا أو ركبَ سيَّارةً فما الفرقُ؟ سواءٌ كانت وسيلةُ تنقّل الإنسانِ قديمةً أو جديدةً، فما علاقةُ ذلك بالثَّقافةِ؟ ما علاقةُ ذلك بالعقلِ والدِّرايةِ؟! ما علاقةُ ذلك بالحسابِ والكتابِ؟! تلك الطَّائرةُ التي تمرُّ وعلى متنِها ثلاثُمائةِ راكبٍ بريءٍ، خمسُمائةِ راكبٍ بريءٍ غافلونَ عمَّا يجري، ينتقلونَ مِن نقطةٍ إلى أخرى، بينهم طفلٌ رضيعٌ وشيخٌ كبيرٌ، ثمَّ يتعلَّقُ رأيُ السَّادةِ بإسقاطِ هذه الطَّائرةِ فوقَ البحرِ! ألم يفعلوا ذلك؟ ألم يُسقِطوا طائرةً إيرانيّة؟ هذا الذي يقومُ بهذا العملِ الآنَ، إذا كانتْ لديكَ عداوةٌ فاضرِبِ الطَّائرةَ خالية ولكن ما شأنُكَ بالرُّكَّابِ؟! ما ذنبُ ذلك الطِّفلِ الرَّضيعِ؟! ما ذنبُ ذلك الشَّيخِ الكبيرِ الذي يجلسُ هناك الآنَ ويعدُّ اللَّحظاتِ أملًا في العودةِ إلى منزلِه؟! هذه هي مظاهرُ الحضارةِ البشريَّةِ! وذلك الذي يقومُ بهذا العملِ الآنَ، هل يعلمُ أيَّ جريمةٍ وأيَّ فاجعةٍ يُحدِثُ؟ يعلمُ، ومع ذلك يضربُ ويستمتعُ ويُفاخِرُ أيضًا! ما هذا؟ هذا هو تقدُّمُ ثقافةِ البشرِ. الحمدُ للهِ، لأنَّهم تقدَّموا، فإذا كانوا في السَّابقِ يضربونَ بالقوسِ والسَّهمِ فيقتلونَ فردًا واحدًا، فالآنَ يضربونَ بقنبلة واحدةٍ فيُقطِّعونَ ثلاثَمائةِ فردٍ إربًا، نعم، ممتازٌ جدًّا. هذا هو التطوّر الفكريُّ وتطوّر الحضارةِ البشريَّةِ!.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ليس هذا تقدُّمًا يا عزيزي. هذا توحُّشٌ وحيوانيَّةٌ! هذه جريمةٌ، هذه بربريَّةٌ، وليستْ تطوّرًا عقليًّا! إنَّه تطوّر للشَّيطنةِ لا الضَّميرِ والأخلاقِ، إنَّه تطوّر للحيوانيَّةِ والبهيميَّةِ لا للإنسانيَّةِ والقِيَمِ الإنسانيَّةِ، ليس نطوّرًا للإنسانيَّةِ. تطوّر الإنسانيَّةِ هو ذلك التطوّر الذي يأتي فيه المرءُ إلى رسولِ اللهِ صلَّى اللهُ عليه وآلِه ويقولُ: سأروي لكَ ما حدثَ ليلةَ البارحةِ. فيقولُ رسولُ اللهِ صلَّى اللهُ عليه وآلِه: وماذا كانَ؟ فيقولُ: لقد أحضروا طعامًا لجارِنا وكان هو أبناؤه جائعينَ، ونحن أيضًا كنَّا جائعينَ، وأطفالُنا أيضًا كانوا جائعينَ. فرأتْ تلك المرأةُ الجارةُ أنَّه إذا استهلكت هذا الطَّعامَ الآنَ فالأطفالُ نيامٌ، ونحن أيضًا جائعونَ، وحاليًّا هؤلاءِ الأطفالُ نيامٌ، وإلى الغدِ فاللهُ كريمٌ. فأحضرتْ هذا الطَّعامَ إلى بابِ منزلِنا وقدّمتهُ لنا، لأنَّ أطفالَنا كانوا مستيقظينَ وجائعينَ، وهي كانتْ تُدرِكُ ذلك. يعني أنَّها لم تأكلِ الطَّعامَ بنفسِها وأحضرتْهُ وأعطتْهُ للجارَةِ وقالتْ: أطفالي نيامٌ حاليًّا ويمكنُ تجاوزُ هذه المرتبةِ وتجاهلُ هذا الأمرِ. فما هذا؟ هذا هو تطوّر الضَّميرِ وتكامل الإنسانيَّةِ، تكامل مكارمِ الأخلاقِ. قالَ رسولُ اللهِ صلَّى اللهُ عليه وآلِه: </w:t>
@@ -963,51 +963,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">: "سيِّدنا دعنا نذهب إلى المكانِ الفُلانيِّ." </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فقلتُ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">: "لا! حالتي لا تسمح بذلك". فأصرُّوا كثيرًا. وكنتُ٢٢ أعلمُ أنَّ الظروف هناك غيرُ مناسبةٍ. فقلتُ: "يا سيِّدي، سآتي معكم، وأشكرُكم كثيرًا على ذلك، ولكن بشرطٍ واحدٍ، وهو ألاّ يسألَني أحدٌ شيئًا حتَّى أتكلَّمَ أنا، وألاّ يتدخَّلَ أحدٌ في شؤوني، أجلِسُ هنا أم هناك، أتكلَّمُ أم لا، ماذا أقولُ... لا شيءَ من ذلك. يكون كلُّ واحدٍ منشغلاً بعملِه". فقد كان الذين دعوني لُطفاء ومُحبّينَ، وكرمُهم ونُبلُهم كانَ سببَ دعوتي، ولكنَّني شعرتُ بأنَّ هناك توقُّعًا بأنَّي سأذهبُ الآنَ وأتحدَّثُ خلالَ هذه الرِّحلةِ، نعم! سنطرحُ أسئلتَنا ومسائلَنا بشكلٍ جيِّدٍ. وفجأةً رأوا أنَّ الأمرَ اتَّخذَ شكلًا آخرَ ونوعًا آخرَ، فأدركوا حقيقة الأمرَ. وهذا الأمرُ يعرض للجميعِ، ولا يختصُّ بفردٍ واحدٍ.</w:t>
+        <w:t xml:space="preserve">: "لا! حالتي لا تسمح بذلك". فأصرُّوا كثيرًا. وكنتُ أعلمُ أنَّ الظروف هناك غيرُ مناسبةٍ. فقلتُ: "يا سيِّدي، سآتي معكم، وأشكرُكم كثيرًا على ذلك، ولكن بشرطٍ واحدٍ، وهو ألاّ يسألَني أحدٌ شيئًا حتَّى أتكلَّمَ أنا، وألاّ يتدخَّلَ أحدٌ في شؤوني، أجلِسُ هنا أم هناك، أتكلَّمُ أم لا، ماذا أقولُ... لا شيءَ من ذلك. يكون كلُّ واحدٍ منشغلاً بعملِه". فقد كان الذين دعوني لُطفاء ومُحبّينَ، وكرمُهم ونُبلُهم كانَ سببَ دعوتي، ولكنَّني شعرتُ بأنَّ هناك توقُّعًا بأنَّي سأذهبُ الآنَ وأتحدَّثُ خلالَ هذه الرِّحلةِ، نعم! سنطرحُ أسئلتَنا ومسائلَنا بشكلٍ جيِّدٍ. وفجأةً رأوا أنَّ الأمرَ اتَّخذَ شكلًا آخرَ ونوعًا آخرَ، فأدركوا حقيقة الأمرَ. وهذا الأمرُ يعرض للجميعِ، ولا يختصُّ بفردٍ واحدٍ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يجبُ على الرُّفقاءِ والأصدقاءِ أنْ يلتفتوا إلى هذا الأمرِ ـ لأنَّني شعرتُ بهذا الأمرِ ـ فكثرةُ الكلامِ وقضاءُ العُمرِ والوقتِ والزَّمانِ في الكلامِ، هذا أكلٌ مِنْ رأسِ المالِ ومِن الكِيسِ! وضياعٌ للأعمالِ المنجَزةِ! ومرارًا كانَ المرحومُ العلاَّمةُ يقولُ: ليُقلِّلِ الرُّفقاءُ مِنْ حديثِهم مع بعضِهم البعضِ بعدَ الجلساتِ، وحتَّى مع زوجاتِهم، ليُقلِّلوا مِنْ حديثِهم، والأحاديث المتعارفة أيضًا، يجبُ أنْ تكونَ حولَ الأمورِ المفيدةِ، مع مراعاةِ ظروفِ الطَّرَفِ المقابلِ. أحدُهم ليسَ في حالةٍ تسمحُ بالكلامِ، يريدُ أنْ يكونَ مع نفسِه، صامتًا. فيجلِسونَ بجانبِه ويقولون: "سيِّدا، هل تعلمُ حقًّا ماذا فعلَ فُلانٌ بالأمسِ وماذا فعلَ ذاكَ؟!" عندها لا شيءَ من أحواله وتوجّهه يبقى. كلُّ تلك الحالةِ تزولُ تمامًا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وخصوصًا في الأشهرِ الحُرُمِ وفي الأشهرِ المحترَمةِ كرجبٍ وشعبانَ ورمضانَ، وكذلك في الأوقاتِ الخاصَّةِ والأزمنةِ الخاصَّةِ التي يكونُ فيها لُطفُ اللهِ تعالى وعناية بشكلٍ آخرَ، نرى أنَّنا في مِثلِ هذه المواقفِ نُضيِّعُ الفُرصةَ. يعني تمامًا في الوقتِ الذي ستنزل الرحمة على أحد الأفراد، أو أنْ تأتيَ له بارقةٌ، أو نفحةٌ. فجأةً يقولُ الرَّفيقُ الجالس جنبه: "يا فُلانُ، ماذا حدثَ؟" فينتهي الأمرُ ويذهب كلّ شيء، والآنَ متى ستأتي هذه النَّفحةُ والبارقةُ مرَّةً أخرى؟! أو هو نفسُه يتكلَّمُ فهذا أيضًا كذلك. رحمةُ اللهِ تعالى تلك، والبارقةُ تلك تستقرُّ في القلبِ الهادئِ، لا ذلك القلبِ الذي يتكلَّمُ. لا تستقرُّ في ذلك القلبِ الذي يتكلَّمُ. لماذا؟ لأنَّه في حالةِ تموُّجٍ ودورانٍ. في حالةِ اضطرابٍ، وعلى القلبِ المضطَرِبِ لا تَرِدُ الجذباتُ الإلهيَّةُ والنَّفحاتُ الإلهيَّةُ. يجبُ أنْ يكونَ القلبُ هادئًا، يجبُ أنْ يكونَ القلبُ متوجِّهًا حتَّى تتمكَّنَ تلك النَّفحاتُ مِن المجيءِ إليه.</w:t>
       </w:r>
@@ -1244,51 +1244,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> إنَّنا سنُجهِّزُ وسائلَ النَّقلِ ذهابًا وإيابًا ليأتوا ويفعلوا كذا. فقالَ: «نشكرُكم جزيلَ الشُّكرِ، نحنُ مشغولونَ. اذهبوا أنتم.» وبعدَ أنْ جاؤوا، كانتْ هناك جوائزُ وأشياءُ، فقالَ: «قولوا لهم أنْ يصرِفوها في مواجهةِ هذه المسائلِ.» في ذلك الوقتِ، كانَ زمنَ الحربِ وهذه الأمورَ، فقالَ: «اصرِفوا هذه أيضًا في الأمورِ الخيريَّةِ ومواجهةِ هذه المسائلِ وهذه الأمورِ.» وشكَرَ ذلك الفردَ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الإنسانُ الذَّكيُّ والفَطِنُ هو الذي يُدرِكُ الأمرَ بدِقَّةٍ، ويكونُ دقيقَ الملاحظةِ، ولا يُخدَعُ، ولا يغتَرُّ بهذه الأمورِ، ويعلمُ تلك العظمةَ التي في هذه المكانةِ ـ أقولُ هذه الأمورَ خاصَّةً للرُّفقاءِ مِنْ طُلَّابِ العِلمِ وأمثالِهم، طبعًا، هذا الأمرُ قد يحدثُ في حالاتٍ مختلفةٍ لكلِّ أحدٍ حسَبَ وضعِه؛ ولكن بالنَّظرِ إلى الوضعِ والمكانةِ الحاليَّةِ، فهذا يتعلَّقُ بهذا الصِّنفِ وهذه الفئةِ المتميِّزةِ ـ ويجبُ أنْ نعلَمَ تلك العظمةَ والمكانةَ ورِفعةَ الشَّأنِ والمقامَ الذي اكتسبْناه في مدرسةِ الإمامِ الصَّادِقِ عليه السلام، وأن لا نستبدِلَها بهذه الخرزاتِ التَّافهةِ، ولا نستبدِلَها بهذه الأمورِ الوضيعةِ والاعتباراتِ والتَّصفيقِ في يومٍ مِن الأيَّامِ، لا سمحَ اللهُ. تلك المكانةُ والوضعُ الذي اكتسبْناه لأنفسِنا في هذا الوادي، والذي مَنَّ اللهُ به علينا، إيَّانا أنْ نأتيَ ونستبدِلَه بهذه الأمورِ الظَّاهريَّةِ والتَّافهةِ والمنفوخةِ كالبالونِ. هذه الأمورُ الاعتباريَّةُ، بهذه الضَّوضاءِ والصَّخَبِ، بهذه الأمورِ التي تُنسَى جميعُها بأدنى اختلافٍ. اليوم، بمدحَيْنِ وثناءَيْنِ وقولَيْنِ مُخالِفَيْنِ للواقِعِ، نُصبِحُ موضعَ مدحٍ وثناءٍ للبعضِ، وغدًا، وببيانِ حقيقة، نسقُطُ رأسًا على عَقِبٍ بحيثُ لا يستطيعونَ إخراجَنا حتَّى مِنْ قَعْرِ البئرِ، هذا هو! ما دامَ الإنسانُ مادِحًا، فهو مُعزَّزٌ ومحترَمٌ ويستفيدونَ منه، ولكن بمجرَّدِ أنْ يقولَ كلمةَ حقٍّ، يسقُطُ رأسًا على عَقِبٍ! وكأنْ لم يكُنْ له أثرٌ في عالَمِ الوجودِ! يا عزيزي، هذا هو نفسُه الذي حصَلَ على الجائزةِ بالأمسِ! هذا هو نفسُه الذي حصَلَ على الميداليَّةِ بالأمسِ! لم يمضِ يومانِ بعدُ، فماذا حدثَ فجأةً لتُصبِحَ الأمورُ بهذه الكيفيَّةِ؟ ماذا حدثَ؟ حينها يُصبِحُ الإنسانُ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{خَسِرَ الدُّنْيَا وَالْآخِرَةَ}</w:t>
+        <w:t xml:space="preserve">﴿خَسِرَ الدُّنْيَا وَالْآخِرَةَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أمَّا إذا سارَ الإنسانُ منذُ البدايةِ على نهجٍ منيعٍ وكريمٍ ومتينٍ وثابتٍ، وفتَحَ عينَيْهِ فقط على مدرسةِ الإمامِ الصَّادِقِ عليه السلام، وصرَفَ النَّظرَ عن جميعِ المدارسِ الأخرى، وجعَلَ وِجهتَه فقط التَّأسِّيَ بإمامِ الزَّمانِ أرواحُنا فِداهُ، وأصبحتْ بقيَّةُ الشَّخصيَّاتِ لا قيمةَ لها ولا وَزْنَ لها بالنِّسبةِ له، فلنْ يتقلّب في هذه التَّقلُّباتِ. فلا فرق عنده أيرفعُونَه، أم يُخفِضُونَه، أم يُعظِّمُونَه، فحسابه مع فرد آخَر، حسابُه وعقابه مع فردٍ آخَرَ. هذه التَّعظيماتُ هي تعظيماتُ أهلِ الدُّنيا، الذين ينتفضون بزبيبةٍ ويبردونَ بحِصْرِمَةٍ. اليومَ يمدحونَكَ بكلمتينِ، وإلى أينَ يأخذونَكَ، وغدًا تحدُثُ قضيَّةٌ فتُنسَى كلُّ تلك المدائحِ. اليومَ إذا كنت كريمًا فأنتَ أفضلُ فردٍ في العالَمِ، وغدًا إذا أمسكْتَ لمصلحةٍ ما فأنتَ أسوأُ مِنْ أيِّ فردٍ، واليومَ إذا قابلْتَ بوجهٍ بشوشٍ ومُعاملةٍ حسَنةٍ فأنتَ فردٌ مُنظَّمٌ جدًّا ونَزيهٌ، وغدًا إذا أردْتَ أنْ تعبِسَ فأنتَ أسوأُ مِنْ أيِّ فردٍ آخر. هؤلاءِ النَّاسُ هكذا هم! وفي هذا الأخذِ والعطاءِ، تختلِفُ العقائدُ، وتتغيَّرُ جميعُ الأمورِ، والقوانينُ والأنظمةُ كلُّها تُغيِّرُ أماكِنَها، أمَّا الذي هو في غِنًى واستغناءٍ ـ وإن كان غير ذاتيّ بل كانَ استغناءً طَريقيًّا وحيَويًّا بحيث وصلتْ حياتُه إلى استغناءٍ عِلميٍّ ـ فليسَ الأمرُ كذلك بالنِّسبةِ له. فمَنْ شاءَ أن يمدحه فليمدَحْهُ، ومَنْ شاءَ أن يثني عليه فليُثْنِ، ومَنْ شاءَ لم يفعلْ، فلا فرقَ عندَه، فلتمرّ مائة ألفِ سنةٍ لا يمدَحُه أحدٌ ولا يُثني عليه فلا يبالي.</w:t>
@@ -1421,112 +1421,112 @@
         </w:rPr>
         <w:t xml:space="preserve">إنْ شاءَ اللهُ نأملُ أنْ يُعامِلَنا اللهُ تعالى برأفتِه وفضلِه، وأنْ يجعلَ نفوسَنا، التي ليستْ أهلًا لكلِّ هذه البركاتِ وهذه الأمورِ، مُستعدَّةً بفضلِه لإدراكِ بركاتِه ونِعَمِه في هذا الشَّهرِ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">‌ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَآلِ مُحَمَّدٍ.</w:t>
+        <w:t xml:space="preserve">اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَآلِ مُحَمَّدٍ</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{02C04FC2-44D1-4D18-87DD-429D6C8E6424}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{26049F9D-C8B9-423E-B6B7-7F2164C0958F}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{2867A4B7-EBE3-44F1-A872-262F2780DF22}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{35287B0C-64A4-4C46-8B15-4351DBBCABE9}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>