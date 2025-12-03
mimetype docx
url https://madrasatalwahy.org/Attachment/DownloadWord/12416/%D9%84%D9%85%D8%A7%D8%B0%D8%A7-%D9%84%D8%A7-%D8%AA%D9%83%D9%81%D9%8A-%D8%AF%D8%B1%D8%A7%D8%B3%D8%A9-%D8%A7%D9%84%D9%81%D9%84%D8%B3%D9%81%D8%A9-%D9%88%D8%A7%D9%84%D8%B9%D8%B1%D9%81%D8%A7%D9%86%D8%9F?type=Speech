--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -430,51 +430,51 @@
         </w:rPr>
         <w:t xml:space="preserve">. ألم یكنْ هكذا؟ ألم ینهضِ الإمامُ الحسینُ علیهِ السَّلامُ یومَ عاشوراءَ وقتَ صلاةِ الظُّهرِ وصلَّى في أثناءِ الحربِ، ألم یكنْ كذلكَ؟ حینئذٍ هذا السَّیِّدُ نفسُهُ لا یصلِّي. نُقلَ شاهدُ عیانٍ لِوالدِنا، وهو المرحومُ المطهّريُّ نفسُهُ، وكنتُ حاضرًا، أنَّهُ قالَ: أنا علَى یقینٍ أَنَّ هذا الرجل لا یصلِّي. أنا بنفسِي سمعتُ. وماذا عن كلامهِ؟ لا یعتقدُ بهِ. یأخذُ مالًا ویتحدَّثُ. یتحدَّثُ في هذا المجلسِ ویتحدَّثُ في ذاكَ المجلسِ. كم ستدفعونَ أكثرَ؟ هنا كم ستدفعونَ أكثرَ؟ نذهبُ. ما شاءَ اللّهُ كم یتحدَّثُ بشكلٍ جمیلٍ، ما شاءَ اللّهُ كم یتحدَّثُ بشكلٍ جیِّدٍ، ما شاءَ اللّهُ كم یتحدَّثُ بشكلٍ رائعٍ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما هو تأثير كلام من لا يعتقد بما يقول؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ولكن كانَ عجيبًا، عجيبًا. هؤلاءِ الذینَ كانوا یذهبونَ لِلاستماعِ إلَى حدیثِه، عندما كانوا یخرجونَ، كانوا كالحیوانات الممسوخِة. كانوا ممسوخینَ، مُرتبِكینَ. عندما كنتُ أتحدَّثُ معهم، كنتُ أرَى أنَّهم أصلًا لا یفهمونَ، لم یكونوا یفهمونَ! لم یكونوا یفهمونَ. كنا نتحدَّثُ فیقولونَ شیئًا آخرَ. یعني عندما كانَ یتحدَّثُ هذا الرجل... وهذا الأمرُ العجیبُ واضحٌ في كتبهِ أیضًا. تقرأُ صفحةً مِنْ كتبهِ فیأخذُكَ الظَّلامُ والكدرُ لدرجةِ أنَّكَ تریدُ أَنْ ترميَ الكتابَ. كیفَ تُؤثِّرُ نفسُ الإنسانِ مع بیانهِ وبنانهِ، كیفَ تأتي هذه النَّفسُ وتُؤثِّرُ؟ فهذا الذي یقولونَهُ: لا تقرأوا أَيَّ شيءٍ، لا تقرأوا أَيَّ مقالةٍ، لا تستمعوا لأَيِّ كلامٍ، لا تنظروا إلَى كلامِ أَيِّ متكلّم، هو لِهذا السَّببِ. لا یقلِ الإنسانُ: لا يا سیِّدي! نذهبُ ونتحدَّثُ ونستمعُ ونحلِّلُ ونمیِّزُ الصَّحیحَ مِنَ السَّقیمِ، لا، فذلكَ التَّأثیرُ یقعُ. أحیانًا تقتضِي الضَّرورةُ، نعم، أنا أیضًا قرأتُ معظمَ كتبِ هذا الرجل لأنَّ الضَّرورةَ كانتْ تقتضِي، مع أنَّني تكدَّرتُ أیضًا، ولكن مع ذلكَ قرأتُ، حسنًا، هذه مسألةٌ. ولكن لا أَنْ یتطفَّلَ الإنسانُ هنا وهناكَ، لنرَ ماذا هناكَ، ولنرَ ماذا هنا. لنرَ هذا هنا وذاكَ هناكَ، یأخذُ مِنَ الإنسانِ، ینتزعُ، یقتطعُ جزءًا. یسلبُ مِنَ الإنسانِ، یقتلعُ مِنَ الإنسانِ، مِنْ قلبِ الإنسانِ یقتلعُ بِاستمرارٍ. كالَّلیلِ المظلمِ. أسودُ، لأنَّهُ لا یعتقدُ. لِنتحدَّثْ ثلاثَ ساعاتٍ عن حضرةِ الزَّهراءِ عليها السَّلامُ ونُلقِيَ محاضرةً ونقدِّمَ مؤتمرًا، مَنْ كانتْ فاطمةُ الزَّهراءِ عليها السَّلامُ؟ هي التي قالتْ إنَّ خیرَ نساءِ العالمینَ هي المرأةُ التي لا ترَى رجلًا ولا یراها رجلٌ. هذا كلامُ حضرةِ الزَّھراءِ عليها السَّلامُ. فهل قالتِ الحقَّ؟ لا أعلمُ. نعوذُ بِاللّهِ، نعوذُ بِاللّهِ، هل أخطأتْ؟ لا أعلمُ، هذا الكلامُ كلامُ حضرةِ الزَّهراءِ عليها السَّلامُ. الآن هذا الرجل نفسُهُ، یجبُ أَنْ یرَى الجمیعُ أقربَ محارمهِ بِلا حجابٍ. حسنًا، أَيُّ حضرةِ زهراءَ هذه التي تتكلّم عنها أنت؟ أَيُّ مؤتمرٍ هذا التذي تقيمه؟ وأَيُّ حدیثٍ هذا؟ وأَيُّ تبلیغٍ هذا؟ بمَنْ تسخرونَ؟ أَيُّ تبلیغٍ هذا؟  </w:t>
+        <w:t xml:space="preserve">ولكن كانَ عجيبًا، عجيبًا. هؤلاءِ الذینَ كانوا یذهبونَ لِلاستماعِ إلَى حدیثِه، عندما كانوا یخرجونَ، كانوا كالحیوانات الممسوخِة. كانوا ممسوخینَ، مُرتبِكینَ. عندما كنتُ أتحدَّثُ معهم، كنتُ أرَى أنَّهم أصلًا لا یفهمونَ، لم یكونوا یفهمونَ! لم یكونوا یفهمونَ. كنا نتحدَّثُ فیقولونَ شیئًا آخرَ. یعني عندما كانَ یتحدَّثُ هذا الرجل... وهذا الأمرُ العجیبُ واضحٌ في كتبهِ أیضًا. تقرأُ صفحةً مِنْ كتبهِ فیأخذُكَ الظَّلامُ والكدرُ لدرجةِ أنَّكَ تریدُ أَنْ ترميَ الكتابَ. كیفَ تُؤثِّرُ نفسُ الإنسانِ مع بیانهِ وبنانهِ، كیفَ تأتي هذه النَّفسُ وتُؤثِّرُ؟ فهذا الذي یقولونَهُ: لا تقرأوا أَيَّ شيءٍ، لا تقرأوا أَيَّ مقالةٍ، لا تستمعوا لأَيِّ كلامٍ، لا تنظروا إلَى كلامِ أَيِّ متكلّم، هو لِهذا السَّببِ. لا یقلِ الإنسانُ: لا يا سیِّدي! نذهبُ ونتحدَّثُ ونستمعُ ونحلِّلُ ونمیِّزُ الصَّحیحَ مِنَ السَّقیمِ، لا، فذلكَ التَّأثیرُ یقعُ. أحیانًا تقتضِي الضَّرورةُ، نعم، أنا أیضًا قرأتُ معظمَ كتبِ هذا الرجل لأنَّ الضَّرورةَ كانتْ تقتضِي، مع أنَّني تكدَّرتُ أیضًا، ولكن مع ذلكَ قرأتُ، حسنًا، هذه مسألةٌ. ولكن لا أَنْ یتطفَّلَ الإنسانُ هنا وهناكَ، لنرَ ماذا هناكَ، ولنرَ ماذا هنا. لنرَ هذا هنا وذاكَ هناكَ، یأخذُ مِنَ الإنسانِ، ینتزعُ، یقتطعُ جزءًا. یسلبُ مِنَ الإنسانِ، یقتلعُ مِنَ الإنسانِ، مِنْ قلبِ الإنسانِ یقتلعُ بِاستمرارٍ. كالَّلیلِ المظلمِ. أسودُ، لأنَّهُ لا یعتقدُ. لِنتحدَّثْ ثلاثَ ساعاتٍ عن حضرةِ الزَّهراءِ عليها السَّلامُ ونُلقِيَ محاضرةً ونقدِّمَ مؤتمرًا، مَنْ كانتْ فاطمةُ الزَّهراءِ عليها السَّلامُ؟ هي التي قالتْ إنَّ خیرَ نساءِ العالمینَ هي المرأةُ التي لا ترَى رجلًا ولا یراها رجلٌ. هذا كلامُ حضرةِ الزَّھراءِ عليها السَّلامُ. فهل قالتِ الحقَّ؟ لا أعلمُ. نعوذُ بِاللّهِ، نعوذُ بِاللّهِ، هل أخطأتْ؟ لا أعلمُ، هذا الكلامُ كلامُ حضرةِ الزَّهراءِ عليها السَّلامُ. الآن هذا الرجل نفسُهُ، یجبُ أَنْ یرَى الجمیعُ أقربَ محارمهِ بِلا حجابٍ. حسنًا، أَيُّ حضرةِ زهراءَ هذه التي تتكلّم عنها أنت؟ أَيُّ مؤتمرٍ هذا الذي تقيمه؟ وأَيُّ حدیثٍ هذا؟ وأَيُّ تبلیغٍ هذا؟ بمَنْ تسخرونَ؟ أَيُّ تبلیغٍ هذا؟  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل اختُزلت الشريعة في جانب الجهاد والسياسة فقط؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد جئنا ولخَّصنا كلَّ معرفةِ الشَّریعةِ في جانب واحدٍ فقط، جانب الجهادِ فقط، جانب السّیاسةِ فقط. كأَنَّ النَّبيَّ صلَّى اللّهُ علیهِ وآلهِ حتَّى إمامَ الزَّمانِ علیهِ السَّلامُ إلَى زمانِنا هذا لم یعرفوا شیئًا سوَى الجهادِ یضربونَ، ويهرُبونَ، ویفعلونَ كذا، مثلَ المغیرينَ هنا وهناكَ، لا عملَ آخر لديهم، لا یصلُّونَ ولا یحجُّونَ ولا یدعونَ، ولا یستغیثونَ، لا یبتهلونَ، ولا یبكونَ، ولا یقولونَ يا اللّهُ، لا یذكرونَ الله، لا شيء، لا شيء، لا یعرفونَ أَيَّ عملٍ هؤلاءِ، فقط الجهادُ. ولو أَنَّ أحدَ الأئمَّةِ عليهم السَّلامُ، لا سمحَ اللّهُ، لا سمحَ اللّهُ، لا سمحَ اللّهُ، قصَّرَ في أحدِ هذه المیادینِ الجهادیَّةِ، ولو قلیلًا، لنشأ لدينا قلقٌ واضطرابٌ وقلنا: ما هذا ولنرَ ما الأمرُ ولعلَّ خطأً قد وقعَ! لعلَّ...! لو أردنا أَنْ نُرفقَ بذلكَ الإمامِ كثیرًا، نقولُ: لم یستطعْ أَنْ یُؤدِّيَ واجبَهُ كما یجبُ، لم یستطعْ، لم تكنِ الظُّروفُ مواتیةً لهُ، خلاصةَ القولِ، عندما نُریدُ أَنْ نردَّ علَى الإمامِ السَّجَّادِ علیهِ السَّلامُ بِأدبٍ، نعبِّرُ هكذا، بِأدب! </w:t>
       </w:r>
@@ -531,51 +531,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، نورٌ المعرفةُ نورٌ یُلقیهِ اللّهُ في قلبِ مَنْ یشاءُ. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تقدّم للرُّفقاءِ في اللَّیالي الماضیةِ أَنَّ الاطِّلاعَ علَى المباني الحكمیَّةِ والفلسفیَّةِ یفتحُ طریقَ الإنسانِ نحو المقصودِ ونحو المحبوبِ، والاطِّلاعَ علَى المباني العرفانیَّةِ یُنیرُ قلبَ الإنسانِ ویجلوه ویُهیِّئُ أفكارَ الإنسانِ لِلحقائقِ المكنونةِ والمخزونةِ ویُنیرُها. فمَنْ لم یدرسِ الفلسفةَ، لو درسَ الفقْهَ ألفَ عامٍ، لا یستطیعُ أَنْ یفهمَ خصوصیَّاتِ اللّهِ تعالَى. مسائلُ الزَّكاةِ والخُمسِ والتِّجارةِ ما علاقتُها بمعارفِ ومبادئِ المبدأِ والمعادِ؟ ما علاقتُها؟! مسائلُ الطَّهارةِ والنَّجاسةِ والاستصحابِ والتَّذكیةِ وعدمِ التَّذكیةِ والطَّهارةِ ما علاقتُها بمباني المبدأِ والمعارفِ الإلهيَّةِ؟ هي أحكامٌ تتعلَّقُ بِالجوارحِ ولا علاقةَ لها بِالجوانحِ. وعلَى الإنسانِ أَنْ یسیرَ في حیاتهِ في هذه الدُّنیا وفقَ المسلكِ الصَّحیحِ الذي حدَّدهُ الشَّرعُ وهو الفقْهُ نفسُهُ، ولكنَّ المسائلَ الاعتقادیَّةَ لا علاقةَ لها بهذا. لا علاقةَ لها، یجبُ أَنْ یبحثَ عن شيءٍ آخرَ.فلو درسَ الفقْهَ ألفَ عامٍ، لن یعرفَ اللّه؟ ما هي الأسماءُ الإلهیَّةُ؟ ما هي الصِّفاتُ الإلهيَّةُ؟ فهل هذه الأُمورُ موجودةٌ في الفقْهِ؟ هل هذه الأقوالُ هي في الفقْهِ؟! هل هذه الأقوالُ هي في الأُصولِ؟! ما لم تُدركْ جیِّدًا مسألةَ قاعدةِ "بسیطِ الحقیقةِ" فلا یمكنُكَ أَنْ تشاهدَ جانبَ الوحدةِ في الكثرةِ. ما لم تصلْ إلَى قانونِ العلِّیَّةِ، فلا یمكنُكَ أَنْ تُدركَ مسألةَ اتِّحادِ الاسمِ والرَّسمِ مع الذَّاتِ وتوحیدَ الأسماءِ وتوحیدَ الأفعالِ. ما لم نصلْ إلَى قاعدةِ صرافةِ الوجودِ في الفلسفةِ والعرفانِ النَّظريِّ، فلا یمكنُنا أَنْ نفهمَ آیاتِ القرآنِ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{هُوَ الْأَوَّلُ وَالْآخِرُ وَالظَّاهرُ وَالْبَاطِنُ}</w:t>
+        <w:t xml:space="preserve">﴿هُوَ الْأَوَّلُ وَالْآخِرُ وَالظَّاهرُ وَالْبَاطِنُ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، بماذا تُفهمُ هذه؟ هل تُفهمُ برواياتِ الزَّكاةِ؟ هل تفهم هذه الآیاتُ برواياتِ الغلَّاتِ؟ هل تُفهم أَمْ أنَّها تحتاجُ إلَى مفتاحٍ آخرَ، وطریقٍ آخرَ؟  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل تكفي القراءة والمطالعة لتحصيل المعرفة الحقيقية؟</w:t>
@@ -865,51 +865,51 @@
         </w:rPr>
         <w:t xml:space="preserve">هتلرُ، رئيس ألمانیا، یقولونَ إنَّهُ كانَ عجيبًا جدًّا في الحدیثِ. كانتْ لهُ نفسٌ قویَّةٌ جدًّا أیضًا، وكانَ یتحدَّثُ بجاذبیَّةٍ وهیبةٍ ونفوذٍ كبیرٍ. كانَ ساحرًا في حدیثهِ لدرجةِ أَنَّ الناسَ عندما كانوا یخرجونَ مِنْ حدیثهِ ـ كانَ یتحدَّثُ أحیانًا ساعتَینِ، ساعتَینِ ونصفٍ ـ عندما كانوا یخرجونَ لم تكن لدیهم مشاعرُ، كانوا یفعلونَ أَيَّ شيءٍ یقولُهُ، كأنَّهُ كانَ ینوِّمُهم مغناطیسیًّا. كانَ هكذا. حسنًا الآن، فهل هذا إنسانٌ جیِّدٌ؟! فلأنَّهُ یفعلُ هذا هل هو إنسانٌ جیِّدٌ؟! كلاّ يا سیِّدي، هو أوَّلُ جلَّادٍ، أوَّلُ ظالمٍ، أوَّلُ فاسدٍ. لقد جرَّ العالمَ كلَّهُ إلَى الخرابِ والدِّماءِ. لیسَ إنسانًا جیِّدًا.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">متى يكون العلم (التفسير، الفلسفة، العرفان) ذا قيمة حقيقية؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ذلكَ التَّفسیرُ الذي لهُ قیمةٌ هو الذي لُوحظَ فیهِ الاتِّصالُ بِالولایةِ.و تلكَ الفلسفةُ التي لها قیمةٌ هي التي تكونُ نتیجتُها تثبیتَ الولایةِ، هذع هي التي لها قیمةٌ، وإلَّا فالفلسفةُ لا قیمةَ لها. حسنًا، اللّهُ واحدٌ، حسنًا، نعم هو موجودٌ، سواءٌ علمنا أَمْ لم نعلمْ، هو موجودٌ، فما فائدةُ ذلكَ لنا؟ ذلكَ العرفانُ النَّظريُّ الذي لهُ قیمةٌ هو الذي یربطُ فیهِ الإنسانُ نفسَهُ بصاحبِ الولایةِ، بِإمامِ الزَّمانِ علیهِ السَّلامُ، بذلكَ الوليِّ الحيِّ الذي لدیهِ حیاةٌ، فیُحْیِي نفسَهُ ویُحْیِي قلبَهُ. لا أَنْ یأتيَ فقط ویقولَ مبدأً عرفانیًّا ویكونَ قادرًا جدًّا علَى تناولهِ، لا! لا إشكالَ، لیتمكَّنَ منهُ ویتحدَّثَ عنهُ وعن جوانبهِ العلویَّةِ والسُّفلیَّةِ وجمیعِ جهاتهِ بشكلٍ جیِّدٍ، وعندما یقومُ الإنسانُ مِنْ حدیثهِ یرَى أنَّهُ سمعَ فقط مجموعةً مِنَ الأُمورِ، عینَ جهازِ التَّسجیلِ. كیفَ هو جهازُ التَّسجیلِ؟ لیسَ لدیهِ هذا الشُّعورُ أصلًا، یدورُ مِنَ الأوَّلِ حتَّى یصلَ إلَى الآخرِ. لا شُعورَ لدیهِ. لا یفهمُ.  </w:t>
+        <w:t xml:space="preserve">ذلكَ التَّفسیرُ الذي لهُ قیمةٌ هو الذي لُوحظَ فیهِ الاتِّصالُ بِالولایةِ.و تلكَ الفلسفةُ التي لها قیمةٌ هي التي تكونُ نتیجتُها تثبیتَ الولایةِ، هذه هي التي لها قیمةٌ، وإلَّا فالفلسفةُ لا قیمةَ لها. حسنًا، اللّهُ واحدٌ، حسنًا، نعم هو موجودٌ، سواءٌ علمنا أَمْ لم نعلمْ، هو موجودٌ، فما فائدةُ ذلكَ لنا؟ ذلكَ العرفانُ النَّظريُّ الذي لهُ قیمةٌ هو الذي یربطُ فیهِ الإنسانُ نفسَهُ بصاحبِ الولایةِ، بِإمامِ الزَّمانِ علیهِ السَّلامُ، بذلكَ الوليِّ الحيِّ الذي لدیهِ حیاةٌ، فیُحْیِي نفسَهُ ویُحْیِي قلبَهُ. لا أَنْ یأتيَ فقط ویقولَ مبدأً عرفانیًّا ویكونَ قادرًا جدًّا علَى تناولهِ، لا! لا إشكالَ، لیتمكَّنَ منهُ ویتحدَّثَ عنهُ وعن جوانبهِ العلویَّةِ والسُّفلیَّةِ وجمیعِ جهاتهِ بشكلٍ جیِّدٍ، وعندما یقومُ الإنسانُ مِنْ حدیثهِ یرَى أنَّهُ سمعَ فقط مجموعةً مِنَ الأُمورِ، عینَ جهازِ التَّسجیلِ. كیفَ هو جهازُ التَّسجیلِ؟ لیسَ لدیهِ هذا الشُّعورُ أصلًا، یدورُ مِنَ الأوَّلِ حتَّى یصلَ إلَى الآخرِ. لا شُعورَ لدیهِ. لا یفهمُ.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لماذا كان المرحوم العلامة يُضمّن مجالسه بالرثاء الحسيني؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عندما یأتي </w:t>
       </w:r>
@@ -1458,66 +1458,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{7C2E424C-5CBB-41AD-9CC4-7E0536FCF928}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{7C377EF6-8C38-41E9-AC78-AAD028457A43}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{E559D231-8D9D-48D0-96B9-01EE4689DC13}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{48479C47-22CB-4B44-B3B4-A7C697CCC3B0}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>