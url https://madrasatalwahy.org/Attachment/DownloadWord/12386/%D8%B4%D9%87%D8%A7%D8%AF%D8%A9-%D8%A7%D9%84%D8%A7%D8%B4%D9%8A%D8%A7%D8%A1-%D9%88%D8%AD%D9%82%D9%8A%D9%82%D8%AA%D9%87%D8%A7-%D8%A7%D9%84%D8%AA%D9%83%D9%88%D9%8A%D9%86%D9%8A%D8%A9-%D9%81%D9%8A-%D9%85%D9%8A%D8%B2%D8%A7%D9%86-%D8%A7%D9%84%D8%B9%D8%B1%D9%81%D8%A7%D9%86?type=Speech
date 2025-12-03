--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -457,51 +457,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">شهادة الأعضاء يوم القيامة: كيف تتكشّف الحقائق التكوينيّة؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">في يوم القيامة، هذه الأعمال وهذا السُّلوك الذي قمنا به في الدُّنيا، كحقائقَ واقعيَّةٍ من حيث حيثيَّتها التَّكوينيَّة ـ لا من حيث حيثيَّتها التَّشريعيَّة ـ من حيث أصل وجودها وأصل تحقُّقها الخارجيِّ في أعضائنا وجوارحنا، كلُّها موجودة. هذه وقائع خارجيَّة، وهذه حقائق تكوينيَّة. عندما يرفع الله تعالى السِّتار: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لَقَدْ كُنتَ فِي غَفْلَةٍ مِّنْ هَٰذَا فَكَشَفْنَا عَنكَ غِطَاءَكَ فَبَصَرُكَ الْيَوْمَ حَدِيدٌ}</w:t>
+        <w:t xml:space="preserve">﴿لَقَدْ كُنتَ فِي غَفْلَةٍ مِّنْ هَٰذَا فَكَشَفْنَا عَنكَ غِطَاءَكَ فَبَصَرُكَ الْيَوْمَ حَدِيدٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.عندما يزيل الله هذا الغِطاء عن أبصارنا، يواجه الإنسان هذه الأمور الحقَّة. الكَذِب الذي قاله كان حقًّا، ألم يقع هذا الكَذِب في العالم الخارجيِّ أم لا؟ فهو يرى هذا الكَذِب. والعمل الصَّالح الذي قام به كان حقًّا. نفس العمل الذي قام به ولا شأن لنا بحسنه أو قبحه، هذا العمل الذي قام به له وجودٌ خارجيٌّ. العمل الذي قامت به اليد له وجودٌ خارجيٌّ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كاشف الكذب: كيف يكشف الدماغ عن اضطرابه عند مخالفة الحقّ؟</w:t>
@@ -835,51 +835,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كيف تكون شهادة الجوارح يوم القيامة؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">في يوم القيامة، تحضر أعمال الإنسان وسلوكه كما وقعت، لا تُمسُّ بسوءٍ أبدًا. لا تقول: هذا العمل الذي قمتَ به كان جيِّدًا أو سيِّئًا. الحُكم لك. تقول اليد: أنا فعلتُ العمل الفلانيَّ، أمّا هل كان هذا العمل سيِّئًا أم جيِّدًا، فانظر أنت بنفسك. أنا لا أحكم. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يَوْمَ تَشْهَدُ عَلَيْهِمْ أَلْسِنَتُهُمْ وَأَيْدِيهِمْ وَأَرْجُلُهُم بِمَا كَانُوا يَعْمَلُونَ}</w:t>
+        <w:t xml:space="preserve">﴿يَوْمَ تَشْهَدُ عَلَيْهِمْ أَلْسِنَتُهُمْ وَأَيْدِيهِمْ وَأَرْجُلُهُم بِمَا كَانُوا يَعْمَلُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. لا أنَّها تشهد بأنَّك عصیت. كلاّ! إنَّها شهادة العلم الحُضوريِّ وشهادة التَّحقُّق الخارجيِّ للحقائق، تلك هي الشَّهادة. هذه هي المسألة. لا أنَّها تقول: أنت سرقت. الحُكم ليس لليد، الحُكم لي أنا. عندما أنظر أنا وأرى نفسي في هذه الواقعة، وأنَّ يدي قد ارتكبت هذه السَّرقة، فهذا هو الحُكم بنفسه. فاليد تشهد وتأخذ الإنسان إلى تلك الواقعة، وبعد ذلك يرى الإنسان، فماذا يُنكِر؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الرِّجل، العين، الدِّماغ، القلب، النَّفس، الذِّهن. المقصود بالقلب هو عالم الذِّهن هذا، لا هذا القلب الصَّنوبريُّ. كلُّ الخطرات والتَّخيُّلات والأفكار التي نفكِّر فيها ليلًا وقلنا: ليأتِ الصَّباح وسأقوم بالفعل الفلانيَّ تسجّل. فما هذا؟ هذا ما يُعبَّر عنه بالقلب، وهو الذِّهن نفسه. سُجِّل وانتهى. فليحدث كذا غدًا وسأفعل به كذا وكذا. ليحدث كذا وسأنتقم! فهذه تصبح شهادةً.</w:t>
@@ -1146,51 +1146,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كيف تُغني رؤية الله كمسبّب الأسباب عن الحاجة إلى الخلق؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أرِني أنَّك أنت مسبِّب الأسباب، حتَّى لا أذهب من جديد إلى زيدٍ وعمروٍ. أرِني أنَّك أنت علَّة العِلل، حتَّى لا ألتفت من جديد إلى هؤلاء الوضيعين الذين يُستخسَر فيهم ردُّ السَّلام ـ ردُّ السَّلام الواجب يُستخسَر فيهم ـ لا ألتفت إليهم. لا ألتفت إليهم. أرِني كيف أنَّ إرادتك ومشيئتك ساريةٌ وجاريةٌ في کل عالم الوجود كلِّ، حتَّى لا أرتكب من جديد ألف نوعٍ من التَّملُّق والذُّلَّة والاستخفاف والدَّناءة والرَّذالة لأجل الوصول، ولا أمُدَّ يدي إلى هذا وذاك، إلى أُناسٍ هم من وجهة نظر الإنسانيَّة في أسوأ مراتب الحيوانيَّة، لا أذهب إليهم. أرِني أنت بنفسك أنَّك أنت الكلُّ في الكلِّ. أرِني حقيقة الأشياء، وأنَّها كلَّها مستندةٌ إليك، وأنَّ لا أحد بدون إرادتك يمكن أن يكون مريدًا، ولا أحد بدون مشيئتك يمكن أن تكون له مشيئة، ولا أحد بدون إرادتك يمكن أن يكون مختارًا، ولا أحد بدون عنايتك وقدرتك يمكن أن يرفع جناح بعوضةٍ عن الأرض. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ضَعُفَ الطَّالِبُ وَالْمَطْلُوبُ}</w:t>
+        <w:t xml:space="preserve">﴿ضَعُفَ الطَّالِبُ وَالْمَطْلُوبُ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. فلولا قدرتك لكان العالم كلُّه باطلًا وعدمًا، ولأحاط غُبار العدم بالجميع. أوجِد لي هذا الأمر وهذه الحقيقة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل فهمنا حقيقة "اللهم أرنا الأشياء كما هي"؟ قصة مع أحد المراجع</w:t>
@@ -1775,66 +1775,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{CF7931C7-C2F2-4756-B7EB-DB8EAF15764A}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{5B7F9647-AA0E-4250-8ACD-39E956575075}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{0EDDA40D-ECFF-4FE5-BC5C-B846673A6CA2}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{1A1CB3A0-E12C-485F-A0D3-4D21F608A285}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>