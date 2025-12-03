--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -613,51 +613,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">... *** لا يُمكِنُ أن يَجتَمِعَ حَبيبانِ في قَلبٍ واحِدٍ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> يَجِبُ أن تأتيَ إلى مَجلِسِ العلامةِ بِطَهارةٍ، هل تذهَبُ لِتستَمِعَ لِحَديثِ ذاك؟! فاللهُ أيضًا يطرُدُكَ من هُنا. ذاتَ يومٍ قُلتُ للمرحومِ العلامةِ: هل أذهَبُ معَ فُلانٍ...؟ قالَ: لا يا سيِّد، هؤلاءِ إذا ذهَبوا فلن يَعودوا، هذا الرَّجُلُ يَمسَخُهم ويَسحَرُهم لِدرجةِ أنَّهُ يَسلُبُهم قُوَّةَ التَّفكيرِ والتَّعَقُّلِ. عَجيبٌ! عندما كنتُ أتحدَّثُ معَهم لم يكونوا يَفهَمونَ شيئًا! كنتُ أقولُ هذا ماءٌ، فيَقولونَ لا هذا لفت وشمندر. أي هكذا كانَ الأمرُ في أذهانِهم وفي مُخيِّلَتِهم. وهذا عَجيبٌ جدًّا. و</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{خَتَمَ اللَّهُ عَلَىٰ قُلُوبِهِمْ}</w:t>
+        <w:t xml:space="preserve">﴿خَتَمَ اللَّهُ عَلَىٰ قُلُوبِهِمْ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> مَعناهُ هذا. الإنسانُ يَرى النُّورَ ويُنكِرُهُ، يصِلُ الإنسانُ إلى هذا الحدِّ؛ يَرى النُّورَ ويُنكِرُهُ. الآنَ متى سيَأخُذُ اللهُ بيدِ الإنسانِ مرَّةً أُخرى؟ هل سيَحدُثُ أم لا؟ وهل سيَأتي ذلكَ أم لا؟! وهؤلاءِ الذينَ كانوا يَقَعونَ في شِباكِهم كانوا يَذهَبونَ ولا يَعودونَ. في زَمَنِ المرحومِ العلامةِ، كانَ هُناكَ أفرادٌ يَحضُرونَ حَديثَ العلامةِ. كانوا يَترُكونَ أعمالَهم مُبَكِّرًا في اللَّيالي ليَأتوا إلى حَديثِ العلامةِ في المسجِدِ. كانوا يَأتونَ يومَ الجُمعةِ. ولكِن بِمُجرَّدِ أن حدَثَ هذا الأمرُ وذهَبَ هؤلاءِ وجَلَسوا يستَمِعونَ إلى هذهِ الأحاديثِ، انتَهى كلُّ شيءٍ. فما الذي حدَثَ؟ هل أصبَحَ السَّيِّدُ الطِّهرانيُّ أُمِّيًّا؟ إذًا أينَ كنتم حتّى الآنَ؟ هل كنتم تتبعونَ رجلًا أُمِّيًّا حتّى الآنَ؟! هل أضَعتَ عُمرَكَ حتّى الآنَ؟ هل جَلَستَ لِتُفَكِّرَ في نفسِكَ لماذا لم يَعُد قَلبُكَ يَنجَذِبُ إلى مَسجِدِ القائِمٍ؟ هل جَلَستَ لِتَتأمَّلَ كيفَ خَرَجَ هذا السَّيِّدُ من قَلبِكَ؟ ما الذي فعَلَهُ هذا السَّيِّدُ؟ إنَّهُ يُصلِّي نَفسَ صَلاتِهِ التي كانَ يُصلّيها سابِقًا، ولديهِ نَفسُ الخُطبةِ والمَوعِظةِ التي كانت لديهِ سابِقًا، ولم يتَغَيَّر. فلِماذا لم تَعُد قَدَماكَ تأتيانِ؟ لماذا لم تُفَكِّر في هذا؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كيف تختبر نفسك؟ ولماذا يجب أن نُدقِّق فيمن نأخذ عنه العلم؟</w:t>
@@ -697,59 +697,59 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، طوبى لِذلكَ المُؤمِنِ الذي يأخُذُ نفسَهُ إلى المُختَبَرِ مرَّةً كلَّ أربَعٍ وعِشرينَ ساعةً. يَجلِسُ مرَّةً كلَّ أربَعٍ وعِشرينَ ساعةً لِيُفَكِّرَ في نفسِهِ: كم كانَ بالأمسِ مُتعلِّقًا بالعِباداتِ، وكم هوَ اليومَ؟ كيفَ كانَ يَحكُمُ على القضيّةِ الفُلانيّةِ بالأمسِ، وكيفَ يَحكُمُ اليومَ؟ نحنُ لا نقولُ كلّ يوم لزومًا، بل كلَّ أُسبوعٍ أو كلَّ شَهرٍ مرَّةً على الأقَلِّ، لا أن نَترُكَ الأمرَ كُلِّيًّا ونَنظُرَ إلى كلِّ ما يَحدُثُ بِنَظرَةٍ عابِرةٍ فقط، لا بِنَظرَةِ تَفَكُّرٍ وتَأمُّلٍ. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">أنتَ الذي ذهَبتَ إلى هُناكَ، لماذا لم تَعُد تأتِي إلى مَسجِدِ القائِمٍ؟ لماذا تَغَيَّرَ هذا المَيلُ والاشتِياقُ لَديكَ وقَلَّ وانتَهى؟ لماذا؟ هُنا يَجِبُ على الإنسانِ دائِمًا أن يَضَعَ كَلامَ الإمامِ الصَّادِقِ عليه السلام نُصبَ عَينَيهِ في تَفسيرِ الآيةِ الشَّريفةِ - الرِّواياتُ هُنا كثيرةٌ جدًّا، مِنها هذهِ - الآيةُ الشَّريفةُ: {</w:t>
+        <w:t xml:space="preserve">أنتَ الذي ذهَبتَ إلى هُناكَ، لماذا لم تَعُد تأتِي إلى مَسجِدِ القائِمٍ؟ لماذا تَغَيَّرَ هذا المَيلُ والاشتِياقُ لَديكَ وقَلَّ وانتَهى؟ لماذا؟ هُنا يَجِبُ على الإنسانِ دائِمًا أن يَضَعَ كَلامَ الإمامِ الصَّادِقِ عليه السلام نُصبَ عَينَيهِ في تَفسيرِ الآيةِ الشَّريفةِ - الرِّواياتُ هُنا كثيرةٌ جدًّا، مِنها هذهِ - الآيةُ الشَّريفةُ: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">فَلْيَنظُرِ الْإِنسَانُ إِلَىٰ طَعَامِهِ}</w:t>
+        <w:t xml:space="preserve">﴿فَلْيَنظُرِ الْإِنسَانُ إِلَىٰ طَعَامِهِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. يقولُ الإمامُ الصَّادِقُ عليه السلام: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«عِلْمَهُ الَّذِي يَأْخُذُهُ عَمَّنْ يَأْخُذُهُ»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
@@ -795,51 +795,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كيف تؤثّر رحمة سيد الشهداء عليه السلام في النفوس؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لِذا، عندما يَرى الإنسانُ أنَّ نفسَهُ في ضيقٍ وثِقَلٍ بِشأنِ بَعضِ الأمورِ، بِمُجرَّدِ دُخولِهِ مَجلِسَ الإمامِ الحُسَينِ عليه السلام يَرى أنَّهُ قد خَفَّ. إنسانٌ لديهِ ظُنونٌ وأوهامٌ تُجاهَ إنسانٍ آخَرَ، يقولُ سأذهَبُ وأفعَلُ له كذا وكذا. ولكن بِمُجرَّدِ دُخولِهِ مَجلِسَ الإمامِ الحُسَينِ عليه السلام واستِماعِهِ لِمُصيبته يَرى أنَّهُ قد انصَرَفَ عن ذلكَ. لماذا؟ لأنَّهُ دَخَلَ في رَحمةِ سَيِّدِ الشُّهَداءِ عليه السلام. يقولُ: يا عَزيزي، دَعهُ وشأنَهُ، لِنتَجاوَز عَنهُ. هذا بِسَبَبِ هذا المَجلِسِ. سابِقًا لم يكن هكذا، كانَ يقولُ سأفعَلُ كذا و كذا، أو إنسانٌ يَطلُبُ مِنكَ شيئًا أو أمرًا أو حاجةً أو دَينًا أو قَرضًا، فتَقولُ: لا يا عَزيزي، دَعهُ وشأنَهُ. وعندما تأتي إلى المَجلِسِ تَقولُ: هذا العَبدُ المِسكينُ مُبتَلًى، لماذا لا نُعطيهِ؟! هذا بِسَبَبِ المَجلِسِ. أي أنَّ تلكَ النَّفسَ والرُّوحَ قد وَقَعَت تحتَ سِعَةِ رَحمةِ سَيِّدِ الشُّهَداءِ عليه السلام التي هي </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لا شَرقيّةَ ولا غَربيّةَ}</w:t>
+        <w:t xml:space="preserve">﴿لا شَرقيّةَ ولا غَربيّةَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. جُزءٌ من تلكَ الرَّحمةِ قد جاءَ وأخَذَهُ إلى ذاتِهِ وجَذَبَهُ نَحوَهُ. تلكَ الرَّحمةُ قد ظَهَرَت في هذا بِمِقدارِ نَفسِهِ. هذهِ هيَ وَلايةُ سَيِّدِ الشُّهَداءِ عليه السلام. لِذا، الإنسانُ يتَجاوَزُ عن الكثيرِ من الأمورِ في هذهِ المَجالِسِ، ويَحُلُّ الكثيرَ من المَسائلِ النَّفسيّةِ في حَديثِ الأعاظِمِ. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ای لِقایَت جَوابِ هَر سُؤال</w:t>
@@ -1342,112 +1342,112 @@
         </w:rPr>
         <w:t xml:space="preserve">مرَّةً أُخرى الوَقتُ يَمُرُّ اليومَ. إن شاءَ اللهُ نأمَلُ من الله التوفيق، نَخشى أن يَنتَهيَ شَهرُ رَمَضانَ ونحنُ لا نَزالُ في هذهِ الفِقرَةِ. إن شاءَ اللهُ نأمَلُ بِبَرَكَةِ أنفاسِ الإمامِ السَّجَّادِ عليه السلام أن يَرزُقَنا اللهُ من طَرَفِ أولئكَ الأعاظِمِ تَوفيقَ التَّحَوُّلِ والتَّبَدُّلِ، وأن يُعطونا لَمحةً مِمّا لديهم، قَطرَةٌ وذَرَّةٌ تَكفينا. الحَديثُ هوَ أنَّ تلكَ الذَّرَّةَ لم تُعطَ. لِيُذيقونا قَطرَةً من بَحرِ مَعرِفَتِهم ذاكَ، حتّى نَستَطيعَ أن نَأخُذَ تلكَ القَطرَةَ نَفسَها ونَأخُذَ تلكَ النافذة نَفسَها ونَصِلَ بأنفُسَنا، ونَصِلَ إلى تلكَ المَعاني والمَعارِفِ التي كانَ أولئكَ الأعاظِمُ بِصَدَدِ بَيانِها وتَوضيحِها وإظهارِها. إن شاءَ اللهُ يُوَفِّقُنا اللهُ. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللَّهُمَّ صلِّ على محمَّدٍ وآلِ محمَّدٍ.</w:t>
+        <w:t xml:space="preserve">اللَّهُمَّ صلِّ على محمَّدٍ وآلِ محمَّدٍ</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{5B43233D-4D66-4C69-A854-51FCDE500223}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{0D509D7B-A527-4439-9E74-E0C7A728E505}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{9DED1990-9663-4E47-9A1C-7DC1A1D401A8}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{E108593D-DD38-40E3-AE93-781699192B1F}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>