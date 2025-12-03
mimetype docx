--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -87,51 +87,51 @@
         </w:rPr>
         <w:t xml:space="preserve">قضايا عقائديّة وتربويّة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">مباني الإسلام، المحاضرات الفرديّة، جلسات النساء، رقم ٩٣٩</w:t>
+        <w:t xml:space="preserve">مباني الإسلام، المحاضرات الفرديّة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة القاها</w:t>
       </w:r>
@@ -1877,66 +1877,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{EDB93B73-49ED-47B3-8520-9D874567E225}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{C2DBF6CA-511C-4A8F-AAFA-DFF6A99C21F3}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{37848572-A007-4399-AFB5-F108642074B3}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{6A6FCED8-2BAF-4933-8102-84E78BD86675}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>