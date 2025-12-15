--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -479,51 +479,51 @@
         <w:t xml:space="preserve">مفتاح الهداية: هل تفتح أذنيك للقرآن؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إذا لم يُرِد شخصٌ أن يستمع للقرآن، فلو قرأتَ عليه القرآن من أوله إلى آخره، فإنه سيضع يده في أذنه. القرآن لا يستطيع أن يُخرج اليد من الأذن. هل تدركون؟ القرآن يستطيع أن يُفهم معانيه لمن فتح أذنيه، لا لمن أغلقها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{خَتَمَ اللَّهُ عَلَىٰ قُلُوبِهِمْ وَعَلَىٰ سَمْعِهِمْ ۖ وَعَلَىٰ أَبْصَارِهِمْ غِشَاوَةٌ}</w:t>
+        <w:t xml:space="preserve">﴿خَتَمَ اللَّهُ عَلَىٰ قُلُوبِهِمْ وَعَلَىٰ سَمْعِهِمْ ۖ وَعَلَىٰ أَبْصَارِهِمْ غِشَاوَةٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. لقد جاء الله ليختم بالبطلان على آذان وأعين وقلوب أمثال هؤلاء. الختم يعني الطبع، يعني بلوغ النهاية؛ بلوغ النهاية. يعني أنّ هذا البصر لم يعد يُجدي نفعًا! إنه يرى، ولكن هذه الرؤية لا تُحدث فيه أثرًا. يرى البئر، ويمضي ويمضي حتى يسقط فيه! لا أنّه لا يرى البئر، بل يراه! وهذا عجيب!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">رؤية بلا أثر: كيف يعمل الختم على القلب والبصر؟</w:t>
@@ -548,108 +548,108 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لا تعمى الأبصار ولكن..! ما هو العمى الأخطر؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تلك الحقيقة، حقيقة العمى التي تُذكر في آيات القرآن: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَإِنَّهَا لَا تَعْمَى الْأَبْصَارُ وَلَٰكِنْ تَعْمَى الْقُلُوبُ الَّتِي فِي الصُّدُورِ}</w:t>
+        <w:t xml:space="preserve">﴿فَإِنَّهَا لَا تَعْمَى الْأَبْصَارُ وَلَٰكِنْ تَعْمَى الْقُلُوبُ الَّتِي فِي الصُّدُورِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، أيّها الناس، هذا العمى الذي تتصورونه ليس هو العمى ،بل هو ظاهرة خارجية تحدث للإنسان بسبب علل وعوارض، أحيانًا تزول وأحيانًا تبقى، إنها مسألة جسدية، مادية. هذا لا يُسمى عمىً. العمى هو العمى الذي يُلقي بحقيقة الإنسان في الشقاء والضلالة والضياع. فكيف نعالج ذلك العمى؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هذا العمى، يكون مع الإنسان فترةً، وبانتهاء عمره، سينتهي عمر هذا العمى أيضًا، ينتهي الأمر. الذين هم عمي في هذه الدنيا لا معنى للعمى بالنسبة إليهم في عالم المثال والبرزخ، لا معنى له. هناك يوجد البصر، لأن الإدراك هناك ليس بالإدراك الظاهري، وإدراك المادة لا مكان له في عالم المثال والملكوت، وهذه العين وهذا العضو المخصوص لا سبيل له إلى هناك أصلًا. هذا يخصّ هذه الدنيا. ما يتحقق للإنسان في ذلك العالم هو عمى القلب.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">سؤال المحشر المفزع: {رَبِّ لِمَ حَشَرْتَنِي أَعْمَىٰ}؟</w:t>
+        <w:t xml:space="preserve">سؤال المحشر المفزع: ﴿رَبِّ لِمَ حَشَرْتَنِي أَعْمَىٰ﴾؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هناك آية عجيبة حقًّا تقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قَالَ رَبِّ لِمَ حَشَرْتَنِي أَعْمَىٰ وَقَدْ كُنْتُ بَصِيرًا}</w:t>
+        <w:t xml:space="preserve">﴿قَالَ رَبِّ لِمَ حَشَرْتَنِي أَعْمَىٰ وَقَدْ كُنْتُ بَصِيرًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. يا لها من آية عجيبة! هذه الآية تتعلّق بوضعنا في هذه الدنيا نفسها. بدلًا من أن نواجه هذه الآية يوم القيامة، تعالوا الليلة نطبّق هذه الآية على وضعنا الحالي، ولا نَدَع الأمر يصل إلى القيامة. تقول الآية إنّ هؤلاء الناس يوم القيامة لا يرون أي شيء. لا يرى يمينه ولا يساره ولا أمامه. له عين لكنه لا يرى. يقول: يا ربّ، كيف حشرتني أعمى؟ كيف بعثتني أعمى وقد كنتُ في الدنيا ذا بصرٍ أرى، بينما الآن لا أرى أي شيء؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لا أنه لا عين له، بل له عين ولكنّه لا يرى مكانًا، لا يرى أمامه. الحقائق التي يوجدها الله تعالى في ذلك الوقت في عالم القيامة هي حقائق لا تراها أعين الأفراد الظاهرية. أهل النار لا يرون الجنة، لا يرون أشجار الجنة، لا يستطيعون رؤية ثمار الجنة. لماذا؟ لأنّ ثمار الجنة ونعمها هي بكيفية تجعلها قابلة للرؤية بتردّد خاص بها، لا بما يتناسب مع الوضع الموجود في الدنيا.</w:t>
@@ -927,111 +927,111 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عبرة سقوط عروش الطغاة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وعندما تأتي إرادة الله تعالى ومشيئته فجأة، وتنزل تلك الصاعقة من الجلال على رؤوس هؤلاء الظالمين، فلا يبقى لا دار ولا ديّار. يفرّ واحد من هنا وآخر من هناك، ويُقبض على هذا ويُعدم ذاك ويُفعل بذاك كذا، ويطوى البساط بأكمله بحيث </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{كَأَنْ لَمْ يَكُنْ شَيْئًا مَذْكُورًا}</w:t>
+        <w:t xml:space="preserve">﴿كَأَنْ لَمْ يَكُنْ شَيْئًا مَذْكُورًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">! سلطنة دامت ٢٥٠٠ عام ذهبت كلّها أدراج الرياح! كلها ذهبت أدراج الرياح! وكأنّ آلاف السنين قد مرّت على هذه القصة! تغير الحال من النقيض إلى النقيض. هذه عبرة لنا! هذه بالنسبة لنا </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَاعْتَبِرُوا يَا أُولِي الْأَبْصَارِ}</w:t>
+        <w:t xml:space="preserve">﴿فَاعْتَبِرُوا يَا أُولِي الْأَبْصَارِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قصة إيوان كسرى: صلاة أمير المؤمنين عليه السلام في أطلال الغابرين</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عندما مرّ أمير المؤمنين عليه السلام بطاق كسرى، إيوان المدائن - في طريقه إلى صفين على ما يبدو - عندما وصل إلى هناك، جاء إلى إيوان المدائن وصلّى ركعتين وقرأ هذه الآيات هناك: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{كَمْ تَرَكُوا مِنْ جَنَّاتٍ وَعُيُونٍ...}</w:t>
+        <w:t xml:space="preserve">﴿كَمْ تَرَكُوا مِنْ جَنَّاتٍ وَعُيُونٍ...﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> كم تركوا من جنات الدنيا وعيونها وذهبوا! كم سعوا في الدنيا لبنائها! عمّروها، وأفنوا أعمارهم فيها، وشغّلوا الناس، وأهدروا مصالح الناس للوصول إلى ملذّاتهم، وأفْنوا إمكانيات الأمّة لتحقيق مآربهم، كل ذلك من أجل يومين في الدنيا. الآن تعالوا انظروا ماذا بقي؟ يُستحب للإنسان إذا ذهب إلى هناك أن يصلي ركعتين. ليس لأنّ المكان ذو قيمة! لا! هذا كان قصر سلاطين الظلم والجور والفسق، كان قصر أنوشروان الفاسق والفاسد والظالم، كان قصر السلاطين الساسانيين هناك. ولكن الصلاة للتقرّب. يقول الله: صلِّ لترى ما فعلتُ بهؤلاء وما فعلت الدنيا بهم؟ توجّه إليّ في هذا المكان حتى تترسّخ حالة الاعتبار هذه في نفسك. لهذا يقولون صلِّ. هذه الحالة من الارتباط في مثل هذا الموقف، تغيّر قلبك وروحك ونفسك وتبدّلها وتحوّلها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بين المعرفة والاعتبارات: قصّة بطاقة دعوة تكشف حقيقة ما نبحث عنه</w:t>
@@ -1291,51 +1291,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. كان هذا الشخص يقول: نعم! النبيّ صلّى الله عليه وآله كان يفعل ذلك ليكون لديه إحصاء بعدد الناس! كان يقول هذا جادًّا! هذا هو مدى فهمه! لتكون الإحصائيّات لديه! هل كان النبيّ صلّى الله عليه وآله يحمل معه دفترًا مثل هؤلاء الكتبة ليكتب الأسماء ويفعل كذا؟ هل أراد النبيّ صلّى الله عليه وآله حقًا أن تكون لديه إحصائيات؟ هاه؟ ما هي الرؤية التي كانت لدى النبيّ صلّى الله عليه وآله في هذا الطلب الذي كان يطلبه من الناس؟ ماذا كان يجول في نفسه؟ وكان يتحدّث للجميع! فماذا كان يجول في نفس النبيّ صلّى الله عليه وآله؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عندما قال النبيّ صلّى الله عليه وآله: إذا وُلد طفل فأخبروني، كان يشعر بأنّ مظهر جميع آثار جمال وجلال الله تعالى قد دخل إلى عالم الوجود، يا فلان! إنّ الوجود المتنزّل للحقّ قد تجلّى في هذا العالم، فلنذهب ونره. لنزره. حقيقة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَنَفَخْتُ فِيهِ مِنْ رُوحِي}</w:t>
+        <w:t xml:space="preserve">﴿وَنَفَخْتُ فِيهِ مِنْ رُوحِي﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> قد تجسّمت الآن في عالم الأعيان، الوجود المتنزّل لحضرة الحقّ قد وطئ عالم الدنيا، هذا ما يفهمه النبيّ صلّى الله عليه وآله. عندما كانوا يأتون بطفل ملفوف في قماطه إلى النبيّ صلّى الله عليه وآله، هل تظنون أنه كان ينظر إليه كأحد الأشياء؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بين اللامبالاة والتقديس: كيف ننظر نحن للرضيع وكيف نظر إليه النبيّ؟</w:t>
@@ -1591,51 +1591,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">السيد الحداد </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">رحمه الله الذي كان يسير في الحافلة وتلك القصة عن عدّ الأفراد، ما هذا الكلام يا سيد؟! ما هذه الأمور؟! من الذي ينتقد؟! السادة الذين يلقون دروس الخارج ولديهم رسائل عمليّة! أمرٌ بهذه البداهة، بهذه البساطة، والذي حدث لنا عشرات المرات في حياتنا، ننكره! لماذا؟ لأننا وضعنا أصابعنا في آذاننا. وإلا يا عزيزي! أنت لا تعرف هذه الأمور، حسنًا تعال واسأل ليجيبوك. سيجيبونك ببساطة اثنين زائد اثنين تساوي أربعة. فعندما يغفل ذهن الإنسان عن نفسه، ينشغل بالآخرين ويغفل عن ذاته. يحدث هذا لنا أيضًا، ويحدث كثيرًا. بهذه البساطة. ثم نأتي ونبدأ بالسخرية! نكتب كتابًا ونسخر! نستهزئ بكلام أولياء الله. ماذا يعني هذا؟ ماذا يعني؟ أفراد كانوا من الناحية الظاهريّة أعلم منك بمراتب كتبوا هذه الكتب، فما بالك بالباطن؟ هذا معنى </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَإِنَّهَا لَا تَعْمَى الْأَبْصَارُ وَلَٰكِنْ تَعْمَى الْقُلُوبُ الَّتِي فِي الصُّدُورِ}</w:t>
+        <w:t xml:space="preserve">﴿فَإِنَّهَا لَا تَعْمَى الْأَبْصَارُ وَلَٰكِنْ تَعْمَى الْقُلُوبُ الَّتِي فِي الصُّدُورِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. وعندما يُتحدّث معهم ليتراجعوا عن الأمر، يقولون: لا لا، ليست هناك مشكلة، ويمضون.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قيمة الوجود الإنساني في ميزان العرفان مقابل ثقافة "أبناء أقل"</w:t>
@@ -1906,66 +1906,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{89119942-8A6E-46DA-8081-E8733571B7A0}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{D09BFC59-FC1E-4784-B3BA-2E24F9F611BE}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{8E4A8720-7C23-42D1-8855-45096EAE8983}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{EF8C5BB3-D961-4FEB-A54F-EF4D34110DF5}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
@@ -2042,61 +2042,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="1" name="_x0000_i0001">
+                <wp:docPr id="3" name="_x0000_i0003">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0001"/>
+                        <pic:cNvPr id="0" name="_x0000_i0003"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -2199,61 +2199,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="2" name="_x0000_i0002">
+          <wp:docPr id="4" name="_x0000_i0004">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0002"/>
+                  <pic:cNvPr id="0" name="_x0000_i0004"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>