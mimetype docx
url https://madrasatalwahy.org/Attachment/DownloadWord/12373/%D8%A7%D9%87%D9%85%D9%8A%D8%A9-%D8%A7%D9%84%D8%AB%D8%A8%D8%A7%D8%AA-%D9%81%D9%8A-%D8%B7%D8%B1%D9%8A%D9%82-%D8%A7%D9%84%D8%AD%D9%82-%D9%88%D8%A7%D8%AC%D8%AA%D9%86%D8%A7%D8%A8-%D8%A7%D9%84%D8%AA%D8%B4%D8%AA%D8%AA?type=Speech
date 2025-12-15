--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -298,51 +298,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">مقدِّمة: المحبَّة والمعرفة طريق الوصول</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">»معرفتي يا مولاي دليلي عليك وحبِّي لك شفيعي إليك وأنا واثقٌ من دليلي بدلالتك وساكنٌ من شفيعي إلى شفاعتك« </w:t>
+        <w:t xml:space="preserve">«عرفتي يا مولاي دليلي عليك وحبِّي لك شفيعي إليك وأنا واثقٌ من دليلي بدلالتك وساكنٌ من شفيعي إلى شفاعتك»</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">معرفتي يا سيِّدي ومولاي هي دليلي إليك، ومحبَّتي لك هي شفيعي لديك، وأنا على يقينٍ بأنَّ هذا الدَّليل سيوصلني إلى مقصدي، وأنَّ هذا الشَّفيع سيبلغ بي المطلوب بشفاعته.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ذُكر أنَّه في كلِّ مسألةٍ وهدفٍ وغايةٍ، يجب على الإنسان للوصول إلى تلك الغاية أن يمهِّد لها المقدِّمات ويسلك الطَّريق المناسب لها، وإلَّا فإنَّه لن يصل إلى مبتغاه، أو سيتأخَّر في الوصول، أو يصل ناقصًا، أو يبقى عالقًا في الطَّريق. من أراد بلوغ مطلوبٍ ما فعليه أن يوجِّه حواسَّه كلَّها نحو ذلك المطلوب.  </w:t>
       </w:r>
@@ -967,51 +967,51 @@
         <w:t xml:space="preserve">يقول إنَّني أعتبره نبيًّا، كان يعني أنَّني لا أعتبر كلامه ككلامي. هذا الرَّجل رجلٌ عندما تأتي تلك المعاني من عالم المعنى على نفسه، تخرج من فمه كما هي. لا تقف في النَّفس، لا تتلوَّن في النَّفس، لا تُرسم. كما هي تلك الأمور تخرج. حتَّى للحظةٍ واحدةٍ لا يفكِّر فيها، هل أقولها الآن أم لا؟ هل هذا صحيحٌ أن أقوله أم لا؟ لا يفكِّر حتَّى للحظةٍ واحدةٍ، لماذا؟ لأنَّه ليس لديه نفسٌ أصلًا. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نحن الذين نجلس ونفكِّر ونقول: لنقلِّل منه، لنزد عليه، لنقل جزءًا منه الآن وجزءًا في وقتٍ آخر حتَّى لا يكون أحدٌ في الجلسة، لندور وننظر واحدًا واحدًا! الآن بما أنَّ فلانًا ليس هنا، نقول هذا الأمر، لا بأس. أمَّا إذا أردتُ أن أقول أمرًا قد يمسُّ فردًا ما، أُراعي قليلًا. هذا هو المعتاد. لقد طبعنا طبعةً وخلطنا تلك الصُّورة الصَّافية والحقيقيَّة والبريئة وتلك الصُّورة الواقعيَّة من عالم المعنى. لذا بمجرَّد أن يبدأ الإنسان يتحدَّث، يرى المرء أنَّه يتحدَّث جيِّدًا وروحه ومعنويَّته جيِّدة، وفجأةً ترى الصَّفحة قد انقلبت! هو نفسه يتحدَّث، ولكن شيئًا ما خطر بباله. بمجرَّد أن يخطر بالبال، شاء أم أبى، يتغيَّر الحديث. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَلَتَعْرِفَنَّهُمْ فِي لَحْنِ الْقَوْلِ}</w:t>
+        <w:t xml:space="preserve">﴿وَلَتَعْرِفَنَّهُمْ فِي لَحْنِ الْقَوْلِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقول الله تعالى إنَّكم ستعرفون المنافقين من لحن قولهم. يأتي المنافقون ليمدحوا ويقولوا: ما شاء الله وما شاء الله، ولو كانت كلمة ما شاء الله وما شاء الله عندهم ألف شتيمة. فمن يجب أن يفهم يفهم. الكثيرون لا يفهمون، الكثيرون لا يميِّزون. والكثيرون يبقون في هذا الجهل حتَّى النِّهاية. ولكنَّ من هو أهلٌ للتَّمييز وقد أعطاه الله نورًا، يأتي النُّور ويعرف الظُّلمة بدقَّةٍ لأنَّها معارضةٌ له. يأتي النُّور ويميز ذلك الواقع. يرى، آه! تغيَّر الوجه، حتَّى الآن كان الوجه جيِّدًا! كان يأتي مستقيمًا ولكن فجأةً فسد. بمجرَّد أن يرى أنَّه فسد، يرى أنَّ شيئًا ما خطر بباله. يصبح جيِّدًا مرَّةً أخرى ثمَّ يفسد...، كان </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلَّامة </w:t>
       </w:r>
       <w:r>
@@ -1739,66 +1739,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{C1E41278-231B-47F6-9AB3-0C524349C942}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{797CEB4D-CBD8-486E-A91B-DD5809EE6365}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{7298D49E-7953-4105-AD0F-9637AC96CB86}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{6A23DCEA-D082-415E-BD5F-C7582696B80B}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
@@ -1875,61 +1875,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="1" name="_x0000_i1025">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i1025"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -2032,61 +2032,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="2" name="_x0000_i1026">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i1026"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>