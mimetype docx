--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -1110,58 +1110,58 @@
         <w:t xml:space="preserve">. أولئك الذين ظلموا، أولئك الذين تجرّؤوا على أنفسهم في هذه الدنيا، أولئك الذين أنفقوا رأس مالهم في طريق الباطل، أولئك الذين قضوا ليلهم ونهارهم في طريق الهوى والشهوة وفي طريق الأمور التافهة، عندما يأتي يوم القيامة يُقال لهم: «أين كنتم؟ لماذا لم تذهبوا لطلب المعرفة؟ لطلب الكمال؟ لماذا لم تذهبوا لطلب العلم؟ كم أريناكم! كم بَيَّنَّا لكم! لماذا لم تذهبوا؟«</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الاستضعاف المعاصر: هل يكفي الاقتصار على قناة واحدة أو شيخ واحد؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">﴿ قَالُوا كُنَّا مُسْتَضْعَفِينَ فِي الْأَرْضِ﴾</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">؛ كنّا في مكانٍ لا يقولون لنا إلا هذه الأقوال، كنّا في مكانٍ لا يخبروننا إلا بهذه المواضيع، كنّا فقط نفتح مفتاح الراديو وكلّ ما يقوله الراديو نستمع إليه، كنّا فقط نفتح مفتاح التلفاز، وكلّ ما تقوله القناة الفلانيّة لنا كنّا نستمع إليه، كنّا فقط نفتح عقولنا لكلّ ما يقوله فلان ونعمل به، كنّا فقط نذهب إلى المكان الفلاني، والمسجد الفلاني، ولا نذهب إلى المساجد الأخرى! فيُقال لهم: «فهل كنتم عُرْجًا؟ هل كنتم مُقعَدين؟ فقط كنتم تفتحون هذا المفتاح؟ كان عليكم أن تفتحوا هذا المفتاح الآخر أيضًا! فقط كنتم تُشغّلون هذا الجهاز؟ كان عليكم أن تُشغِّلوا الذي بجانبه أيضًا! فقط كنتم تذهبون إلى هذا المجلس؟ كان عليكم أن تذهبوا إلى مجلسٍ آخر أيضًا! وإلى مجلسٍ آخر أيضًا لتسمعوا كلامًا آخر، وتدرسوا المسألة بجميع جوانبها. «</w:t>
+        <w:t xml:space="preserve">﴿قَالُوا كُنَّا مُسْتَضْعَفِينَ فِي الْأَرْضِ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">؛ كنّا في مكانٍ لا يقولون لنا إلا هذه الأقوال، كنّا في مكانٍ لا يخبروننا إلا بهذه المواضيع، كنّا فقط نفتح مفتاح الراديو وكلّ ما يقوله الراديو نستمع إليه، كنّا فقط نفتح مفتاح التلفاز، وكلّ ما تقوله القناة الفلانيّة لنا كنّا نستمع إليه، كنّا فقط نفتح عقولنا لكلّ ما يقوله فلان ونعمل به، كنّا فقط نذهب إلى المكان الفلاني، والمسجد الفلاني، ولا نذهب إلى المساجد الأخرى! فيُقال لهم: «فهل كنتم عُرْجًا؟ هل كنتم مُقعَدين؟ فقط كنتم تفتحون هذا المفتاح؟ كان عليكم أن تفتحوا هذا المفتاح الآخر أيضًا! فقط كنتم تُشغّلون هذا الجهاز؟ كان عليكم أن تُشغِّلوا الذي بجانبه أيضًا! فقط كنتم تذهبون إلى هذا المجلس؟ كان عليكم أن تذهبوا إلى مجلسٍ آخر أيضًا! وإلى مجلسٍ آخر أيضًا لتسمعوا كلامًا آخر، وتدرسوا المسألة بجميع جوانبها».</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الهجرة في سبيل الدنيا أم الدين؟ مقارنة بين دار الكفر ودار الإسلام</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">﴿أَلَمْ تَكُنْ أَرْضُ اللَّهِ وَاسِعَةً فَتُهَاجِرُوا فِيهَا﴾ </w:t>
@@ -1477,112 +1477,112 @@
         </w:rPr>
         <w:t xml:space="preserve">هذا الطريق، هذه المدرسة، هي مدرسة العرفان. مدرسة العرفان والتوحيد هي هذه؛ تُبَيِّنُ وضع الإنسان وموقعه، وتُلْفِتُ الإنسان إلى حقيقةٍ أزليّةٍ لا تزول، تلك الحقيقة التي إدراكُ قليلٍ من كثير منها يُعادلُ الاستيلاء على عالَم الوجود في الدنيا والآخرة، قليلٌ من كثير منها لو أعطي للإنسان، لما بدّله الإنسان بأيّ شيءٍ في هذا العالَم. حسنًا، لقد مضى الوقت، إن شاء الله تتمّة الكلام للجلسة القادمة. إن شاء الله</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللَهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَآلِ مُحَمَّدٍ.</w:t>
+        <w:t xml:space="preserve">اللَهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَآلِ مُحَمَّدٍ</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{D9207592-18F2-4E8D-B1FE-A5FA4ED4C2C4}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{32C9EF19-7680-407D-AE75-0CA169CE5729}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{D3603F79-A285-48B1-926D-BE0356F53907}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{DEC2BD91-BD29-473E-9F2C-0CCFA136E329}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>