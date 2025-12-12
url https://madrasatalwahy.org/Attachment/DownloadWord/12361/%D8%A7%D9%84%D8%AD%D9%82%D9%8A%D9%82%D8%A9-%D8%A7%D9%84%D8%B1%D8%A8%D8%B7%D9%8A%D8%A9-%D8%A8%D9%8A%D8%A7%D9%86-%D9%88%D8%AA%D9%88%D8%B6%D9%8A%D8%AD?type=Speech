--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -1197,107 +1197,107 @@
         </w:rPr>
         <w:t xml:space="preserve">حسنًا، إن شاء الله نأمل أن يحفظنا الله من شرور آخر الزمان وأن يوصل أنفسنا بالولاية وأن يأخذ هو زمام أمرنا وأن يسعد الله قلوب جميع أولي نعمتنا من بركات هذا الشهر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد.</w:t>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId3"/>
       <w:footerReference w:type="first" r:id="rId4"/>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{9C4F68B8-BAA1-4FA8-B199-65C14C2B19CD}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{042134EF-920B-40A8-8160-9C36BD6FB7BE}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{C30AFD24-0222-4C72-8E0C-BE486ABAFE1C}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{73EB058F-3DEE-426B-8119-27B756160723}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>