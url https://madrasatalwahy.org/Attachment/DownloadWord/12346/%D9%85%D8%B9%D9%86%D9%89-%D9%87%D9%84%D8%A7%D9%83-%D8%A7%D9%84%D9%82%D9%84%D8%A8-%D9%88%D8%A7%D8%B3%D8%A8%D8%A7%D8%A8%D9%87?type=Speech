--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -1547,51 +1548,51 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فإذن عندما يقول الإمام: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«أدعوك يا ربّ بلسان قد أخرسه ذنبه ربّ أناجيك بقلب قد أوبقه جرمه» </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قد أهلكه الجرم، وليس مراد الإمام أنّ الهلاك يعني أنّه انتهى وختم عليه، وجرى عليه قوله تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{خَتَمَ اللَّهُ عَلى‏ قُلُوبِهِمْ وَ عَلى‏ سَمْعِهِمْ وَ عَلى‏ أَبْصارِهِمْ غِشاوَةٌ وَ لَهُمْ عَذابٌ عَظِيمٌ}</w:t>
+        <w:t xml:space="preserve">﴿خَتَمَ اللَّهُ عَلى‏ قُلُوبِهِمْ وَ عَلى‏ سَمْعِهِمْ وَ عَلى‏ أَبْصارِهِمْ غِشاوَةٌ وَ لَهُمْ عَذابٌ عَظِيمٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فلو أنّ الله ختم لما أمكنك أن تقول يا الله وأن تقول يا ربّ، فكونك تستغيث بالله الآن ماذا يعني؟ يعني أنّ عملي فاسد، بما أنّك لست مثلي فلا تنظر إلى فساد عملي، بل انظر إلى صلاحك، وكما كان الحاج هادي الأبهري رحمه الله يقول: إن أعطيتنا يا الله ما نطلب منك فبيتك عامر، كان يقول: بيتك عامر! أي إنّك دائمًا ستكون موجودًا وسيكون بيتك عامرًا، وإن لم تعطنا فماذا نفعل؟! ما باليد حيلة، لا يتأتّى منّا أيّ شيء. رحمة الله عليه كان صاحب قلب صاف، صاحب قلب طاهر، كان له قلب نورانيّ، قلب ذو صفاء. وقد كان من جملة هؤلاء الذين أحاط بهم الخنّاسون والشياطين ـ وليس تعبير الشياطين منّي أنا، بل هو تعبير </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلاّمة </w:t>
       </w:r>
       <w:r>
@@ -2080,133 +2081,140 @@
         </w:rPr>
         <w:t xml:space="preserve">أمّا من هو الإمام السجّاد وماذا دعا؟ فهذا كلّه حقائق لا بدّ أن نذكرها في الليالي اللاحقة، ونبيّن أيّ نوع من الخطاب هذا، هل كان الإمام السجّاد يقول هذا الكلام واقعًا أم أنّه قال هذا الكلام من أجلنا نحن؟ ففي النهاية هل يقول الإمام السجّاد: أدعوك بقلب ميّت؟ إنّه إمام، فلو قلنا نحن ذلك فهو كلام حقّ، وهو حقيقيّ ولا بدّ أن يكون هكذا، ولنترك الحديث عن ذلك الآن، ولكن الإمام السجّاد يريد أن يقول على الأقلّ إنّ علينا أن لا نيأس، فرغم أنّ ألسنتنا لكناء خرساء بسبب الذنوب ولكن يكفي أنّها تتكلّم يا إلهي. ورغم أنّ قلوبنا قد سدّت نوافذ النور فيها بواسطة الجرائم والجنايات، ولكنّ هذا المقدار الباقي فيها والذي يجعلها تلتفت يقول الإمام السجّاد إنّ علينا أن نتمسّك به ونجعله وسيلة لكي يشملنا الله بلطفه وعنايته. وإن شاء الله إذا وفّق الله نترك سائر الكلام إلى الجلسة اللاحقة. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد.</w:t>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{370D52D4-556B-4AFE-A7E1-162932F66722}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{FD44A6A7-9ECB-430A-97DB-3B1A16F4520B}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{A585F02D-7245-4953-A717-4E32EBA8B1AB}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{2CF5CCF6-137D-4F3D-9FE8-44134F7C4724}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -3288,51 +3296,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4111,61 +4119,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -4440,63 +4523,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>