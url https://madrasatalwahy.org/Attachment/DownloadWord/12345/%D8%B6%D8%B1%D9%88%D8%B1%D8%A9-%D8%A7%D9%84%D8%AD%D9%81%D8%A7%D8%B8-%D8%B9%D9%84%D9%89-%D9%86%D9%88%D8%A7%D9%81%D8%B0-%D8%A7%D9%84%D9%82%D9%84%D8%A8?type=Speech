--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -11,54 +11,55 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -440,51 +441,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اشتراك الناس في الابتلاء باختلاف الحكم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ويبدو أنّ هذا قانون تكوينيّ عامّ إلا ما شذّ وندر، ويندر أن يُبتلى إنسان بذلك ثمّ يخرج منه بسلام، ويبدو أنّنا جميعًا مبتلون به ولا فرق بيننا فيه، ولا يمكن لأحد أن يبرئ نفسه </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَما أُبَرِّئُ نَفْسِي إِنَّ النَّفْسَ لَأَمَّارَةٌ بِالسُّوءِ} </w:t>
+        <w:t xml:space="preserve">﴿وَما أُبَرِّئُ نَفْسِي إِنَّ النَّفْسَ لَأَمَّارَةٌ بِالسُّوءِ﴾ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالنبيّ يوسف يقول: أنا لا يمكنني أن أبرّئ نفسي في وقت من الأوقات ولا يمكنني أن أجعل نفسي متميّزًا عن الآخرين كلاّ، فأنا هكذا أيضًا، أنا أمتلك هذه الخصوصيّة أيضًا، وأنا لديّ هذه الصفات أيضًا، وأنا لديّ هذه الغرائز أيضًا، أنا لديّ غرائز شهوانيّة أيضًا ولا أختلف عن الآخرين، وكوني أصبحت موضع اهتمام الله ليس سببًا لأن أكون دائمًا على منوال واحد ويستريح بالي ويختم على سجلّي. كلاّ فليس الأمر هكذا، ونظام الغيرة الإلهيّة لا يسمح حتّى لرسول الله الذي هو أشرف الكائنات أن يكون لديه وللحظة واحدة تصوّر على خلاف هذا النظام وعلى خلاف هذا السير وعلى خلاف مقام الربوبيّة ومقام العبوديّة، ولو فعل ذلك لسقط في قعر جهنّم، فغيرة الله لا تعرف أحدًا، لا تعرف النبيّ ولا أمير المؤمنين ولا فاطمة الزهراء ولا إمام الزمان ولا يزيد ومعاوية وقارون والمأمون وأمثالهم، لا تعرف أحدًا لا تعرف أحدًا. والأحداث هنا كثيرة، فلو أردنا أن نفكّر في هذا الجانب أو ذاك فالأمور كثيرة، وما فهمناه أثناء حياتنا والتجربة التي كانت لدينا مع الأعاظم وأولياء الله أثبتت لنا هذا الأمر وثبت لنا هذا الأمر، فذلك الوليّ الإلهيّ الذي رؤيته للنّاس رؤية توحيديّة ليس الأمر في يده، هذه هي حقيقة الأمر. لا أنّه يريد أن يظهر نفسه على هيئة معيّنة ويتصنّع ثمّ يقول: الجميع من وجهة نظري التوحيديّة على منوال واحد، على هيئة واحدة وعلى شكل واحد. فالجميع بالنسبة إليه سواء، الكبير منهم الذي في السبعين والثمانين والعالم الكبير وصاحب العنوان وصاحب المكانة والثروة وصاحب الشهرة، والطفل ابن السنتين والثلاث سنوات والذي لا يمكنه أن يمشي، حقًّا هما متساويان عنده ولا يختلف الأمر لديه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">التوحيد في نظرة أولياء الله إلى أنفسهم وإلى الآخرين (قصّة الإمام الحسن ودعوة الفقراء له)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -855,93 +856,93 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرتبة الثالثة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">] هذه الحالة للقلب تسمّى حالة الموت، وقد ورد ذلك في آيات القرآن أيضًا: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{خَتَمَ اللَه عَلى‌ قُلُوبِهِمْ وَ عَلى‌ سَمْعِهِمْ وَ عَلى‌ أَبْصارِهِمْ غِشاوَةٌ وَ لَهُمْ عَذابٌ عَظِيمٌ}‌</w:t>
+        <w:t xml:space="preserve">﴿خَتَمَ اللَه عَلى‌ قُلُوبِهِمْ وَ عَلى‌ سَمْعِهِمْ وَ عَلى‌ أَبْصارِهِمْ غِشاوَةٌ وَ لَهُمْ عَذابٌ عَظِيمٌ﴾‌</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> عندما يختم الله فلا مكان بعد ذلك للفلاح والنجاح، لا يعود يعي. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{الَّذِينَ آتَيناهُمُ الْكتابَ يعْرِفُونَهُ كما يعْرِفُونَ أَبْناءَهُمْ‌}</w:t>
+        <w:t xml:space="preserve">﴿الَّذِينَ آتَيناهُمُ الْكتابَ يعْرِفُونَهُ كما يعْرِفُونَ أَبْناءَهُمْ‌﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> يعرفون النبيّ كما يعرفون أبناءهم، يعرفون أنّ هذا رسول ومن عند الله، ولكنّهم لا يتخلّون عن أنفسهم حتّى الموت، ففي معركة أحد وربّما في بدر، لم يتخلّ ذلك المشرك عن ذاته حتّى عند الموت، قال: إذا أردت أن تقطع رأسي فاقطعه من هنا من أسفل الرقبة لتحفظ لي مقامي وشخصيّتي حتّى بعد موتي، فقد أراد رجل أن يقطع رأس أبي جهل في آخر لحظاته، فانظروا حقًّا هذا هو الواقع، أنت تموت الآن ولن تنفعك الدنيا فلماذا تريدها؟ حتّى في تلك اللحظة؟! كثيرون هم كذلك. ففرعون عند موته قال: لقد أخطأت يا إلهي</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ لا فائدة الآن اذهب وشأنك، فكثيرون عند الموت يدركون! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{آلْآنَ وَ قَدْ عَصَيْتَ قَبْل} </w:t>
+        <w:t xml:space="preserve">﴿آلْآنَ وَ قَدْ عَصَيْتَ قَبْل﴾ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؟!‏ أهذا وقت الإنابة والتوبة؟ كلاّ فقد فات الأوان وأغلق الملفّ، ولا فائدة بعد ذلك. ولكنّ العجيب هو أنّ بعضهم حتّى عند الموت لا يتراجعون وهذا عجيب جدًّا. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وقد واجهت مثل هؤلاء، أذكر أنّ هناك رجلاً كان قد ارتكب في حياته معاصي كثيرة وسمعت أنّه مريض ويودّع الدنيا ولم يكن مرضه من الأمراض الجيّدة، أي لم يكن قابلاً للعلاج على ما يبدو، ولم يكن قد بقي من عمره سوى أيّام، فأرسلت إليه وقلت له: يا عزيزي الآن أنت أخبر بحالتك وأنت ترى، وقد ارتكبت في حياتك هذه الأعمال، لقد آذيت هؤلاء الناس وارتكبت هذه المعاصي ولا يخفى عليك شيء، فعليك الآن أن تبدأ بإصلاح نفسك شيئًا فشيئًا، والطريق الذي أمامك ليس فيه مزاح، فإن كان هناك مزاح حتّى هذه اللحظة ففي هذه الأيّام القادمة لا مزاح وأنت بنفسك مطّلع، فلا بدّ أن تهتمّ بنفسك وبوضعك لترى ماذا سيحلّ بك. فذهب ذلك الذي أرسلته إليه وتكلّم معه، فلمّا رجع قال لي: وكأنّه ليس مريضًا وكأنّه لا يعلم بأنّه سيأتيه الموت في الأيّام القادمة، وكأنّ هذا الرجل لا اطّلاع له على حالته، وكأنّ هذا الرجل لا يعلم أنّ هناك ما ينتظره، والعجيب هو أنّه عندما شعر بأنّي آتي وأريد أن أقول له هذا الكلام أصرّ وضاعف من أعماله التي كان يقوم بها سابقًا عشر درجات قائلاً: كلاّ أنا هكذا ولا أغيّر وأمثال ذلك. ثمّ فارق الدنيا، فهل التفتّم؟ إنّه عين أبي جهل لا يختلف عنه، هو عين أبي جهل الذي قال ذاك الكلام في تلك المعركة غاية الأمر أنّ ذاك اسمه أبو جهل وهذا اسمه شيعيّ، والشيعيّ الذي يرتكب المعاصي ليس من شيعة أمير المؤمنين، وأمير المؤمنين لا يرضى به ولا يجعله إلى جانبه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
@@ -1025,222 +1026,229 @@
         <w:t xml:space="preserve">كيف يجري ذلك؟ يجري شيئًا فشيئًا! ويصل الإنسان شيئًا فشيئًا إلى هنا. أمّا حادثة إنكاره للإمام الجواد فحدّث ولا حرج ولها قصّتها المفصّلة، وقد كانت إحدى مصائب عليّ بن موسى الرضا، وحقًّا كان هذا الإمام الرضا غريبًا، وأعتقد أنّه كان أكثر غربة من جميع الأئمّة! لقد كانوا يقتلون الأئمّة، قتلوا الإمام الحسين، أمّا الإمام الرضا فجاؤوا به إلى المحكمة أمام الناس، ألا يخجلون من ذلك؟! كم كان شاقًّا على الإمام أن يأتي الناس ويقولوا: ما شاء الله ما شاء الله! انظروا إلى أبناء رسول الله! تعالوا وانظروا ماذا يقول هؤلاء! لقد اختلق وصيّة! لو قطّعوا الإمام مائة مرّة بالسيف قِطعًا قِطعًا لكان أهون عليه من هذا الموقف المهين له! حقًّا ماذا كان الناس يقولون لموسى بن جعفر عندما كانوا يرون ذلك؟! تفضّل وانظر هذا إمام وهؤلاء أبناؤه، فهؤلاء أبناء الإمام في النهاية، أبناء أخ الإمام في النهاية، فلم يكن كلّ واحد منهم سلمان وأمثال سلمان من النجوم اللامعة في سماء العلم والتقوى و…، كان نديم المتوكّل من أبناء الإمام الهادي.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بينما كان الإمام الهادي عليه السلام جالسًا بين أصحابه بُشِّر من داخل الدار بأنّ ولدك جعفرًا قد ولد، فتقطّب حاجبا الإمام فجأة، وتعجّب الحاضرون أن كيف بشّر بولادة ابنه ومع ذلك تقطّب حاجباه؟! قالوا ماذا جرى يا ابن رسول الله؟! لقد حدث حدث مبارك فلتهنّئ. فقال الإمام: الله يعلم ماذا سيجري على الشيعة من بعدي من المصائب بسبب ولدي هذا! فالحقيقة أنّه ليس بين الله وبين أحد قرابة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ ما أُبَرِّئُ نَفْسِي‌}</w:t>
+        <w:t xml:space="preserve">﴿وَ ما أُبَرِّئُ نَفْسِي‌﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> هذا كلام قاله النبيّ يوسف، فليس بين الله وبين أحد قرابة، أفضل الناس على وجه الأرض الإمام الهادي، فهل كان في زمان الإمام الهادي من هو خير منه في زمانه؟! أبدًا الإمام الهادي في زمانه هو الأفضل من الجميع وليس أفضل فحسب، وما هي كلمة "أفضل"؟! فأن تقول عن الإمام إنّه أفضل فهذا إهانة لمقام الإمامة، على الإنسان أن يستغفر من ذلك، فما هي كلمة "أفضل"؟! الإمام هو واسطة الفيض بين الله وبين الخلائق فما هي كلمة "أفضل"؟! كأنّك تقارن بين قطرة وبين عالم الوجود كلّه، فهل تقولون إنّه أفضل من هؤلاء، ألا يبعث ذلك على الخجل؟! كلاّ، ومع ذلك فابنه يصبح هكذا. من هو الأفضل في زمان موسى بن جعفر؟ إنّه الإمام موسى بن جعفر في النهاية، أمير المؤمنين [في زمانه]، الإمام الحسن [في زمانه]، سيّد الشهداء [في زمانه]، وكلّ هؤلاء، وجميع الأئمّة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عاقبة إهمال القلب</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أمّا إذا لم يربّ هذا القلب وإن لم يخضع نفسه للتربية فسيجري عليه ما جرى على مستكبري العالم وما سيجري عليهم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لذلك يقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ ما أُبَرِّئُ نَفْسِي}‌</w:t>
+        <w:t xml:space="preserve">﴿وَ ما أُبَرِّئُ نَفْسِي﴾‌</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> أنا لا يمكن أن أبرّئ نفسي أبدًا، لا يمكن أن أنسى نفسي، لا يمكن أن أنسى واقعي، فأنا إنسان هكذا، بهذه الحالة وبهذه القابليّة، ولا بدّ من الالتفات أن لا تؤدّي المعاصي والأعمال الباطلة لا سمح الله إلى سدّ تلك النوافذ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسنًا كنّا قد قرّرنا أن لا نتجاوز الساعة وليذكّرني الرفقاء إن شاء الله، ولكنّا أوكلنا ذلك الليلة إلى النسيان كما يحصل في سائر الأيّام. نسأل الله أن يشملنا جميعًا بتوفيقه ويجري على قلوبنا من بركات هذا الشهر المبارك، ويجعلنا من زمرة المنتبهين والملتفتين والمتذكّرين، فقد كان السيّد الحدّاد رضوان الله عليه يقول إنّ على الإنسان أن يقف على نافذة قلبه ويخرج غير الله. وإن شاء الله سنتحدّث عن هذا الموضوع في الليالي القادمة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد.</w:t>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId3"/>
       <w:footerReference w:type="first" r:id="rId4"/>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{A19D9095-7F08-4BF0-9CFD-8E6F55EAFE34}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{9060741A-8047-4247-8325-5017C6CD2D29}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{E7781440-DA2A-4626-8EC0-0ACA2D985E04}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{BE94583C-C442-40F7-96D9-C514E34AE064}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2019,51 +2027,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2842,61 +2850,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3171,63 +3254,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>