--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -146,51 +147,51 @@
         </w:rPr>
         <w:t xml:space="preserve">محاضرة القاها</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاج السيّد محمّد محسن الحسينيّ الطهراني </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">قدّس الله سره.</w:t>
+        <w:t xml:space="preserve">قدّس الله سره</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -575,59 +576,59 @@
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلاّمة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> يقول: عندما كان </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">السيّد الحدّاد</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> يقول: الله أكبر، فعندما كنّا ننظر إلى عينه كنّا نرى وكأنّ عينه لا ترى أيّ مكان! فهذا نوع من الصلاة أيضًا، تنظر العين ولكن لا ترى شيئًا هل رأيتم مثل هذا؟! أحيانًا يسرح فكر الإنسان وهو ينظر في اتّجاه معيّن، ومهما تحدّثت معه وحرّكت يدك فلا يرى، ففكره منصبّ على مكان آخر. هل رأيتم الأطفال أحيانًا يسرح فكرهم في شيء ولا يتمكّن الإنسان من تنبيههم ولفت نظرهم فعندما يقول: الله أكبر ينظر ولكن لا يرى، لا يرى أمامه جدارًا، لا يرى أفرادًا فلا يعرف أين مضى فلان، أن ذهب فلان؟ أين ذهب هذا الإنسان؟ إلى أين؟ هذه الصلاة هي التي يقول الأولياء علّموها للنّاس، هذه الصلاة هي صلاة تنهى، وهؤلاء الذي يعترضون ويقولون: نحن نصلّي بهذا المقدار فلماذا نعصي إلى هذا الحدّ؟! أليس لدينا</w:t>
+        <w:t xml:space="preserve"> يقول: الله أكبر، فعندما كنّا ننظر إلى عينه كنّا نرى وكأنّ عينه لا ترى أيّ مكان! فهذا نوع من الصلاة أيضًا، تنظر العين ولكن لا ترى شيئًا هل رأيتم مثل هذا؟! أحيانًا يسرح فكر الإنسان وهو ينظر في اتّجاه معيّن، ومهما تحدّثت معه وحرّكت يدك فلا يرى، ففكره منصبّ على مكان آخر. هل رأيتم الأطفال أحيانًا يسرح فكرهم في شيء ولا يتمكّن الإنسان من تنبيههم ولفت نظرهم فعندما يقول: الله أكبر ينظر ولكن لا يرى، لا يرى أمامه جدارًا، لا يرى أفرادًا فلا يعرف أين مضى فلان، أن ذهب فلان؟ أين ذهب هذا الإنسان؟ إلى أين؟ هذه الصلاة هي التي يقول الأولياء علّموها للنّاس، هذه الصلاة هي صلاة تنهى، وهؤلاء الذي يعترضون ويقولون: نحن نصلّي بهذا المقدار فلماذا نعصي إلى هذا الحدّ؟! أليس لدينا </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّ الصَّلَاةَ تَنْهَىٰ عَنِ الْفَحْشَاءِ وَالْمُنْكَرِ}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّ الصَّلَاةَ تَنْهَىٰ عَنِ الْفَحْشَاءِ وَالْمُنْكَرِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؟ نعم يا عزيزي! إنّ الصلاة تنهى عن الفحشاء، ولكن ليست هذه الصلاة التي نرتّب أثناءها العباءة حتّى لا تقع العمامة ولا نتحنّك أثناءها كما لدينا في الرواية: أنّ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«من تعمّم ولم يتحنّك فأصابه داء لا دواء له فلا يلومنّ إلا نفسه»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
@@ -798,51 +799,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فهذا ما يأخذه الملائكة ويمضون به، هذا هو المقدار الذي يأخذونه من الصلاة، يقولون: لقد صلّى صلاة لا رأس لها ولا باطن، فهذا يصلّي هكذا خوف العقاب غدًا، والله قال: حسنًا فهذا حدّه بهذا المستوى! وهناك صلاة صلاّها أمير المؤمنين بذلك الوضع وتلك الحالة التي جعلت الملائكة غير قادرين على أخذها وحفظها وتقبّلها، فصلاة أولياء الله لا تستطيع الملائكة تقبّلها، فاعلموا أنّ هناك اتّصال بذات الله. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وإن كان الرفقاء يذكرون يبدو أنّنا تحدّثنا على ما أذكر حول هذه المسائل، ويبدو أنّي لم أصبح عجوزًا كثيرًا! ولا يزال لديّ شيء من الذاكرة… يبدو أنّنا تحدّثنا حول كيفيّة الصلاة وكيف أنّ هذا العبد الذي وصل إلى مقام الفناء لا يرى معبودًا، ورؤية معبود وأنّك أنت في هذا الجانب وهو في ذاك الجانب يسمع، يرى الإنسان في العبادة شخصًا فيعبده فهذا الكلام كلّه خطأ. فهذه عبادات العوامّ، ففي عبادة العوامّ يرى الإنسان الله، أي يحسّ به، ثمّ يصلّي له، وفي عبادة العوامّ ينظر الإنسان إلى عابد ومعبود من حيثيّتي العبادة ومن جانبين، وفي عبادة العوامّ يصوّر الإنسان لنفسه مخاطبًا ثمّ يخاطب هذا المخاطب الذهنيّ له فيقول له: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إيّاك نعبد وإيّاك نستعين}</w:t>
+        <w:t xml:space="preserve">﴿إيّاك نعبد وإيّاك نستعين﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -911,66 +912,66 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهذا ليس لنا نحن، أمّا نحن فلنقرأ بشكل صحيح ما هو للعوامّ، والباقي معفوّ عنه، فذاك ليس لنا، ولكن أريد أن أقول إنّ هذه الأمور موجودة وعلينا أن لا نيأس، فهذا خطأ، علينا أن لا نيأس من رحمة الله ومن لطف الله، علينا أن لا نيأس، علينا أن لا نيأس. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهؤلاء الذين وصلوا إلى هنا كانوا في البداية مثلنا فهم لم يخرجوا من بطون أمّهاتهم عارفين، بل كان يصدق عليهم قوله: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لَا تَعْلَمُونَ شَيْئًا}</w:t>
+        <w:t xml:space="preserve">﴿لَا تَعْلَمُونَ شَيْئًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كغيرهم من الناس </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَاللَّهُ أَخْرَجَكُمْ مِنْ بُطُونِ أُمَّهَاتِكُمْ لَا تَعْلَمُونَ شَيْئًا}</w:t>
+        <w:t xml:space="preserve">﴿وَاللَّهُ أَخْرَجَكُمْ مِنْ بُطُونِ أُمَّهَاتِكُمْ لَا تَعْلَمُونَ شَيْئًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> الله أخرجكم من أمّهاتكم لا تعلمون شيئًا أبدًا صفرًا، كنتم في الفناء المحض، الفناء المحض، لا إدراك ولا إحساس ولا شيء آخر، ثمّ وشيئًا فشيئًا وبواسطة الرياضات وشيئًا فشيئًا بواسطة العبادات، وشيئًا فشيئًا بواسطة المراقبات، شيئًا فشيئًا مع القيام بذلك عن فهم لا عن تقليد أعمى، عن فهم وعقل واختيار ومراقبات شرعيّة ورياضات شرعيّة وأوامر واردة عن الأئمّة المعصومين صلوات الله وسلامه عليهم أجمعين، وبواسطة هداية ومراقبة أولياء الله، وصلوا إلى حيث كانوا تحت لواء وولاية الإمام عليه السلام، وصدرت منهم تلك الحالات. يمكن ذلك يمكن، لماذا لا يمكن؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الإمام هو إمام لكي يأخذنا إلى مقامه</w:t>
@@ -1448,51 +1449,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لذلك على الإنسان دائمًا أن يُبقي نافذة قلبه صافية ومفتوحة على الواقع، حتّى إذا قالوا له: لقد أخطأت يا فلان ذلك الخطأ لا ينادي بالويل والثبور ويقول: ماذا أصنع؟ فمن جهة لا أعرف كيف أجيب، ومن جهة أخرى فقد عملت مدّة من الزمان وتقدّمت وصار لي شأن بين الناس وموقع، فيقول الناس: لقد أخطأ فلان، في حين أنّ آخر لم يمرّ على التحاقه بالأستاذ إلا بضعة أيّام ومع ذلك كلامه صحيح! فماذا سيقول الناس حينها؟ السيّد فلان السيّد فلان!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ يا عزيزي دعك من هذا الكلام الفارغ الذي لا قيمة له </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{سَرَابٍ بِقِيعَةٍ يَحْسَبُهُ الظَّمْآنُ مَاءً}</w:t>
+        <w:t xml:space="preserve">﴿سَرَابٍ بِقِيعَةٍ يَحْسَبُهُ الظَّمْآنُ مَاءً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> إنّه فقّاعة ألم تروا الفقّاعة على وجه الماء؟! هذا ما يقال له الفارغ، فإذا ما أخذت طشتًا من الماء فإنّ الفقّاعات تطفو على وجهه، إنّها فارغة. كلّ هذه الألقاب فارغة، كلّها أهواء، وهذه الأهواء صارت هي الله، وهذه الآلهة صارت تنافس الله، هذه الآلهة هي التي وقفت أمام الله ولا تسمح له أن يدخل، وهذه الأهواء التي ترى الموقع بين الناس والحالة بالمقارنة إلى الآخرين والخصوصيّة، والحال أنّ كلّ ذلك أهواء، فما معنى الأهواء؟ تعني الإله وهذا الإله قد حلّ مكان الله وهو يقول: إمّا أن يكون المكان لي أو لك؟! والله غيور أيضًا فيقول: إنّي أترك نصيبي إلى شريكي، الكلّ لذاك الإله، لتلك الآلهة التي في ذهنك: فالرفيق إله، والشريك إله، والزوجة والأولاد إله، والجار إله، والزبائن إله، فقد جاءت كلّ هذه الآلهة وفتحت لنفسها أماكن، أماكن واسعة، وجعلت لنفسها حريمًا، وقالت: نحن لا نغادر من هنا، فقد أتينا إلى هنا ودخلنا القلب بقوّة، وأغلقنا جميع نوافذه وكنسنا كلّ شيء وأخرجنا الله خارجه، فليذهب هو إلى عرشه، ونحن جلسنا هنا ولن نخرج. فهذه الآلهة لا تسمح أن يدخل الله، فقد أغلقت الباب، فماذا يجب أن نصنع بها؟ لا بدّ أن نخرجها واحدًا تلو الآخر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
@@ -1515,51 +1516,51 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كان </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلاّمة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> يتحدّث عن أحدهم ولن أذكر اسمه ويقول: إنّه عندما كان يصل إلى جماعة يقوم بعمل يسبّب اعتراض الأستاذ، فلا تفعلوا ذلك أنتم بحيث إذا التقيتم سبّبتم اعتراض الأستاذ، فهؤلاء من يسمّون بالملامتيّة، ولا مجال لهذه الأمور في مدرسته، وهذه المسألة لا تستحقّ أن نتكلّم عنها، وإنّما ذكرتها للتوضيح والتذكير وإلا فلا حاجة لذكر هذه الأمور، وقد كان أستاذه يعرف جيّدًا أيّ موضع منه يؤدّب! أفهل يعقل أن يقوم الإنسان بهذه الأعمال الفاسدة، كلاّ بل على الإنسان أن يكون عمله صحيحًا وفي المكان المناسب، و </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{الْإِنْسَانُ عَلَىٰ نَفْسِهِ بَصِيرَةٌ}</w:t>
+        <w:t xml:space="preserve">﴿الْإِنْسَانُ عَلَىٰ نَفْسِهِ بَصِيرَةٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، والطبيب الدوّار بطبّه يمكنه أن يأتي ويصلح الأمر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فإذا تكرّرت هذه الأمور شيئًا فشيئًا وشيئًا فشيئًا يرى الإنسان أنّه لا مشكلة كبيرة في الأمر، وسواء أخطأ أم لم يخطئ، فلا فرق بالنسبة إليه، ولا يشعر بذلك الثقل السابق، وإذا تكرّر معه ذلك أمام رفيقه صار الأمر لديه معتادًا. فيقول له رفيقه حينها: يا عزيزي كنت أظنّ أنّك شيء، تعال فأنت مثلنا. بماذا يجيب زوجته عندما يذهب إلى المنزل؟! هنا المشكلة، فقد صنع لنفسه برجًا وأعلن أنّي كذا وكذا، وزوجته تقول: ما شاء الله ما شاء الله! لقد كنت علاّمة قبل عشرين عامًا وكذا وكذا والآن صرت هكذا؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1924,88 +1925,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{871D82F9-E56D-4AC4-B16B-A548D232ED7A}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{00BE5813-D5F6-4C69-B3AA-E4A102AF4B5F}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{3DA277DB-CA93-4CA5-9EC4-1C0046942E35}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{FD2FA332-490D-4174-AE60-64D3F5E377D2}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -3092,51 +3100,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3915,61 +3923,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -4244,63 +4327,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>