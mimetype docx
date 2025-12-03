--- v0 (2025-10-10)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -146,51 +147,51 @@
         </w:rPr>
         <w:t xml:space="preserve">محاضرة القاها</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاج السيّد محمّد محسن الحسينيّ الطهراني </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">قدّس الله سره.</w:t>
+        <w:t xml:space="preserve">قدّس الله سره</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -512,51 +513,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فنحن نأخذ بمقدار كشتبان، فسعتنا بمقدار كشتبان لو صبّت فينا قطرتان نمتلئ ويفيض الماء من جوانبنا فنظنّ أنّنا شيء مهمّ، نظنّ أنّنا شيء مهمّ، فلا يستطيع أحد بعدها أن ينظر إلينا، ولا يستطيع أحد أن يتكلّم معنا. يا عزيزي ذاك لديه بحار ولكن صوته لا يُسمع، جالس بهدوء. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الجميع واحد. ماذا تقول تلك الآية الشريفة؟ فليقل أهل الفضل والعلماء والفقهاء </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{أَنْزَلَ مِنَ السَّمَاءِ مَاءً فَسَالَتْ أَوْدِيَةٌ بِقَدَرِهَا}</w:t>
+        <w:t xml:space="preserve">﴿أَنْزَلَ مِنَ السَّمَاءِ مَاءً فَسَالَتْ أَوْدِيَةٌ بِقَدَرِهَا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، ينزل من السماء ماء واحد، الماء الذي ينزل من السحاب، المطر الذي يهطل من السحاب هو واحد لا أكثر، الماء الذي ينزل من السحاب في قم لا يختلف عن ذاك الذي ينزل في أفريقيا وفي أميركا وفي مكّة، إنّه واحد، لا أنّ الأوكسيجين والهيدروجين الذي فيه يختلف، كلاّ فالسحاب سحاب، والسحاب هو عبارة عن الغيوم التي تحمل الماء والمطر، وهي تسبّب نزول الفيض ونزول البركات في الأماكن المتباعدة، وهي واحدة في جميع الأماكن أيضًا. كلّ إنسان يستفيد بحسبه وبمقدار سعته وظرفيّته، كلّ إنسان يستفيد بحسبه. فعندما يهطل المطر تحملون في أيديكم أوعية لتجمعوا من ماء نيسان، ألم تسمعوا بماء نيسان؟! ماء المطر فيه؟ فكلّ وعاء بمقدار سعته وحدوده ينال من هذا المطر، والأوعية تختلف في أحجامها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">والأئمّة عليهم السلام جميعًا يأخذون من مصدر واحد، والدعاء الذي يدعون به هو من مصدر واحد، فما يبيّنه النبيّ للنّاس يأتي بعينه عن أمير المؤمنين، وبعينه عن الإمام الحسن وبعينه عن الإمام سيّد الشهداء وبعينه عن الإمام السجّاد وهلمّ جرًّا، وبعينه الآن عمّن؟ عن إمام الزمان بقيّة الله، بعينه. الاختلاف ليس إلا في الزمان، الاختلاف في الزمان لا غير، وليس هناك أيّ اختلاف سوى ذلك، فاذهب إلى الإمام السجّاد وقل له أريد منك برنامجًا سلوكيًّا لطريقي، لسيري، ثمّ اذهب إلى الإمام الرضا فإنّه يعطيك البرنامج نفسه، يمكن أن يقول الإمام الرضا شيئًا مغايرًا في زمانه، ولكنّه مع ما قاله الإمام السجّاد واحد لو دقّقتم، فلو كان الإمام السجّاد في زمان الإمام الرضا لأمكن أن يغيّر كلامه، ولكنّه هو في ذاك الزمان يبيّنه بذاك النحو، وذاك هو عين هذا. ولو كان سيّد الشهداء عليه السلام هو الإمام لصنع مع معاوية ما صنعه الإمام الحسن المجتبى عليه السلام معه، ولما اختلف الأمر أبدًا، ولو كان الإمام المجتبى في زمان يزيد وبتلك الظروف لحدثت واقعة كربلاء وعاشوراء بعينها على يد الإمام المجتبى عليه السلام، فهذا هو الإمام. هذا هو الإمام. أي هو شيء واحد ونور واحد في أربعة عشر مظهرًا ومجلى، يسري نور واحد ويجري في أربعة عشر مظهرًا ومجلى، وذاك الهراء الذي يقال هنا وهناك من أنّ هذا حسنيّ وذاك حسينيّ وذاك كذا الزمان وأمثال هذا الكلام فلا معنى له وهو باطل، فإمام الزمان لا يختلف عن الإمام الحسين، وأمّا الاختلاف في الشاكلة والطبيعة فهو شيء آخر.</w:t>
@@ -1060,51 +1061,51 @@
         <w:t xml:space="preserve">معنى «أدعوك راهبًا»</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الراهب هو القلق من الصدمة، القلق من المانع، القلق من الإشكال، القلق… فهل رأيتم هؤلاء الرهبان؟! يقال رهبان، هؤلاء قلقون من التعامل مع الناس، يرون أنّ الناس ليس لهم مهارة إلا بإفساد الإنسان وتضييعه، فقط يأتون ويجلسون ويتلفون وقت الإنسان، ويشغلون رأسه بالأمور الدنيويّة التي لا فائدة منها، لذلك فقد اعتزل هؤلاء وتنحّوا جانبًا. فذهب هؤلاء الرهبان إلى الصومعة وأمثالها… وطبعًا ليس لدينا في الإسلام اعتزال، الاعتزال في الإسلام هو ذلك الاعتزال السلوكيّ الذي أمر به الأئمّة بشكل خاصّ، وهو الذي يوصي به الأعاظم تلامذتهم، وله شروط خاصّة إن شاء الله نتكلّم عنه لاحقًا في جلسات عنوان البصري ولا نستطيع الآن أن نتكلّم عنه، وسنبيّن هناك كيف هو وما هي شروطه؟ أمّا هذا الاعتزال الموجود الآن فلا وجود له في الإسلام، ولكن الإسلام مدح في آيات القرآن الرهبانيّة: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَرَهْبَانِيَّةً ابْتَدَعُوهَا مَا كَتَبْنَاهَا عَلَيْهِمْ إِلَّا ابْتِغَاءَ رِضْوَانِ اللَّهِ}</w:t>
+        <w:t xml:space="preserve">﴿وَرَهْبَانِيَّةً ابْتَدَعُوهَا مَا كَتَبْنَاهَا عَلَيْهِمْ إِلَّا ابْتِغَاءَ رِضْوَانِ اللَّهِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> أي إنّ هذا الاعتزال الذي اتّخذوه لم نأمرهم به، لم نقل لهم أن اعتزلوا الناس ولا تتزوّجوا و… وطبعًا الإسلام يحارب العزوبيّة ويخالف الاعتزال ويخالف العزلة، يخالف ذلك، ومقام الإسلام هو مقام الجمع بين الظاهر والباطن، والجمع بين ترتيب قوانين التكوين ومباني التزكية والتربية والتشريع، ففي الإسلام جمع بين هذين، وهذا هو الذي يوصل الإنسان إلى الكمال، هذا هو الذي يوصل الإنسان إلى تلك النقطة الكماليّة، وإلاّ فإنّ الناس بواسطة الاعتزال وبواسطة الوحدة وبواسطة العزلة وعدم النكاح يمكنهم أن يشتغلوا بتصفية الباطن، يمكنهم أن يقوموا بذلك، ولكنّهم لا يصلون إلى تلك الجامعيّة، تلك الجامعيّة لها خصوصيّات لا تحصل للإنسان بغير الزواج والنكاح، وطبعًا ليس الزواج بنفسه بل الزواج وتلك الظروف التي هي حوله. ولكنّ هؤلاء قاموا بذلك لماذا؟ لكي يصلوا إلى الله، حسنًا جزاهم الله خيرًا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فكلمة راهب تطلق على الإنسان القلق، والقلق يختلف عن الخوف، فتارة تخاف من شيء، من حيوان مفترس، من سبع يظهر أمامك فتخاف منه فجأة، فهنا لا تكون قلقًا، فالقلق يختلف عن الخوف. وهكذا تارة يهبط سقف إلى الأسفل فتفرّ، فلا تكون قلقًا، بل يحدث لديك الخوف فجأة. وراهبًا تعني أنّك في حالة قلق، القلق من ماذا؟ القلق من أنّك ستجيبني أم لا، القلق من هذا. أدعوك يا ربّ راهبًا عبادة رهبة وعبادة رغبة، عبادة الرهبة تعني العبادة التي يقوم بها الإنسان وهو دائمًا في حالة اضطراب وتشويش هل هي مقبولة أم لا، هكذا هو في حالة ترديد لا يدري هل يقبلونه أم لا. </w:t>
@@ -1285,102 +1286,102 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">معنى آية (إنّك لا تهدي من أحببت…)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عندما يقول الله لنبيّه في الآية القرآنيّة: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّكَ لَا تَهْدِي مَنْ أَحْبَبْتَ وَلَٰكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّكَ لَا تَهْدِي مَنْ أَحْبَبْتَ وَلَٰكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> أنت نبيّي! فهل يمكنك أن تهدي أحدًا؟ فهذه الآيات هي معجزة القرآن! فهذه هي التي تكشف لنا سرّ الأمر. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّك لا تَهْدِي مَنْ أَحْبَبْتَ}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّك لا تَهْدِي مَنْ أَحْبَبْتَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فالله لا يمازح النبيّ أن اذهب وقل هذا الكلام للنّاس، كلاّ بل هو يقول للنبيّ حقًّا إنّك لا يمكنك أن تفعل شيئًا ولو بمقدار رأس الإبرة، لا يمكنك أن تفعل شيئًا ولو بمقدار رأس الإبرة! أنت لا يمكنك أن تتكلّم بغير إذننا وبغير إجازتنا! هل يمكنك؟ فاذهب وأرشد فلانًا! اذهب! يمكنك في النهاية! أنت الذي يحترق قلبك على عليّ إلى هذا الحدّ، أنت الذي يريد أن يكون عليّ خليفته، من كان المانع من ذلك؟ لقد كان هذان هما المانع، فاذهب واهدهما، اذهب وأزح هذه الأحجار من أمام الأرجل، اذهب واصنع من هذين الاثنين بشرًا كيلا ينفّذا خطّة سقيفة بني ساعدة وينحرفا بالجميع، وكما يقول بعض علمائنا من الشيعة كيلا يحقّقا فخرًا للإسلام، السقيفة فخر الإسلام! سبب لافتخار الإسلام! أليس كذلك؟! إن كنت تستطيع فاذهب وأصلح أبا سفيان، إن كنت تستطيع فاذهب وأصلح أبا جهل، إن كنت تستطيع فاذهب وأصلح عَمرًا بن العاص، إن كنت تستطيع فاذهب وأصلح قنفذًا، قم وأصلح هؤلاء! فإذن من الواضح أنّ الأمر ليس بيدك، فبيد من هو إذن؟! بيدنا نحن. النبيّ لم يستطع فهل أستطيع أنا؟! هل أستطيع أنا الطهراني أن أصلحهم؟! هل لديّ أنا نفوذ للكلمة؟! هل لديّ أنا تأثير في الآخرين؟! هل هذا لي أنا؟! كلاّ! فهذا هو التوحيد. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّكَ لَا تَهْدِي مَنْ أَحْبَبْتَ}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّكَ لَا تَهْدِي مَنْ أَحْبَبْتَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. لا تخالنّ أنّ بإمكانك أن تهدي كلّ من تريد، قم بواجبك، قم وأدّ ما عليك، قم واذهب إلى الطائف وأدّ واجبك، قم واذهب إلى مكّة وأدّ واجبك، أرسل رسالة إلى سلطان الروم، وسلطان إيران وسلطان مصر والحبشة، أرسل سفيرًا وأرسل مبلّغًا، ولكنّ الذي يهدي والذي يُنجح العمل والعلّة الأساس في الأمر أين هي؟ إنّها في يدنا، ترجع إلينا، علينا أيّها الرفقاء أن نجعل </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّكَ لَا تَهْدِي مَنْ أَحْبَبْتَ}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّكَ لَا تَهْدِي مَنْ أَحْبَبْتَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> هذه شعارًا لنا، ونجعل حياتنا على هذا الأساس، فإذا فهمنا هذا المعنى فقد وصلنا إلى سرّ السلوك، وإن لم نفهمه فإنّا لن نصل ولو بعد مائة عام، ولا فائدة من سيرنا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسنًا فنحن نأتي ونقول: إلهي نحن قمنا بهذا! والله يقول: تعال وأخبرنا عن نفسك، فهذا الذي تبيّنه عن نفسك كان لنا؛ لديك علم، نحن من أعطاكه، لديك بيان، نحن من أعطاكه، لديك هداية، فنحن من هداك، فماذا عنك أنت؟! ماذا لديك أنت لتقدّمه هنا؟! فماذا يجب أن يقال هنا؟ قلب خاضع وقلب خاشع، اللهمّ نحن أشقياء، هذا ما لدينا نحن، اللهمّ إنّا مساكين، هذا ما لدينا نحن، هذه الأمور هي لنا، اللهمّ نحن خالو الأيدي، ليس في أيدينا شيء، هذا ما يرتبط بنا نحن. اللهمّ إنّا أذلّة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1575,133 +1576,140 @@
         </w:rPr>
         <w:t xml:space="preserve"> في الوقت الذي أنا راهب فأنا راغب أيضًا، هناك أمل أيضًا، وكما أنّي راجٍ فأنا خائف أيضًا، هناك خوف ورجاء، هناك قلق وهناك ميل ورغبة، كلا الأمرين متحقّق. أمّا كيف يجتمع هذان الأمران معًا؟ فإن شاء الله في الليالي القادمة إن وفّقنا الله.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد.</w:t>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{9D8B326F-B155-4E5F-AA23-CBE0B6861B4E}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{8ED4E274-6006-4B82-9971-E202DB513DCF}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{DD60306F-0D95-4A4A-AEA5-B4D0CA30D93E}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{72C384AE-D07B-4277-B7DE-A15850F23C3A}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2678,51 +2686,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3501,61 +3509,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3830,63 +3913,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>