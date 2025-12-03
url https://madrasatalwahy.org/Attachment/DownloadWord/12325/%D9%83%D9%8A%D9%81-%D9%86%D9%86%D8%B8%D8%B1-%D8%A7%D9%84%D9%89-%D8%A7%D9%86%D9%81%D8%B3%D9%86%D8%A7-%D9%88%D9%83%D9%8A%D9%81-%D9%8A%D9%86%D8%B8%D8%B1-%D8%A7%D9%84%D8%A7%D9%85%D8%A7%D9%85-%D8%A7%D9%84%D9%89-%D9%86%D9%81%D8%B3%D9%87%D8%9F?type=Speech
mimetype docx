--- v0 (2025-10-08)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,51 +75,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كيف ننظر إلى أنفسنا وكيف ينظر الإمام إلى نفسه؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ضرورة التفات الإنسان إلى فقره.</w:t>
+        <w:t xml:space="preserve">ضرورة التفات الإنسان إلى فقره</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣۰ هـ - الجلسة التاسعة عشرة (شرح حديث عنوان البصري الجلسة ۱۷٣)</w:t>
       </w:r>
@@ -550,99 +551,99 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالعبد عبد أمام مولاه، سواء في منزل المولى أو خارجه، وسواء خارج منزل المولى أو لو كان أمام المولى، وسواء كان وراء المولى أو أمامه، العبد عبد، وهو لا يتخلف في حال من الأحوال، لأنّه يرى نفسه عبدًا، لم يتّفق يومًا أن ينظر عبد من العبيد إلى نفسه نظرة استقلاليّة، فالظروف لا تسمح له بذلك، الأحوال لا تسمح له بذلك، ربّما لو تغيّرت الظروف لابتلي بذلك البلاء ولنسي مقامه الحقيقيّ، الإحساس بحقيقة الأمر شيء مهمّ جدًّا لم أتمكّن في الجلسة السابقة من المتابعة في بيانه، لم أكن قادرًا على ذلك وبقي هذا الموضوع ناقصًا. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فانظروا، نحن في الحالة الواقعيّة التي نحن فيها واقعنا هو واقع الاستكبار، نكذب فنقول: نحن لسنا شيئًا، أقولها بصراحة وبلا مجاملة نحن نكذب، نحن نكذب بالقول بأنّنا أمام الله لسنا شيئًا، نكذب حين نقول </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ ما بِكُمْ مِنْ نِعْمَةٍ فَمِنَ اللَه}</w:t>
+        <w:t xml:space="preserve">﴿وَ ما بِكُمْ مِنْ نِعْمَةٍ فَمِنَ اللَه﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كلاّ فهذا الكلام لا واقع له عندنا، ولدينا كذب إلى ما شاء الله، بعضهم بنسبة مائة في المائة، وبعضهم بنسبة سبعين في المائة، وبعضهم بنسبة ستّين في المائة، وبعضهم بنسبة ثلاثين في المائة، فالنسب تختلف. وقولي أنّا نكذب هو لأنّي أردت أن أتكلّم بصراحة عالية، ولا يكون كلامي مغلّفًا بغطاء وأمثال ذلك، ففي النهاية هناك مراتب مختلفة في ذلك، وهذا الأمر واضح من حالاتنا وسكناتنا وأوضاعنا، وإن شاء الله نحن في طريق الإصلاح، فلو لم نكن في طريق ذلك لما أتينا إلى هنا ولما طرح البحث حول هذه المواضيع، وهذا الطريق مفتوح للجميع، غاية الأمر أنّ بعض الناس لا يختارون هذا الطريق ويختارون غيره، وهذه الأمور لا تصل إلى الآذان بل تصل بنحو آخر، ولكن إذا أراد الإنسان أن يكون في طريق الإصلاح فهذا في نفسه فخر، فهو فخر أن يبدّل كذبه إلى صدق، وأن يبدّل نفاقه إلى صفاء وخلوص! وفخر أن يبدّل مكر النفس وحيلها وخصوصيّاته النفسيّة وميوله إلى شؤون الدنيا إلى ميول وركون إلى حقائق عالم الآخرة واعتماد عليها، فهذا فخر، وهذا الفخر لا يكون من نصيب أيّ إنسان، وحقًّا لا بدّ من التفكير والالتفات وعدم تفويت الإنسان للفرصة: اغتنموا الفرص فإنّها تمرّ مرّ السحاب.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فلهذا إذا أردنا أن ننظر إلى أنفسنا نجد هذه الحقيقة وهي أنّ كلّ إنسان يمكنه الوصول إلى هذا الأمر بمستوى معيّن، وهذا ليس في غاية الصعوبة، ويمكن للإنسان أن يقوم بجولة في نفسه، ويمكنه أن يقوم بتمرين في نفسه، ويمكنه أن يوجد في نفسه نظرة. فهناك واقع موجود وهو أنّا نواجه ونحارب الحقائق التوحيديّة، وأنّنا نقف في مقابل المسائل الربوبيّة، ونحن نقف وجهًا لوجه أمام الحقائق والواقعيّات، وطبعًا تختلف نسب ذلك، وقد ذكرت أنّ جميع الأمور التي يأمر بها الأعاظم لأجل المراقبة والتزكية وأمثال ذلك هي للوصول إلى هذا الأمر، وأن تتحوّل هذه المواجهة والمحاربة شيئًا فشيئًا إلى موافقة ومرافقة، وترجع تلك الأنانيّة إلى العبوديّة، وذلك الاستكبار إلى تواضع أمام عالم الوجود وأمام الإرادة الربوبيّة، كلّ البرامج هي لأجل هذا، وبمقدار ما يتقدّم الإنسان وبمقدار ما يفتح أذنه فإنّه يفلح، بعضهم يفتحون آذانهم أثناء المحاضرات والأحاديث، وبعضهم يفتحونها بمقدار النصف، وبعضهم يختلف حالهم من مكان إلى آخر، يصلون إلى مواضع </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يجعلون أصابعهم في آذانهم}</w:t>
+        <w:t xml:space="preserve">﴿يجعلون أصابعهم في آذانهم﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هكذا، فأنا لا أسمع، وبعضهم إذا وصلوا إلى مواضع وجدوا أنّها توافقهم فلا يقتصرون على فتح أربع آذان بل يفتحون كلّ شيء لكي يسمعوا الكلام بشكل أفضل وصحيح؛ لأنّه ينتهي إلى ما نبحث عنه. والحاصل أنّه لا بدّ من السير في هذا الطريق، فهذا هو الطريق، وعلى الإنسان أن يهتمّ بهذه الأمور ويدقّق بها. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -855,51 +856,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاربة الإمام عليّ عليه السلام والتنحّي عنه خسران</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لذلك فإنّ محاربة أمير المؤمنين هذا هي محاربة لله، والسكوت أمام عليّ والتنحّي جانبًا عنه هو محاربة لله، فسواء واجه الإنسان أمير المؤمنين سيكون محاربًا لله، أو لم يواجه بل تنحّى فقط كما فعل الزبير، فالزبير في معركة الجمل قال: لا في هذا الجانب ولا في ذاك. لقد أخطأتَ، لا معنى لهذا الكلام، فذاك الجانب على الباطل وهذا الجانب حقّ، حقّ، "حا" و"قاف"، ولأنّه حقّ لا يمكنك أن تتنحّى وتقول </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لا إلى هؤلاء ولا إلى هؤلاء}</w:t>
+        <w:t xml:space="preserve">﴿لا إلى هؤلاء ولا إلى هؤلاء﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، أتنحّيت؟! طبعًا أنت خير من هؤلاء الذين واجهوا وشهروا السيف، لا شكّ في ذلك، ولكنّك رغم ذلك خسرت حياتك، فأنت لا تحسب في صفّ أمير المؤمنين، لماذا؟! لأنّه هو عليّ وهو أمير المؤمنين؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هذا المنهج هو منهج أمير المؤمنين، وذاك أيضًا منهجنا في المقابل، عندما نتكلّم مع الله فإنّنا نتعامل مع الله على أساس واقعنا الحقيقيّ، فذاك هو الواقع غاية الأمر أنّ ظاهرنا ماذا؟! ظاهرنا أنّا نغيّر ثيابنا، نطأطئ رأسنا، نصدر الآهات باكين، نتظاهر بأنّنا في حالة رقّة وأمثال ذلك ممّا يعلمه أهل الخبرة في هذه الأمور، فهناك أساليب مختلفة لهذه الأمور.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
@@ -1652,132 +1653,151 @@
         <w:t xml:space="preserve">الحمد لله، لهؤلاء الأعاظم وأولياء الله وللطف الله منّة على رؤوسنا حيث صارت هذه الحقائق في متناول أيدينا. وسأخبركم بهذا الأمر أيّها الرفقاء: كلّما مرّ يوم أشعر أنّا قاصرون عن أداء شكر لطف الأعاظم وكرمهم، حقًّا فقد رأيتم بأنفسكم وأحسستم بتجربة اتّباع الأعاظم في هذه الأمور، ولكن في النهاية يشعر الإنسان ببعض الندم أن ليتني فعلت هذا وليتني لم أفعل هذا، ولكن الإنسان يرى أنّه لا داعي للندم، فالطريق مفتوح، لأنّه عمل بما أمروا، عمل بما طلبوا، عمل بما بيّنوا، فهو مطمئنّ البال، لا مشكلة لديه أيضًا، وطريقه واضح ومعيّن، لماذا ذلك؟! هذا يرجع إلى كيفيّة بيان الأمر، كيفيّة تقديم المسألة، وإلا هذا الكلام بعينه يبيّنه آخر بطريقة أخرى ويجرّ الناس خلفه وفجأة يلطم على رأسه، آه آه بعد مرور زمان طويل أخطأنا، لقد أخطأنا، أمّا لو أنّ الإنسان لم يكن باحثًا عن كلام هذا وذاك، بل كان باحثًا عن كلام الأعاظم فإنّه لا يندم، ولا معنى لـ «أخطأنا». فهل التفتّم؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لماذا كلّ ذلك؟ هذا لأنّ هؤلاء سهّلوا طريقنا، أخرجونا من حالة القلق، قالوا: تعال معنا وألق حملك على عاتقنا وكن مرتاح البال مطمئنًّا. وماذا عن المسؤوليّة؟ إنّها في عهدتهم هم، تعال معنا فإنّا نسهّل طريقك، لن يكون لديك عذاب وجدان بعد عشرات السنين، لن يكون لديك عذاب وجدان بعد مضيّ هذه المدّة، لن تأكل نفسك حنقًا، لن تقول: آه آه، لقد طويت الطريق من البداية بما يرضاه الله، وليس عليك تبعات. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أدام الله الظلّ المبارك لوليّ العصر فوق رؤوسنا، فهو وليّنا الحقيقيّ والواقعيّ، وقد كان المرحوم العلاّمة والأعاظم يقولون لا تنسوا الدعاء والصدقة لأجل سلامته كلّ يوم.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{B8D13E84-D34B-4938-B606-29FA60B332D5}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{876CF9DC-7D0A-4BE7-9BB2-9013A2D189B1}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{8494FEB1-0F4E-46F0-9B3E-CA6111579F95}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{D68A8E57-E336-4DC6-BE7B-447AF096F9A9}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1826,61 +1846,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="1" name="_x0000_i0001">
+                <wp:docPr id="5" name="_x0000_i0005">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0001"/>
+                        <pic:cNvPr id="0" name="_x0000_i0005"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1983,61 +2003,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="2" name="_x0000_i0002">
+          <wp:docPr id="6" name="_x0000_i0006">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0002"/>
+                  <pic:cNvPr id="0" name="_x0000_i0006"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2676,51 +2696,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3499,61 +3519,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3828,63 +3923,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>