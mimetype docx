--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -146,51 +147,51 @@
         </w:rPr>
         <w:t xml:space="preserve">محاضرة القاها</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاج السيّد محمّد محسن الحسينيّ الطهراني </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">قدّس الله سره.</w:t>
+        <w:t xml:space="preserve">قدّس الله سره</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -342,72 +343,72 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">۱. سيرة العقلاء في المدح والذمّ (مثال الدخول بغير إذن) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">والدليل على ذلك هو أنّه عندما يتّضح للإنسان أنّ هذا العمل الخارجيّ له علّة أخرى وجهة أخرى سوى تلك الجهة التي يتصوّرها تتغيّر حالته فجأة ويقول: لا إشكال عند هذا، إنّه لم يكن مقصّرًا حين قام بهذا العمل، فلو فرضنا أنّ إنسانًا أراد أن يدخل منزلاً، فيضرب الباب ويكسره ويدخل، فهذا العمل غير صحيح، لا بدّ أن يرنّ الجرس ويستأذن! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يا أيّها الذين آمنوا لا تدخلوا بيوت النبيّ إلا أن يؤذن لكم}</w:t>
+        <w:t xml:space="preserve">﴿يا أيّها الذين آمنوا لا تدخلوا بيوت النبيّ إلا أن يؤذن لكم﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فإذا أردتم أن تدخلوا فاستأذنوا فليس هذا نزلاً تدخلونه هكذا دخول الحيوانات، فالبيت له حسابه، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إلا أن يؤذن لكم}</w:t>
+        <w:t xml:space="preserve">﴿إلا أن يؤذن لكم﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فبعد أن يؤذن لكم تدخلون، فإذا أراد الإنسان أن يدخل منازل الناس فهي حريم شخصيّ لهم، ولا يمكن دخول الحريم الشخصيّ للنّاس، لا يمكن، وهذا حرام، ولا بدّ أن يستجيز ثمّ يدخل، فحفظ الحريم الشخصيّ واجب في الإسلام، فلو فرضنا أنّ إنسانًا كسر الباب ودخل هكذا فإنّه يؤخذ كمتعدٍّ ويسأل: لماذا فعلت ذلك؟! لماذا دخلت إلى الحريم الشخصيّ؟! فهذا العمل يبدو غير مناسب ابتداءً ويعدّ خطأ، ولا بدّ من أخذ فاعله ومحاكمته وتغريمه وأمثال ذلك. فلو قال: لا إنّما كنت أمرّ، وجئت لأطرق الباب فلم يفتح لي أحد، ومهما طرقت لم يفتح لي، ثمّ سمعت صوت طفل في المنزل، فصبرت ورأيت أنّي إن لم أكسر الباب ربّما أصيب الطفل بأذى في داخل المنزل، فلذلك كسرت الباب ودخلت لأنجي الطفل. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فإن كانت هناك مشكلة وكان هناك طفل أو إنسان يحتاج إلى مساعدة فدخلت بهذه الطريقة للعمل على نجاته، فحينها إذا التفت الناس أنّ السبب في الدخول بهذه الطريقة هو هذا، فليسوا فقط لا يذمّونه بل يمدحونه: أحسنت! لو لم تفعل ذلك لأصيب هذا الطفل ببلاء عظيم! هناك إنسان في هذه الدار كان سيصاب بمشكلة! وفجأة تتحوّل حالة العصيان والذنب والذمّ والقبح إلى حالة مدح وثناء، في حين أنّه لم يكن سوى عمل واحد، فهو لم يصنع عملين اثنين، إنّما هو عمل واحد، فكيف كنت في البداية تريد أن تضربه خمسين ضربة لأنّه فعل ذلك والآن تقول: بارك الله بك؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1685,51 +1686,51 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> بذلك قال: نعم هو الأمر هكذا، ولا إشكال في ذلك. أمّا بالنسبة إلى الحاج عبد الجليل فإنّه من أهل الولاء ـ وكان صريحًا جدًّا في هذه الأمور، ولم يكن يجامل ـ هو من أهل الولاء ولا بدّ أنّه كان قاصدًا للحجّ ونوى ذلك ولم يتمكّن، ولدينا في الروايات أنّ الذين يريدون وينوون زيارة العتبات المقدّسة ولم يتمكّنوا فإنّ الله يرسل ملائكة بصورتهم لكي تقوم بذلك نيابة عنهم فتزور عنهم، فهذا أيضًا صحيح، لذلك كان يقول: كنت أراه كثيرًا خاصّة أثناء الطواف. فقد كان ملاكًا بتلك الصورة، وكنت أنت تراه. غاية الأمر أنّه حيث إنّك تعلم أنّه لم يأت عرفت أنّ هذا متمثّل قد جاء نيابة عنه، ولو كان هناك أحد غيرك ووقعت عينه عليه، كذلك الذي دعا </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحومَ العلاّمة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> إلى الحجّ، فما الذي يُدريه؟! فهو لا يعرف هذه الأمور، فيقول: ربّما كان ذلك حقيقة، وأنّ ذلك الرجل قد جاء بنفسه إلى هنا. وأمّا أنّك رأيت الحاج عبد الزهراء الكرعاوي فقد كان شيطانًا على شكله وصورته!! وذلك لأنّه… ـ فانظروا كم الأمر دقيق، وهذا ما كنت أودّ قوله ـ لأنّه كان قد خرج من تحت الولاية، ولأنّه خرج فإنّه يندرج تحت قوله تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{والذين كفروا أولياؤهم الطاغوت}</w:t>
+        <w:t xml:space="preserve">﴿والذين كفروا أولياؤهم الطاغوت﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ولا وجود لنور الولاية عنده، وإنّما تنوب الملائكة عن الإنسان النورانيّ، لأنّ حقيقة الملاك حقيقة نورانيّة، ولا يمكن أن يكون الملاك متمثّلاً بصورة إنسان ظلمانيّ؛ فالذي رأيته إذن ربّما كان لديه قصد للحجّ ولم يتمكّن، وقد أرسل الله شيطانًا على صورته فجاء إلى هذه المواقف والمشاهد نيابة عنه. وهو يقوم بذلك نيابة عنه. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فهذا الأمر أمر عجيب جدًّا، حقًّا إنّه غريب، فأولاً ليس عالم الشياطين خارجًا عن قدرة الله، كلاّ بل نظام الشياطين [خاضع لقدرة الله أيضًا]، وليس معنى ذلك أنّ الله يقول: تعال أيّها الشيطان لديّ عمل، تعال، لأنّ فلانًا يريد أن يقوم بهذا العمل فاذهب أنت نيابة عنه، كلاّ بل نظام عالم الغيب نظام يحتوي كلّ هذه الأمور، وكلّ ذلك يحصل فيه بشكل تلقائيّ، كلّ هذه الأمور وهذا القضايا تتبلور في نظام عالم الغيب. فعندما ينوي إنسان ما في ذلك النظام فإنّ ذلك الملاك الذي لا بدّ أن يقوم بذلك العمل ينهض بنفسه ولا حاجة إلى إذن الله وإجازة منه وأن يقول له: انهض وافعل ذلك نيابة عنه. وهكذا هو الحال في الجهة المقابلة، فعندما يدخل إنسان في عالم البهيميّة وفي عالم الظلمة وفي عالم النفس وفي عالم الكدورة فإنّ الشياطين تأخذه وتحميه وتجعله في حيطة ولايتها، وتؤدّي الأعمال نيابة عنه، وتجعل نفسها مكان إمام الزمان، فهو يرى إنسانًا ويسمّيه إمام الزمان، والحال أنّه شيطان، فهذا ما يحصل بشكل تلقائي. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1748,51 +1749,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المكاشفات الشيطانيّة وكيفيّة تمييزها</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ففي زمان المرحوم العلاّمة، وقد كنت في خضمّ هذه الأحداث ولديّ منها إلى ما شاء الله، لديّ منها ما يملأ كيسًا كبيرًا، وأنّه كيف يرى هؤلاء الناس عندما يرون؟! فعندما ينفصل هؤلاء من سيطرة ولايته يقعون في ولاية الشيطان فيتولّى أمورهم ويقوم بها، يخبرونهم أن افعل كذا ولا تفعل كذا، سيحدث كذا. ويحدث بالفعل، لا أنّه كذب، فلو كان كذبًا فلا فائدة منه وسيتحرّر الإنسان منهم، ولكنّ الحقائق التي يبيّنها هؤلاء كنّا نرى فيها أنّ طريق هذا الرجل باطل، فكيف يمكن لإمام الزمان عليه السلام أن يأمر بالباطل؟! كيف يمكن ذلك؟! كيف يمكن ذلك؟! كيف يمكن لإمام الزمان أن يأمر بأمر مخالف للأخلاق؟! كيف يمكن لإمام الزمان عليه السلام أن يأمر بهتك مؤمن؟! أيمكن ذلك؟! أيتلاءم ذلك مع نظام الوجود؟! أينسجم مع الحقائق؟! إمام الزمان الذي هو أكثر اهتمامًا من الناس بهذه الأمور كيف يمكن أن يأمر بأمر باطل؟! كيف يمكن أن يفعل ذلك؟! فيكون ذلك الإنسان تحت سيطرة ولاية الشيطان بحيث أنّه كما أنّ نور المعرفة يتوهّج في قلوبنا إن شاء الله بواسطة ولاية أمير المؤمنين عليه السلام وابنه إمام الزمان عليه السلام فيجعلنا ملتفتين إلى الحقائق، ولكنّ نور الولاية هذا يظهر بالنسبة إلى هؤلاء على هيئة ظلمة الولاية فيغطّيهم، فينظر الإنسان إلى أشكالهم فيرى أنّها يا للعجب! إلى أين ذهب هذا؟! إلى أين مشى وابتعد؟! ينظر فيرى هيأته غريبة وهو يتكلّم بضرس قاطع فيقول: كلاّ! الأمر هكذا، الأمر هكذا، هذا هو الحقّ، هذا هو الحقّ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{والذين كفروا أولياؤهم الطاغوت}</w:t>
+        <w:t xml:space="preserve">﴿والذين كفروا أولياؤهم الطاغوت﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> يأتي الطاغوت ويحيط بهم ويأمرهم وبعض أوامره صحيحة، لا أنّها يتبيّن كذبها، يقول لهم: سيحدث كذا، فيحدث. ولكن هل سيحدث ذلك في نور أم في ظلمة؟! الحدوث ليس أمرًا مهمًّا، ولكن هل ما أقوله لك سيحدث في الظلمة وطيّ طريق الباطل ولو أردت في إحدى هذه المواقف أن تسلك طريق الصدق فإنّه يقطع صلته بك وينفصل عنك؟! فهل فكّرت في أنّ تلك الحادثة ستقع أثناء سيرك في الطريق الباطل والمظلم؟! إن قمت بذلك فسيحدث كذا، سيحدث وسترى غدًا أنّك ستكون كذا، سترى غدًا أنّ فلانًا سيلتقي بك، سترى وسيلتقي بك ويحدث ذلك، لماذا؟! لأنّك تطيعه وتسير في هذا الطريق الباطل، فسيرك في طريق الباطل هذا يؤدّي أن تتحقّق سلسلة العلل في طريق الظلمة وتقع وتظهر فيها. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهذا هو ما يؤدّي إلى الشبهة عند كثيرين! وكثيرون يتوهّمون أنّهم على ارتباط مع الإمام، والحال أنّهم على ارتباط مع الشيطان، على ارتباط مع الشيطان، إنّه الشيطان ولكنّهم يرونه الإمام، إلا أن يأخذ الله بأيديهم ويعيد الأمر بنحو آخر. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1802,51 +1803,51 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم قال </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلاّمة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">: هذا الآن تحت سيطرة الشيطان، وقد جاء الشيطان نيابة عنه إلى عرفات وإلى منى. وهو يقوم بهذه الأفعال في النهاية لكي يحافظ على أصحابه، يصنع لهم ماء اللحم والأرزّ وأمثال ذلك ويقول لهم: أنا أيضًا أصنع لك ذلك؛ فتعال يا عزيزي تعال إلى حضني! تعال إليّ فأنا لك خير رفيق، لا أتركك، لا أفارقك. إنّه لا يفارقك حتّى يوسّدك في هذا القبر. أنا لا أبتعد عنك، وسأكون رفيقك وصاحبك حتّى اللحظة الأخيرة، حين أدخلك إلى القبر مشركًا كافرًا، حينها أستريح، حينها أرى أنّي عملت بما عليّ فأمضي إلى عملي وأصفّق وأغنّي أنّي وفيت بـ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وعزّتك لأغوينّهم أجمعين}</w:t>
+        <w:t xml:space="preserve">﴿وعزّتك لأغوينّهم أجمعين﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> لقد منعت إنسانًا من أن يسير، لقد صنعت له إمام زمان كذبًا! لقد صنعت له ملائكة كذبًا، لقد صنعت له حور العين كذبًا، لقد جئته بعلم الغيب، لقد جئته بمسائل غريبة، لقد صنعت له المكسّرات التي تخدع الناس وتخدعهم حتّى النهاية.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title3_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ادّعاءات أنّ فلانًا تجاوز نفسه ومدى صوابها</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -2376,132 +2377,151 @@
         <w:t xml:space="preserve">أحبّ الصالحين ولست منهم *** لعلّ الله يرزقني صلاحًا</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فنحن في هذا الجانب، نحبّهم، نحبّ أن نقول كلامهم، حقًّا هكذا هو الواقع، أليس هو كذلك؟! هل هو غير ذلك؟ هل نريد في كلامنا أن نتكلّم بكلام الآخرين الفارغ، أم لا بل تريد قلوبنا أنّه إن كان هناك من قرأ قصّة وحكاية مفيدة عن عظيم، عن إنسان مقرّب، عن إنسان مهذّب، عن وليّ، عن عارف، عن إمام ومعصوم، فإنّا نبحث عن ذلك في الظاهر، والحمد لله فقد شمل التوفيق الجميع وهذا الأمر متحقّق عندهم، فرغم أنّنا لسنا من الصالحين ولكنّا نحبّهم. ونأمل من الله أن يكمل لها باقي الأمر بكرم هؤلاء، فذاك أيضًا كان بكرمهم، وهذا أيضًا يكون بكرمهم، فقد كان بإمكان الله أن يلقي في قلوبنا محبّة غيرهم، أليس هناك من هم كذلك، انظروا حولكم، انظروا الناس، وفي أيّ أحوال هم الناس وماذا يدور في رؤوسهم، وحول ماذا يدور كلامهم؟ وذهابهم وإيابهم إلى أين؟ إلى بيت هذا وبيت ذاك، حتّى المصلّون منهم، لا أتحدّث عن غير الملتزمين لا سمح الله، بل عن الذين يصلّون في أيّ مسائل هم مشغولون وفي أيّ كلام وفي أيّ أمور، كلّها قضايا وأخبار هذا وذاك وكذا وكذا. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وإذا نظرتُ الآن إلى أنفسنا أرى أنّ الأمر يختلف، ولا يعني ذلك أنّ لا نملك الاستعداد للدخول في تلك الأمور، كلاّ، بل لدينا، ولدينا ما هو أرفع منها، ولكنّنا لم نعد نرى حاجة، لا نرى حاجة لها في نفوسنا، لا نشعر بتكليف بها في نفوسنا، في هذا الزمان الذي شعاره وانفساه دعه وشأنه، نركّز في أعمالنا ونعمل في دائرة ما كلّفنا به ونسير في حدودها. إن شاء الله لا يمنعنا الله نظر اللطف من أوليائه ويجعلنا دائمًا تابعين لذلك السلوك وذلك الطريق إن شاء الله. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{F3886382-80D1-4D40-AF6E-8B91DD150EFD}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{11677796-F214-435E-A3A2-514E706F1E76}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{63870018-908C-4E09-BB37-755FD01A634B}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{63595930-77E1-4998-AA02-EE03FBF48725}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2814,51 +2834,51 @@
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:footnoteRef/>
         <w:t xml:space="preserve">سورة الأحزاب (٣٣)، الآية ٥٣. وفي سورة النور (٢٤) الآية ٢۷: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يا أَيُّهَا الَّذينَ آمَنُوا لا تَدْخُلُوا بُيُوتاً غَيْرَ بُيُوتِكُمْ حَتَّى تَسْتَأْنِسُوا وَ تُسَلِّمُوا عَلى‏ أَهْلِها ذلِكُمْ خَيْرٌ لَكُمْ لَعَلَّكُمْ تَذَكَّرُونَ}</w:t>
+        <w:t xml:space="preserve">﴿يا أَيُّهَا الَّذينَ آمَنُوا لا تَدْخُلُوا بُيُوتاً غَيْرَ بُيُوتِكُمْ حَتَّى تَسْتَأْنِسُوا وَ تُسَلِّمُوا عَلى‏ أَهْلِها ذلِكُمْ خَيْرٌ لَكُمْ لَعَلَّكُمْ تَذَكَّرُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -3492,51 +3512,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4315,61 +4335,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -4644,63 +4739,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>