--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -146,51 +147,51 @@
         </w:rPr>
         <w:t xml:space="preserve">محاضرة القاها</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاج السيّد محمّد محسن الحسينيّ الطهراني </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">قدّس الله سره.</w:t>
+        <w:t xml:space="preserve">قدّس الله سره</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -402,51 +403,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أو تلك القصّة المعروفة ولا أدري إن كانت صحيحة أم كاذبة ولكنّها مذكورة فلو لم تكن لما نقلت، اذهب وقل لعليّ إنّي أقاتلك بجيش لا يميّزون بين الناقة والجمل، فهذه أمور قد حصلت. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أو تلك الحادثة التي يأتي فيها أحدهم إلى موسى بن جعفر عليه السلام من الشام ويبدأ بالسباب، فيسمع ويرى ذلك الأسلوب الطيّب من موسى بن جعفر عليه السلام ونهجه وطريقته ومعاملته الحسنة وشيمه الطيّبة الرساليّة فيبكي ويهوي على رجلي الإمام ويديه يقبّلها ويعتذر منه ويقول له إنّي خدعت وهكذا أخبرت، وقد جئت من الشام. أو ذلك الذي يتجرّأ على الإمام الحسن عليه السلام ثمّ يتراجع بسبب أخلاقه الرفيعة. فهذا كلّه عن أيّ شيء يحكي؟! يحكي عن أنّ هؤلاء كانوا جماعة من الحمقى في النهاية، ولم يكن هذا معاندًا، فهؤلاء الناس كانوا في مستوى معيّن وفي حدّ معيّن، فلو أعطونا سيفًا أو بندقيّة لو كان في ذلك الزمان بنادق وقالوا لنا قاتلوا جيش معاوية هذا وهذا السلاح ورأينا رجلاً عجوزًا مخدوعًا وهو بينهم لا أنّه يرمي الآن ولكنّه معهم، فتارة تراه يرمي ويضرب فحينها سيكون ضربه من باب الدفاع ولا بدّ منه، وهذه مواجهة، ولكن تارة أخرى يكون جالسًا جانبًا أو يمشي وحده، هو من الجيش ولكنّه الآن متنحّ، فهل يقول وجداننا: امض إليه واقتله لأنّه ضمن جيش معاوية فلا بدّ أن تقتله؟! أي عدّهم جميعًا سواسية كأسنان المشط ولا فرق أبدًا بين عمرو بن العاص وبين هذا الشابّ ابن العشرين أو الخمس وعشرين سنة وذلك العجوز المخدوعين وتأثّر بتلك الحملات الإعلاميّة، فلا فرق بينهما وبين أولئك الذين هم أئمّة الكفر </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فقاتلوا أئمّة الكفر}</w:t>
+        <w:t xml:space="preserve">﴿فقاتلوا أئمّة الكفر﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالأئمّة تعني من بأيديهم أزمّة الأمور، الذين تقوم على أكتافهم خيمة الكفر، فهؤلاء هم أئمّة الكفر، العقول المفكّرة لهم، المنظّرون العقائديّون لهم، الذين يستطيعون التلاعب بأفكار الناس، ويسخّرونها لأنفسهم تارة نحو هذا الجانب وتارة نحو ذاك، والناس يصدّقونهم أيضًا يصدّقونهم، فليس جميع الناس يسعون إلى التحقيق. يقولون: يا عزيزي هذا هو الأمر في النهاية، إنّه ما يقال، بمجرّد أن يذكر شيء في كتاب فقد انتهى الأمر، وقد سار البعض وراءه يظنّون أنّه يكفي أن يكون الأمر قد طبع في كتاب فلا شيء بعد ذلك وينتهي الأمر. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -561,71 +562,71 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">من كان يقاتل الإمام عليه السلام فلا بدّ من قتاله، سواء كان واحدًا أو اثنين أو عشرة أو عشرة آلاف أو مائة ألف أو مائة مليار، فكم عدد سكّان العالم الآن؟ ست مليارات أو سبع، فلنفترض أنّهم مائة مليار، مائة مليار معاند ومقاتل ومصرّ، الذين وقفوا في وجه الإمام بهذا الشرط، لا مجرّد أنّهم مخالفون للإمام، بل الذين وقفوا عن إصرار ويشعلون النار ويؤجّجونها، فعلى الإنسان أن يقاتل هؤلاء، أمّا من خدع وحصل ما حصل حتّى وقف في صفّ المخالفين فليس الأمر هكذا، ولو قتله إنسان من الطرف المقابل بغير حقّ فهو مخلّد في النار، سواء قتل هذا الواحد أو ألف واحد لا يختلف الأمر، فليس المعيار بالقلّة والكثرة، المعيار هو ذلك العمل الناشئ من الداخل من النيّة ومن القلب، فهذا هو المعيار وهذا ما ينظر إليه الله. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وضوح معنى آية: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{من قتل نفسًا بغير نفس… فكأنّما قتل الناس جميعًا}</w:t>
+        <w:t xml:space="preserve">﴿من قتل نفسًا بغير نفس… فكأنّما قتل الناس جميعًا﴾</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لذلك يقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{مِنْ أَجْلِ ذلِك كتَبْنا عَلى‌ بَنِي إِسْرائِيلَ أَنَّهُ مَنْ قَتَلَ نَفْساً بِغَيرِ نَفْسٍ أَوْ فَسادٍ فِي الْأَرْضِ فَكأَنَّما قَتَلَ النَّاسَ جَمِيعاً وَ مَنْ أَحْياها فَكأَنَّما أَحْيا النَّاسَ جَمِيعاً وَ لَقَدْ جاءَتْهُمْ رُسُلُنا بِالْبَيناتِ ثُمَّ إِنَّ كثِيراً مِنْهُمْ بَعْدَ ذلِك فِي الْأَرْضِ لَمُسْرِفُونَ}</w:t>
+        <w:t xml:space="preserve">﴿مِنْ أَجْلِ ذلِك كتَبْنا عَلى‌ بَنِي إِسْرائِيلَ أَنَّهُ مَنْ قَتَلَ نَفْساً بِغَيرِ نَفْسٍ أَوْ فَسادٍ فِي الْأَرْضِ فَكأَنَّما قَتَلَ النَّاسَ جَمِيعاً وَ مَنْ أَحْياها فَكأَنَّما أَحْيا النَّاسَ جَمِيعاً وَ لَقَدْ جاءَتْهُمْ رُسُلُنا بِالْبَيناتِ ثُمَّ إِنَّ كثِيراً مِنْهُمْ بَعْدَ ذلِك فِي الْأَرْضِ لَمُسْرِفُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">‌</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فمعنى ذلك أنّه أنت إذ تقتل نفسًا مؤمنة، إنسانًا يصلّي ويصوم تقتله على أساس خيالاتك وتصوّراتك الواهية فأنت لديك الآن استعداد في قلبك لقتل اثنين، وذلك لأنّ هذا المعيار بعينه موجود فيهما أليس كذلك؟! موجود في النهاية، لأنّك تخالفني فلا بدّ أن تموت، حسنًا فهذا أيضًا كذلك، أنت أيضًا لأنّك تخالفني لا بدّ أن تموت، وأنت أيضًا لأنّك تخالفني… ولا حدّ لذلك يقف عنده، حسنًا أنت تخالفني فلتمت، أمّا الآخرون فليبقوا أحياء! هذا الشيء لم يتحقّق في الخارج، ولكن لأنّ المعيار هو المخالفة والمعيار هو العمل الشخصيّ والحالة الشخصيّة مع غضّ النظر عن تكرّر الفعل، فلأنّك مخالف لي لا بدّ أن تحرم من الحياة الإلهيّة، ولا بدّ أن تحرم من هذه الحياة التي وهبها لك الله لا أنا وأمثالي، ولا بدّ أن أرسلك إلى ذاك العالم لأنّك تقف في وجهي. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
@@ -645,86 +646,86 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ آه! أنا لم أقتل الجميع وإنّما قتلت واحدًا فقط. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هذا المعنى هو معنى العدل، والآية القرآنيّة لم تأتِ بتمثيل ولم تأت لتحكي لنا قصّة، ولم تأت لتخبرنا عن أهميّة قتل النفس، فنحن نعلم كم هو قتل النفس خطير، نحن نعلم أنّه لم يخلق الله تحت السماء الزرقاء ذنبًا أشدّ من قتل الإنسان البريء، قتل الإنسان البريء قتل الإنسان البريء، لم يخلق الله أعظم منه. فهذا كلّه نحن نعرفه، ولكنّ الله لم يأت ليقصّ علينا قصّة ويمثّل مثالاً ويقول: حال القاتل مثل حال من قتل الناس جميعًا، لم يأت ليقرأ علينا شعرًا، فالشعراء لديهم في هذا المجال الكثير من الكلام وأحيانًا يبالغون: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ الشُّعَراءُ يتَّبِعُهُمُ الْغاوُونَ ٢٢٤ أَ لَمْ تَرَ أَنَّهُمْ فِي كلِّ وادٍ يهِيمُونَ ٢٢٥ وَ أَنَّهُمْ يقُولُونَ ما لا يفْعَلُونَ}</w:t>
+        <w:t xml:space="preserve">﴿وَ الشُّعَراءُ يتَّبِعُهُمُ الْغاوُونَ ٢٢٤ أَ لَمْ تَرَ أَنَّهُمْ فِي كلِّ وادٍ يهِيمُونَ ٢٢٥ وَ أَنَّهُمْ يقُولُونَ ما لا يفْعَلُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فهم يتوجّهون نحو أيّة جماعة، إنّهم يجرّون الناس إلى الغواية، يجرّون إلى الضلال، يتّبعونهم وهم يسيرون في كلّ واد يجعلون من الحبّة قبّة، ويجعلون من القبّة حبّة ثمّ يبدّلونها إلى قبّة وهكذا، ويسوقون الخلق لتحقيق ذلك. فالله هنا لم يقل شعرًا في القرآن، القرآن ليس كتاب شعر، القرآن كتاب منطق وعقل، القرآن كتاب تشريع على أساس التكوين، فما معنى ذلك؟! يعني أنّ النظام الذي خلقته أنا الله هو على أساس المنطق والحقّ، وليس في ذلك النظام مزاح، وليس فيه مجاملة وليس فيه تقصير، وليس فيه تعصّب وتحزّب وأمثال ذلك، نظام على أساس المنطق وعلى أساس الحقّ وعلى أساس اثنان زائد اثنين يساوي أربعة والقواعد الفلسفيّة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">عندما تقتل إنسانًا بغير حقّ وتحرمه من نعمة الدنيا ومن نعمة الوصول إلى الكمالات في هذه الدنيا فإنّ عملك هذا وإن كان من حيث النظرة الخارجيّة هو عمل يقع في ثانيتين أو خمس ثوان ولكنّه في نظري هو عمل شامل يمتدّ من بدء الخليقة إلى نهايتها. عملك الخارجيّ هذا استغرق من الوقت خمس ثوان ولكنّه عندي وعند ملائكتي على طول التاريخ منذ أن خلق الإنسان ووطأت رجله الأرض إلى أن يغلق الله سجلّ خلق الإنسان، لماذا؟ لأنّك قمت بهذا العمل على أساس عقيدتك وتلك العقيدة بماذا تختلف في قتل هذا وقتل ذاك؟ وفي قتل زيد وفي قتل عمر؟! فقد جاء زيد بدلاً من عمرو، فلو كان عمرو لقُتل أيضًا، فأنا أمسك بهذه البندقيّة وأطلق النار فمن كان أمامها فليقتل، فلا تكن أنت أمامها! اذهب وليأت غيرك فلا يهمّني من كان أمام هذه الرصاصة ومن تصيب، كان بإمكانك أن لا تكون أنت، لقد كان لذاك حظّ جيّد إذ صرخ ومضى وجاء هذا مكانه فأصيب ووقع، أنا لا شأن لي عليّ أن أطلق النار وأفرغ هذا المخزن بأيّ نحو كان. وفي يوم القيامة يقولون له: في سجلّك قتل جميع الناس على مرّ التاريخ! جميع الذين كانوا في هذه الدنيا وليس فقط أثناء ستّين سنة التي هي عمرك! دقّق جيّدًا فأنا إذ أقول هذا الكلام ولا أقول شعرًا، فليس لأنّ عمرك الآن ستّون سنة يكتب لك قتل للنّاس مدّة ستّين سنة، كلاّ بل مدّة التاريخ كلّه أنت قتلت الناس، لماذا؟ لأنّ هذه الستين سنة لو كانت قبل هذا الزمان لفعلت عين فعلك هذا، وهذه الستون سنة التي أعطيناكها الآن لو كانت بعد هذا الزمان لفعلت عين فعلك هذا أيضًا، فإذن أنت كنت حيًّا على طول التاريخ وأنت قتلت الناس وقتلتهم على طول التاريخ! أهكذا أطلقِ النار وامضِ وينتهي الأمر؟! كلاّ يا عزيزي، سيدقّقون جيّدًا في الحساب غدًا سيدقّقون! {</w:t>
+        <w:t xml:space="preserve">عندما تقتل إنسانًا بغير حقّ وتحرمه من نعمة الدنيا ومن نعمة الوصول إلى الكمالات في هذه الدنيا فإنّ عملك هذا وإن كان من حيث النظرة الخارجيّة هو عمل يقع في ثانيتين أو خمس ثوان ولكنّه في نظري هو عمل شامل يمتدّ من بدء الخليقة إلى نهايتها. عملك الخارجيّ هذا استغرق من الوقت خمس ثوان ولكنّه عندي وعند ملائكتي على طول التاريخ منذ أن خلق الإنسان ووطأت رجله الأرض إلى أن يغلق الله سجلّ خلق الإنسان، لماذا؟ لأنّك قمت بهذا العمل على أساس عقيدتك وتلك العقيدة بماذا تختلف في قتل هذا وقتل ذاك؟ وفي قتل زيد وفي قتل عمر؟! فقد جاء زيد بدلاً من عمرو، فلو كان عمرو لقُتل أيضًا، فأنا أمسك بهذه البندقيّة وأطلق النار فمن كان أمامها فليقتل، فلا تكن أنت أمامها! اذهب وليأت غيرك فلا يهمّني من كان أمام هذه الرصاصة ومن تصيب، كان بإمكانك أن لا تكون أنت، لقد كان لذاك حظّ جيّد إذ صرخ ومضى وجاء هذا مكانه فأصيب ووقع، أنا لا شأن لي عليّ أن أطلق النار وأفرغ هذا المخزن بأيّ نحو كان. وفي يوم القيامة يقولون له: في سجلّك قتل جميع الناس على مرّ التاريخ! جميع الذين كانوا في هذه الدنيا وليس فقط أثناء ستّين سنة التي هي عمرك! دقّق جيّدًا فأنا إذ أقول هذا الكلام ولا أقول شعرًا، فليس لأنّ عمرك الآن ستّون سنة يكتب لك قتل للنّاس مدّة ستّين سنة، كلاّ بل مدّة التاريخ كلّه أنت قتلت الناس، لماذا؟ لأنّ هذه الستين سنة لو كانت قبل هذا الزمان لفعلت عين فعلك هذا، وهذه الستون سنة التي أعطيناكها الآن لو كانت بعد هذا الزمان لفعلت عين فعلك هذا أيضًا، فإذن أنت كنت حيًّا على طول التاريخ وأنت قتلت الناس وقتلتهم على طول التاريخ! أهكذا أطلقِ النار وامضِ وينتهي الأمر؟! كلاّ يا عزيزي، سيدقّقون جيّدًا في الحساب غدًا سيدقّقون! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">فكأنّما قتل الناس جميعًا}</w:t>
+        <w:t xml:space="preserve">﴿فكأنّما قتل الناس جميعًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> الله يقول الناس جميعًا، فهو لم يأت بشعر في القرآن، بل هو أمر حقيقيّ وقضيّة تكوينيّة بيّنها الله هنا، لماذا؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لأنّ الذنب لا يتعلّق بذلك الفعل الخارجيّ، الذنب يتعلّق بتلك النيّة التي نشأ عنها الفعل الخارجيّ، وهذه النيّة تسري إلى ماذا؟ إلى هذا وذاك وذاك وذاك، إلى هذا الإنسان الذي يسكن في مدينة قم، وإلى ذاك الذي يسكن في طهران، وإلى ذاك الذي يسكن في مشهد، وإلى ذاك الذي في أميركا، وإلى ذاك الذي في أستراليا، وإلى ذاك الذي في أفريقيا، وإلى جميع الناس، ولا تميّز بين فرد وآخر. فالنيّة التي أدّت إلى أن يقضي على هذا تقبل السراية إلى آخر، وهي قابلة للسراية إلى ثالث أيضًا. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1226,51 +1227,51 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">جاء آخر فرأى أنّه جازم وعازم وانتهى الأمر عنده فقد قال له الإمام الصادق عليه السلام إذا أردت أن ينتهي أمرك فعليك أن تقوم بذلك، تواضع لله. وحقًّا إنّني إذ أنقل هذا الكلام يترجف بدني هل الله يوفّقني بهذا التوفيق لو قمت بعمل كهذا وليس من الضروريّ أن يكون بيع التمر وأمثاله، كلا بل أمورًا أخرى، فليس الأمر مقتصرًا على ذلك، وله صور أخرى، فالمسألة هكذا كانت وهو فهم منها ذلك ولا يشترط أن يؤخذ هذا العمل أو ذاك من الله. وهنا يدرك الإنسان كلام الإمام السجّاد عليه السلام أنّه </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«إذا رأيت مولاي ذنوبي فزعت»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فحقًّا عندما ينظر الإنسان إلى نفسه يرى أنّه لا يمكنه، فهذا هو معناه، فهذا الابتعاد لا يسمح له أن يتقدّم إلى الأمام </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ ما أُبَرِّئُ نَفْسِي إِنَّ النَّفْسَ لَأَمَّارَةٌ بِالسُّوءِ إِلَّا ما رَحِمَ رَبِّي إِنَّ رَبِّي غَفُورٌ رَحِيمٌ}</w:t>
+        <w:t xml:space="preserve">﴿وَ ما أُبَرِّئُ نَفْسِي إِنَّ النَّفْسَ لَأَمَّارَةٌ بِالسُّوءِ إِلَّا ما رَحِمَ رَبِّي إِنَّ رَبِّي غَفُورٌ رَحِيمٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">‌</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> إلا أن تمتدّ يد ويشمله لطف، فذلك اللطف شمل محمّد بن مسلم عندما قام بذلك وكانت يد الولاية يد الإمام الصادق عليه السلام وراءه، فعندما رأى الإمام صدق حديثه، وعندما مشى هو في ذلك أعانه الإمام، فقد كان هو مهتمًّا بالأمر، وإلا فلولا أنّ الإمام الصادق اعتنى به لحظة واحدة لما استطاع أن يفعل ذلك، لكان ما إن يريد أن يبيع التمر ينظر إلى لحيته ويقول: الويل لي في أيّة ساعة سآتي؟ الآن هناك ازدحام! والآن كذا دع الأمر الآن! ألا يمكن أن آتي عند الساعة العاشرة بينما الناس راجعون إلى بيوتهم فأعطيهم التمر مجّانًا، أعطيهم وعاءًا كاملاً وينتهي الأمر؟! ثمّ كلّما جاء مشتر أطأطئ رأسي، فيسألني بكم التمر؟ فأقول الكيلو بألفين، تعال وخذ كيلويّن أو ثلاث كيلوّات فينتهي الأمر بسرعة. هذا لا يكفي، بل عليك أن تنظر في وجه المشتري وتقول: السلام عليكم كيف حالكم؟ أنا محمّد بن مسلم نعم لا تظنّ أنّك أخطأت أنا هو نفسه ولست نسخة أخرى عنه، محمّد بن مسلم. </w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1321,132 +1322,151 @@
         <w:t xml:space="preserve">ـ أحبّ ذلك، فهل هو ذنب؟! هل هناك إشكال في الرزق الحلال؟! لا إشكال فيه، ما الإشكال فيه؟ أريد اليوم أن أحصل على رزق حلال، ينظر إلى الرجل ويقول له: إلى أين أنت ذاهب تعال واشتر منّي التمر، هل أتيت لتناقشني فقط، تعال فقد استدلّيت لك كلّ هذا الاستدلال فاشتر كيلو من التمر فإنّه مفيد لك، فهذا التمر له بركة خاصّة، لأنّه يباع على أساس نيّة خاصّة، كلّ من تعطيه منه سيؤثّر عليه أثرًا وله أسرار. والخلاصة أنّه يأتي ويبيعه بهذه الطريقة. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وقد كانت عبارة المرحوم العلاّمة: عندما وصل إلى آخر حبّة تمر وصل إلى مقصوده وانتهى الأمر، فتح له الباب وانتهى الأمر بحركة واحدة. إنّ محمّد بن مسلم لم يكن يوم عاشوراء ولكنّ الإمام الحسين بالنسبة إليه موجود وهو الإمام الصادق عليه السلام، الإمام الحسين عليه السلام الذي كان يوم عاشوراء موجود الآن أيضًا، إنّه الإمام الصادق عليه السلام الذي يقول: إن أردت أن تستشهد فتفضّل فبأيّ شيء هي شهادتك؟ بواسطة سطل من التمر، لا تحتاج إلى سهم، لقد سهّلنا عليك ذلك، فبدون دم ونزف نلقي بك بكلّ سهولة، فأنت الآن تفعل ذلك وتأخذ طبقًا من التمر وتبيعه فلا سهم ولا رمح ولا نزف دماء ولا قتال وجراح وسيوف ولا شيء آخر أبدًا، أنت لم تكن يوم عاشوراء ولكنّي أنا الآن موجود فخذ هذه الوصفة، فهؤلاء الذين كانوا يوم عاشوراء كانت وصفتهم بشكل آخر، لقد كانت وصفتهم عبارة عن السيف والسهم والرمح والقتال وأمثال ذلك، ووصفتك أنت هي هذه، فجاء وفعل ما أمر به وانتهى الأمر. قال المرحوم العلاّمة: ما انتهى التمر حتّى انتهى معه الأمر. ثمّ قال بعبارة أخرى أعجب من تلك: لو أنّ محمّد بن مسلم كان أذكى من ذلك وأعمق وكان فهمه وإدراكه ومعرفته أرفع لقام بذلك في نفسه في مجلس الإمام الصادق عليه السلام ذاك ودون أن يقوم بالفعل في الخارج ويحمل طبق التمر وأمثال ذلك، لأنجز ذلك العمل في نفسه في مكانه، ولحصل على النتيجة هناك! لماذا؟ لأنّ الإمام الصادق عليه السلام عندما قال تواضع لله تواضع لله فإنّه يقول إنشاء لا إخبارًا، أي كن الآن متواضعًا كن متواضعًا وصر متواضعًا الآن، ولكنّ محمّد بن مسلم لم يدرك ذلك جيّدًا فتأخّر قليلاً واضطرّ أن يذهب إلى السوق ويقف هناك ويستدلّ لهذا ولذاك ويناقش ويضحك وأمثال ذلك حتّى ينتهي أمره. أي أريد أن أقول نحن لدينا ذلك أيضًا، لدينا معبر ولدينا مسائل تقرّب الإنسان من المقصود، فهذا الميدان أمامنا فكلّ من أراد ذلك فليتفضّل بسم الله فكلّ ذلك جيّد، وكلّه يوصل الإنسان إلى المطلوب، ففي النهاية يصل الإنسان وهذا جيّد، وكما يقول الحاجّ هادي الأبهري: ديارك عامرة يا الله، إن أوصلتنا إليك فديارك عامرة، وإلا فماذا سنصنع؟! ماذا يتأتّى منّا لنفعله؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نأمل من الله إن شاء الله أن يشملنا بعنايته، وأن يمطر علينا في هذه الليالي والأيّام الباقية من هذا الشهر المبارك كرمه ولطفه، وأن يخرجنا من هذا الجهل وهذه المشاكل، فإذا ما أزيح الستار قليلاً من أمام الإنسان فإنّه يضحك على كلّ هذه الدنيا وأحوالها وأجوائها! يضحك على كلّ هذه الأحداث وكلّ هذه الأوضاع وكلّ هذه الجدالات والصراعات، فعلى ماذا يهلك الناس هكذا أعمارهم؟! على أمور بسيطة هي بمتناول أيدي الجميع، على أمور لم نخلق من أجلها، فنحن لدينا أمور أهمّ عملنا أهمّ، فعلى الإنسان أن يطلب من الله أن يرزق الجميع الفهم وأن يرزقنا نحن أيضًا والذين أعطانا إلى حدّ ما وببركة هذا الطريق وببركة أنفاس الأعاظم شيئًا من الشعور، وشيئًا من البصيرة، أن يرزقنا بنفسه الهمّة والتوفيق.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{C4A4DA17-8FE0-460A-AC8A-511DC076A81E}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{9AD08476-5055-4C37-9587-A91CC3AC4DFB}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{2F347179-1F7D-41B2-8C94-34DC2A1455B8}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{D83DA448-8515-4116-B22B-4F5D320E0560}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1495,61 +1515,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="1" name="_x0000_i1025">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i1025"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1652,61 +1672,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="2" name="_x0000_i1026">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i1026"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2414,51 +2434,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3237,61 +3257,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3566,63 +3661,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>