--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -848,51 +849,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالاسم في مرتبة الذات مغلوب، والاسم في مرتبة الذات فان، والاسم في مرتبة الذات لا هويّة خارجيّة له، إنّما يتحقّق اسم العليم في مرتبة دون الذات، لا أنّ الذات ليس لديها اسم العليم. فالذات لديها اسم القدير ولديها قدرة، ولديها علم ولديها حياة، ولكنّ هذا العلم والقدرة والحياة لم تتحدّد ولا حدود لها، فإذا ما تنزّل اسم العليم من مرتبة الذات حينها يتقيّد بحدود الماهيّات المختلفة، ولذلك فإنّ اسم العليم ما دام في مرتبة الذات يمكن أن تتوهّموا أنّ الذات فاقدة للعلم، ويمكن أن تتخيّلوا بأنّها فاقدة للقدرة، ولكن هل يعقل أن يكون الله في مقام ذاته بدون قدرة؟! كلاّ لا معنى لذلك. أيعقل أن يكون الله في مقام الذات بدون علم؟! كلاّ لا معنى لذلك. غاية الأمر أنّ العلم في مقام الذات لا حدّ له وله قيد، وهو في حالة إطلاق، لا شكل له، لا نموّ له، لا يمكن الإشارة إليه، لا يمكن وضع اليد عليه، ولكنّ هذا العلم الذي هو في مقام الذات إذا ما وصل إلى مرتبة الماهيّات والعلم الأعياني والعنائي يصبح محدودًا بعلم النبيّ فلان، وعلم الملاك فلان، وعلم سائر النفوس والعقول المجرّدة التي هي ذوات حدود وحظوظ من هذا العلم تناسبها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ورسول الله بواسطة تلك الحيثيّة الوجوديّة الخاصّة التي يمتلكها ولأجل تنزّله من مرتبة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">فَإِذَا سَوَّيْتُهُ وَنَفَخْتُ فِيهِ مِن رُّوحِي فَقَعُوا لَهُ سَاجِدِينَ</w:t>
+        <w:t xml:space="preserve">﴿فَإِذَا سَوَّيْتُهُ وَنَفَخْتُ فِيهِ مِن رُّوحِي فَقَعُوا لَهُ سَاجِدِينَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ويريد أن يرجع إلى تلك المرتبة من الذات، يقول له جبرائيل: أنا لا يمكنني بعد هذا أن أتقدّم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title3_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الفارق بين فناء النبيّ في الذات وبين عدم قدرة جبرائيل على بلوغ مقام الذات</w:t>
@@ -1074,106 +1075,106 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وجوب الشكر على النعمة الإلهيّة الكبرى بمدرسة أولياء الله</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> وعلى كلّ حال فقد مرّت الدنيا، وقد رأينا كلّ شيء، رأينا كلّ شيء، فقد بيّن الله لنا كلّ شيء، بيّن لنا ما كان يقوله الأعاظم، بيّن لنا ما كانوا يقولونه لنا، بيّن لنا الحقائق، بيّن لنا البواطن، وبيّن لنا التوهّمات والادّعاءات، وهؤلاء المدّعون والذين ينسبون أنفسهم إلى مسائل معيّنة جاؤوا جميعهم ومضوا وبيّنوا فاتّضحت الأمور والحمد لله وله المنّة كانت هذه المدرسة القويمة هي التي حفظتنا من الانحراف نحو هذا الجانب أو ذاك، وكان هذا المنهج المستقيم هو الذي أمسكنا عن الميل نحو هذا الجانب وذاك، وإلاّ فقد كان هناك أناس أخذت بهم الدنيا وخدعتهم فبرّروا أعمالهم بأنواع التبريرات والتأويلات، ثمّ اتّضح أنّ كلّ ذلك كان تسولاً من النفس وتخيّلاً ووهمًا كلّ ذلك، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">وَنَزَعْنَا مَا فِي صُدُورِهِم مِّنْ غِلٍّ تَجْرِي مِن تَحْتِهِمُ الْأَنْهَارُ ۖ وَقَالُوا الْحَمْدُ لِلَّهِ الَّذِي هَدَانَا لِهَٰذَا وَمَا كُنَّا لِنَهْتَدِيَ لَوْلَا أَنْ هَدَانَا اللَّهُ ۖ لَقَدْ جَاءَتْ رُسُلُ رَبِّنَا بِالْحَقِّ ۖ وَنُودُوا أَن تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنتُمْ تَعْمَلُونَ</w:t>
+        <w:t xml:space="preserve">﴿وَنَزَعْنَا مَا فِي صُدُورِهِم مِّنْ غِلٍّ تَجْرِي مِن تَحْتِهِمُ الْأَنْهَارُ ۖ وَقَالُوا الْحَمْدُ لِلَّهِ الَّذِي هَدَانَا لِهَٰذَا وَمَا كُنَّا لِنَهْتَدِيَ لَوْلَا أَنْ هَدَانَا اللَّهُ ۖ لَقَدْ جَاءَتْ رُسُلُ رَبِّنَا بِالْحَقِّ ۖ وَنُودُوا أَن تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنتُمْ تَعْمَلُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> وقد كان المرحوم العلاّمة كثيرًا ما يقرأ هذه الآية كثيرًا ما كان يقرأها، وكان يوصي تلامذته بقراءتها دائمًا: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">وَنَزَعْنَا مَا فِي صُدُورِهِم مِّنْ غِلٍّ تَجْرِي مِن تَحْتِهِمُ الْأَنْهَارُ ۖ وَقَالُوا الْحَمْدُ لِلَّهِ الَّذِي هَدَانَا لِهَٰذَا وَمَا كُنَّا لِنَهْتَدِيَ لَوْلَا أَنْ هَدَانَا اللَّهُ ۖ لَقَدْ جَاءَتْ رُسُلُ رَبِّنَا بِالْحَقِّ ۖ وَنُودُوا أَن تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنتُمْ تَعْمَلُونَ. </w:t>
+        <w:t xml:space="preserve">﴿وَنَزَعْنَا مَا فِي صُدُورِهِم مِّنْ غِلٍّ تَجْرِي مِن تَحْتِهِمُ الْأَنْهَارُ ۖ وَقَالُوا الْحَمْدُ لِلَّهِ الَّذِي هَدَانَا لِهَٰذَا وَمَا كُنَّا لِنَهْتَدِيَ لَوْلَا أَنْ هَدَانَا اللَّهُ ۖ لَقَدْ جَاءَتْ رُسُلُ رَبِّنَا بِالْحَقِّ ۖ وَنُودُوا أَن تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنتُمْ تَعْمَلُونَ﴾ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسنًا على الإنسان أن يشكر، على الإنسان أن يشكر النعمة الإلهيّة وأنّه كيف جعله الله في منهج ليس فيه يسار ولا يمين، لا الأحزاب المختلفة لها طريق إليها ولا الأفراد المختلفون، الإنسان فيه ونفسه وتكليفه، لا ينظر إلى هذا الجانب، ولا إلى ذاك، يسير في طريقه وهو معتقد بقواعد أصيلة ومتينة، وأسس راسخة بحيث لا يمكن لأيّ خيال وأيّة شائعة وأيّة جاذبة أن تحرف ذهنه، يسير في طريقه ويتابع مستقيمًا، لا شأن له بأحد، وعباد الله بسبب الجهالة إمّا يقعون في هذا الجانب أو في ذاك، إمّا يقعون في أمان هذا أو في أمان ذاك، وكلّ ذلك هو بسبب الابتعاد عن الحقائق والابتعاد عن المعارف وغلبة الأوهام وغلبة التخيّلات، وتسليم القلب والدين والوجدان والعقل للخيالات والأوهام. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لمن يسلّم الإنسان قلبه ودينه؟! لجماعة يقولون له: انطلق. فيقول: حاضر. يقولون: توقّف. فيقول: حاضر. فقط هكذا، يسلّم عقله ويسلّم وجدانه ويسلّم إنصافه، ينسى الإنسان تلك العطايا والذخائر الإلهيّة المودعة فيه لأجل الهداية والتكامل، وبدلاً من استعمال عقله يجعل مغلوبًا لخيالات الآخرين ولدنياهم. كلاّ ولكنّ الأعاظم جاؤوا وبيّنوا وأبانوا الطريق وقالوا لا يذهبنّ الريح بقبّعتك احتفظ بها جيّدًا واعمل بما قيل لك ولا تبال بهذا الجانب وبذاك لا تبال! لا أنّك لا تعمل بوظيفتك وواجبك الشرعيّ، كلاّ على الإنسان أن يعمل بتكليفه ووظيفته، أمّا تسليم القلب والسير مع هذا ومع ذاك فهذا أمر آخر، وهذا جانب آخر. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">وَنَزَعْنَا مَا فِي صُدُورِهِم مِّنْ غِلٍّ تَجْرِي مِن تَحْتِهِمُ الْأَنْهَارُ ۖ وَقَالُوا الْحَمْدُ لِلَّهِ الَّذِي هَدَانَا لِهَٰذَا وَمَا كُنَّا لِنَهْتَدِيَ لَوْلَا أَنْ هَدَانَا اللَّهُ ۖ لَقَدْ جَاءَتْ رُسُلُ رَبِّنَا بِالْحَقِّ ۖ وَنُودُوا أَن تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنتُمْ تَعْمَلُونَ.</w:t>
+        <w:t xml:space="preserve">﴿وَنَزَعْنَا مَا فِي صُدُورِهِم مِّنْ غِلٍّ تَجْرِي مِن تَحْتِهِمُ الْأَنْهَارُ ۖ وَقَالُوا الْحَمْدُ لِلَّهِ الَّذِي هَدَانَا لِهَٰذَا وَمَا كُنَّا لِنَهْتَدِيَ لَوْلَا أَنْ هَدَانَا اللَّهُ ۖ لَقَدْ جَاءَتْ رُسُلُ رَبِّنَا بِالْحَقِّ ۖ وَنُودُوا أَن تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنتُمْ تَعْمَلُونَ﴾</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أفهل كان الأمر باختيارنا نحن؟! لقد كان هناك من هم أعظم منّا وابتلوا بهذه الأمور وعجزوا، ولم يتمكّنوا من طيّ طريقهم ومسارهم والاستمرار فيه، وحدهما الهداية الإلهيّة والتوفيق الإلهيّ هما اللذان يوقظان الإنسان، ويوضّحان الحقائق للإنسان، الحقائق المختفية خلف الستائر الخادعة والظاهر المحيّر والمشبّه، يوضّحان تلك الحقائق. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title3_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ثبات السالك وبصيرته</w:t>
       </w:r>
@@ -1243,51 +1244,51 @@
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هلك من ليس له حكيم يرشده</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. فالحكيم هو الإنسان الذي أضاء قلبه لا الذي درس الفلسفة، كلاّ بل هذه واحدة من الطرق التي تحقّق للإنسان بصيرة الباطن: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">وَلَقَدْ آتَيْنَا لُقْمَانَ الْحِكْمَةَ أَنِ اشْكُرْ لِلَّهِ وَمَنْ يَشْكُرْ فَإِنَّمَا يَشْكُرُ لِنَفْسِهِ وَمَنْ كَفَرَ فَإِنَّ اللَّهَ غَنِيٌّ حَمِيدٌ </w:t>
+        <w:t xml:space="preserve">﴿وَلَقَدْ آتَيْنَا لُقْمَانَ الْحِكْمَةَ أَنِ اشْكُرْ لِلَّهِ وَمَنْ يَشْكُرْ فَإِنَّمَا يَشْكُرُ لِنَفْسِهِ وَمَنْ كَفَرَ فَإِنَّ اللَّهَ غَنِيٌّ حَمِيدٌ﴾ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> نحن أعطينا لقمان الحكمة أي نور الباطن، وبنور باطنه كان يميّز الباطل والحقيقة، يميّز الأمور الاعتباريّة والأمور الحقيقيّة، يميّز بين التوهّمات والتعقّلات، يميّز بين العلم والتخيّل، يميّز بين العلم والظن، بين الخيال وبين الحتم والجزم، لقد آتينا لقمان الحكمة فكان نوره الباطن يقول: هذا خطأ وهذا صواب هذا صواب. هذا لا ينسجم مع الموازين، هذا ينسجم مع الموازين، هذا طريقه صحيح لهذا السبب، وذاك الطريق باطل لهذا السبب، فذلك النور الذي آتيناه لقمان كان نور الحكمة ومن يؤت الحكمة فقد أوتي خيرًا كثيرًا</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
@@ -1349,51 +1350,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">رحمهم الله ففي النهاية كان هؤلاء حتّى شمل لطف الله الجميع والأصدقاء، فبواسطة هدايتهم وإراشادهم اتّضح الصراط المستقيم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وعلى كلّ حال، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">وَنَزَعْنَا مَا فِي صُدُورِهِم مِّنْ غِلٍّ تَجْرِي مِن تَحْتِهِمُ الْأَنْهَارُ ۖ وَقَالُوا الْحَمْدُ لِلَّهِ الَّذِي هَدَانَا لِهَٰذَا وَمَا كُنَّا لِنَهْتَدِيَ لَوْلَا أَنْ هَدَانَا اللَّهُ ۖ لَقَدْ جَاءَتْ رُسُلُ رَبِّنَا بِالْحَقِّ ۖ وَنُودُوا أَن تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنتُمْ تَعْمَلُونَ.</w:t>
+        <w:t xml:space="preserve">﴿وَنَزَعْنَا مَا فِي صُدُورِهِم مِّنْ غِلٍّ تَجْرِي مِن تَحْتِهِمُ الْأَنْهَارُ ۖ وَقَالُوا الْحَمْدُ لِلَّهِ الَّذِي هَدَانَا لِهَٰذَا وَمَا كُنَّا لِنَهْتَدِيَ لَوْلَا أَنْ هَدَانَا اللَّهُ ۖ لَقَدْ جَاءَتْ رُسُلُ رَبِّنَا بِالْحَقِّ ۖ وَنُودُوا أَن تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنتُمْ تَعْمَلُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> علينا أن نقرأ هذه الآية كثيرًا ونؤدّي شكر الله، فإنّ نعمة الله وهدايته تتضّحان في هذه الموارد، لا في الموارد التي تكون فيها الأمور طبيعيّة والوقائع متعارفة، وكلّ شيء طبيعيّ، ولا يكون هناك شيء ما في أيّ مكان، حسنًا فلا شيء ولا معضلة، إنّ نفَس أولياء الله وصلحاء الله إنّما ينقذ الإنسان في الموارد التي هي مثار للشبهات ومثار للفتن، فتحفظه من اقتحام المهالك وتحميه، فعلى الإنسان أن لا يقصد أيّ مكان هكذا، وعليه أن لا يتّبع أيّ صوت وأيّ نداء هنا وهناك، فليكن في مكانه وليقم بما بعمله، ليدبّر حياته وليقم ببرنامجه وليعلم أنّ هذا العالم له تدبير ولهذا التدبير مدبّر. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عودة إلى بحث كون واقعة عاشوراء خيرًا</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1767,132 +1768,151 @@
         <w:t xml:space="preserve">فإذن أمر الحُسْنِ لا يرجع إلى الحادثة نفسها بل يرجع إلى موقف الإنسان من تلك الحادثة. وإن شاء الله صار الأمر واضحًا، والليلة صار أوضح، ولدينا متّسع من الوقت حتّى آخر شهر رمضان لبيان بقيّة الحقائق، فلا يقلق الرفقاء، وإن شاء الله سننهي هذه الفقرة ولو لم تنته فلا بأس، تبقى للسنة القادمة إن بقينا أحياء وإلا فإن لله ألف طريق وطريق لتوضيح هذه الحقائق، وهو بنفسه يوضّحها بألف طريق وطريق، هو بنفسه يبيّنها، هو بنفسه يبيّن الحقائق للإنسان. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حقًّا لو لم يكن أمثال الإمام السجّاد فكيف كانت ستصلنا هذه الحقائق؟ كيف كانت ستصلنا؟ حقًّا لو لم يكن هؤلاء الأئمّة وهؤلاء الأولياء ولو لم يبيّنوا هذه الحقائق ويوضّحوها حتّى نقيّم نحن أنفسنا وموقعنا ـ وجميع المصائب التي تنصبّ على رؤوسنا هي بسبب أنّنا لم ندرس موقعيّتنا لقد جعلنا أنفسنا بدلاً منهم، لقد جعلنا أنفسنا بدلاً منهم، فلو جعلنا أنفسنا في مكانها وموقعها لعلمنا ماذا علينا أن نفعل ولما أقدمنا على أيّ عمل ولما قلنا أيّ كلام ولما أقدمنا على أيّة خطوة ولكنّا كما يريد الله. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إن شاء الله نأمل من الله بهدايته وهداية وليّ نعمتنا أن يفتح الله لنا الطرق، ويفتح أفهامنا وأن يأخذ هو بأيدينا ويوصلنا إلى المقام المنشود. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{52F5149B-D7FD-408A-9D84-55FDE687C93A}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{D452E99B-FDDA-41ED-BE2F-C1B11D906477}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{FCEF8AD4-5DCB-45B1-A68F-1F9717AF847C}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{46C32AB4-C6DF-4803-B0B2-E5A54D49B42F}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -3067,51 +3087,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3890,61 +3910,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -4219,63 +4314,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>