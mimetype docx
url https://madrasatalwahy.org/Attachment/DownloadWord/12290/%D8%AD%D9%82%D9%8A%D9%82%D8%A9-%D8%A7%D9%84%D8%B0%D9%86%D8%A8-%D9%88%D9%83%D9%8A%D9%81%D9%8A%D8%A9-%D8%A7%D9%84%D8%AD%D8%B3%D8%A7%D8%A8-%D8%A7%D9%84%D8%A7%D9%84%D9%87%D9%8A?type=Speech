--- v0 (2025-10-08)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هوالعليم</w:t>
       </w:r>
     </w:p>
@@ -384,51 +385,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حدود استعمال أولياء الله لقدراتهم (تدخّل السيّد الحدّاد عند حصار آية الله الحكيم)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فليس هناك ما يقضي بأنّه إذا وصل الإنسان إلى مرتبة معيّنة فله أن يفعل ما يشاء ويقدم على ما يريد ويستفيد من القدرات الربّانيّة لإصلاح أمور الدنيا، نعم في بعض الموارد لا مانع من ذلك، وأذكر أنّه في عصر هؤلاء البعثيّين الذين كانوا قد سيطروا على العراق أو قبلهم، في زمان عبد الكريم قاسم يبدو أنّه حدثت مشكلة وخلاف بينهم وبين آية الله الحكيم رحمة الله عليه، وكان الأمر عليه شديدًا وحاصروا منزله حتّى قطعوا عنه الماء والهاتف والتيّار الكهربائي حتّى إنّهم كانوا يريدون القضاء عليه أو يسلّم إلى ما يريدون منه، وطبعًا وفق النهج الذي كان يتّبعه لم يكن يريد أن يقع ذلك، وعلى كلّ حال فقد كان الأمر صعبًا جدًّا ومشكلاً، نعم يبدو أنّه كان في زمان عبد الكريم قاسم أو زمان عبد السلام عارف، والأقرب على ما في ذهني أنّه في زمان عبد السلام عارف، وشيئًا فشيئًا صار الأمر سببًا لقلق المحيطين وأنّه ماذا سيحدث؟ فهذا السيّد من أبناء رسول الله هو أهله في الدار لا ماء حتّى لديهم، وكانوا يأتون من فوق سطح المنزل ويوصلون إليهم الماء والطعام وما يحتاجون، لأنّهم كانوا محاصرين. وفي يوم من الأيّام يأتي الحاج عبد الجليل إلى كربلاء وقد كان أحد أصدقاء وتلامذة السيّد الحدّاد، ويقول له بقلق شديد إنّ الأوضاع صعبة للغاية وما ينقل يبعث على القلق، فافعلوا شيئًا لهذا الأمر، فتأمّل قليلاً وقال: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إن الله على كلّ شيء قدير}</w:t>
+        <w:t xml:space="preserve">﴿إن الله على كلّ شيء قدير﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وفي تلك اللحظة يأتي الأمر بفكّ الحصار، في تلك الثانية مباشرة، فيفتحون داره ويمضون، ويتفرّق الجنود ويذهبون وشأنهم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
@@ -699,129 +700,129 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وكما ذكرت ليلة أمس فإنّ الذنب عبارة عن تلك الصورة المثاليّة القائمة بنفس الفاعل في ذلك الفعل الذي يقوم به، أمّا العمل الخارجيّ نفسه فهو لا يسمّى ذنبًا، العمل الخارجيّ في نفسه هو عمل يتّخذ لنفسه صورًا مختلفة من الحسن والقبح بحسب الدواعي المختلفة، حتّى يمكن أن يقوم اثنان بعمل خاطئ ويكون لكلّ منهما ثواب على عمله، ويضربون لذلك مثالاً يقولون إنّ رجلاً ذهب إلى نزل وكان هناك بئر مفتوح، فقال يمكن أن يأتي إنسان إلى هنا على حصانه فينظر ولا يرى شيئًا فنجعل في الأرض وتدًا خشبة حتّى إذا جاء أحد ربط بها حصانه إلى جانب البئر، حتّى لا يذهب الحصان إلى مكان آخر، فقام هذا الرجل بذلك. ثمّ جاء رجل آخر ولمّا رأى ما هناك قال: ربّما تعثّر بها أحد ووقع في البئر، فانتزع الوتد. فأيّهما يستحقّ الثواب؟ كلاهما؛ فالأوّل كانت نيّته أن يربط الحصان به، وهذا نيّته أن لا يصاب أحد بأذى. وكلا هذين العملين الخاطئين من حيث الظاهر، هما موضع رضا الله.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أيعقل أن يكون أمران بينهما كمال التقابل بدرجة مائة وثمانين درجة وكلاهما عليهما ثواب؟! أو أن يكون هناك عمل واحد إذا صدر من إنسان كان حسنًا وإذا صدر من إنسان آخر لا يكون حسنًا. افترضوا أنّ طفلاً يقول: أعطوني ورقة وقلمًا لأكتب، فتعطيه قلمًا فيبدأ بالكتابة والرسم والخطوط ويسرف في ذلك فهذا لا إشكال فيه، لأنّه يريد أن يتمرّن على ذلك وتصبح الكتابة عنده سهلة، ولكن أنت الذي قطعت مقدارًا من العمر إذا أردت أن تقوم بما يقوم به الطفل وتأخذ الورقة وتخطّ عليها فيقال لك: لماذا تسرف؟! لقد أفسدت الورقة كما أسرفت في الحبر، فقد فعلت حرامًا حرامًا نعم هو حرام، فالحرام ليس بالأمر الخياليّ الذي لا يتحقّق، فالعمل الذي يكون لغوًا ويسبّب الإسراف حرام، وجميع الأعمال التي نقوم بها هي في نفسها ليس لها صورة قبيحة وصورة مستحسنة، هي في حدّ نفسها فعل من الأفعال الوجوديّة، وإن كان لا بدّ من صفة تحمل على الوجود بما هو وجود فهي الخير، فالوجود خير وآثاره خير وتبعاته خير، وجميع هذه الخصوصيّات التي تتحقّق في عالم الوجود هي من حيثيّتها الوجوديّة وتكوّنها الخارجيّ التي ترجع إلى ذلك هي متّصف بالخير ولا تتّصف بأيّ شيء الحسن والقبح الكلاميّين اللذين يترتّب عليهما تكليف المكلّف، ولا يترتّب عليها أيّ أثر وأيّ شيء من هذا الناحية. تلك النيّة التي ينويها الإنسان، تلك النيّة هي الصورة البرزخيّة لذلك الفعل الخارجيّ سواء تحقّق في الخارج أم لم يتحقّق، فعندما أمسك بالسيف أو السكّين أريد أن أقتل به بريئًا، بمجرّد أن أنوي أن أضربه يسجّل لي قتل، وذلك لأنّي أقدمت على قتل نفس محترمة بإرادة واختيار وهو عمل محرّم ولدينا في القرآن آية تقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{مِنْ أَجْلِ ذلِك كتَبْنا عَلى‌ بَنِي إِسْرائِيلَ أَنَّهُ مَنْ قَتَلَ نَفْساً بِغَيرِ نَفْسٍ أَوْ فَسادٍ فِي الْأَرْضِ فَكأَنَّما قَتَلَ النَّاسَ جَمِيعاً وَ مَنْ أَحْياها فَكأَنَّما أَحْيا النَّاسَ جَمِيعاً وَ لَقَدْ جاءَتْهُمْ رُسُلُنا بِالْبَيناتِ ثُمَّ إِنَّ كثِيراً مِنْهُمْ بَعْدَ ذلِك فِي الْأَرْضِ لَمُسْرِفُونَ}</w:t>
+        <w:t xml:space="preserve">﴿مِنْ أَجْلِ ذلِك كتَبْنا عَلى‌ بَنِي إِسْرائِيلَ أَنَّهُ مَنْ قَتَلَ نَفْساً بِغَيرِ نَفْسٍ أَوْ فَسادٍ فِي الْأَرْضِ فَكأَنَّما قَتَلَ النَّاسَ جَمِيعاً وَ مَنْ أَحْياها فَكأَنَّما أَحْيا النَّاسَ جَمِيعاً وَ لَقَدْ جاءَتْهُمْ رُسُلُنا بِالْبَيناتِ ثُمَّ إِنَّ كثِيراً مِنْهُمْ بَعْدَ ذلِك فِي الْأَرْضِ لَمُسْرِفُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">‌</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فمن يقتل نفسًا فكأنّما قتل جميع الناس، وهذا على أساس تلك المسألة الكليّة الشاملة لجميع الناس والتي تسري بواسطتها إلى جميع الأفراد، فالأمر دقيق جدًّا، وهنا يقول القرآن: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{مِنْ أَجْلِ ذلِك كتَبْنا عَلى‌ بَنِي إِسْرائِيلَ أَنَّهُ مَنْ قَتَلَ نَفْساً بِغَيرِ نَفْسٍ أَوْ فَسادٍ فِي الْأَرْضِ فَكأَنَّما قَتَلَ النَّاسَ جَمِيعاً وَ مَنْ أَحْياها فَكأَنَّما أَحْيا النَّاسَ جَمِيعاً وَ لَقَدْ جاءَتْهُمْ رُسُلُنا بِالْبَيناتِ ثُمَّ إِنَّ كثِيراً مِنْهُمْ بَعْدَ ذلِك فِي الْأَرْضِ لَمُسْرِفُونَ}‌</w:t>
+        <w:t xml:space="preserve">﴿مِنْ أَجْلِ ذلِك كتَبْنا عَلى‌ بَنِي إِسْرائِيلَ أَنَّهُ مَنْ قَتَلَ نَفْساً بِغَيرِ نَفْسٍ أَوْ فَسادٍ فِي الْأَرْضِ فَكأَنَّما قَتَلَ النَّاسَ جَمِيعاً وَ مَنْ أَحْياها فَكأَنَّما أَحْيا النَّاسَ جَمِيعاً وَ لَقَدْ جاءَتْهُمْ رُسُلُنا بِالْبَيناتِ ثُمَّ إِنَّ كثِيراً مِنْهُمْ بَعْدَ ذلِك فِي الْأَرْضِ لَمُسْرِفُونَ﴾‌</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> جميعًا تعني أنّ من أحيى إنسانًا واحدًا فكأنّه أحيى جميع الناس. فأنا عندما أقدم باختياري وعلمي بأنّ هذا العمل حرام وعلمي بأنّ عليه عقابًا وهو أنّه محرّم فأمسك سكّينًا أو سلاحًا وأتوجّه نحو ذلك الإنسان وأصوّب السلاح نحوه لأقتله فجأة عندما أضغط على السلاح أجد أنّه خال من الرصاص، أو أنّ هذه القطعة منه قد خربت فلا يمكنه أن يطلق النار، وفي هذه اللحظة ينتقل ذلك الرجل من مكانه ولا أتمكّن بعد ذلك من قتله، فبهذا العمل يكتب في صحيفتي أنّي قتلت نفسًا محترمة، ويوم القيامة أقاد بسبب هذا العمل إلى جهنّم بلا ترديد، ومهما صرخ هناك أن إلهي لم أقتله فلا فائدة، وطبعًا لا يمكنه هناك أن يصرخ، والعيون هناك عيون أخرى، والأفكار هي أفكار أخرى، ثمّ القياس والمنطق والمحاكمة ستكون كلّها بشكل آخر، وهناك سيشعر هذا الإنسان في وجوده بهذا القتل للنفس رغم أنّه وصل في تلك اللحظة مثلاً عدد من الحرّاس من خلفه وأمسكوا به وقال القاضي إنّه حيث لم يقتل أحدًا فهو برئ ولا يمكن إعدامه، فتحريره هنا وتبرئته هما في الدنيا وبواسطة الحكم الظاهريّ، ولكن عند الله وحسب السجلّ الذي لدى الله فإنّه لم يبرّأ بل هو محكوم بجريمة قتل محكوم بجريمة قتل. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وعندما يقول الإمام السجّاد في تلك الفقرة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«اللهمّ العن بني أميّة قاطبة»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عندما يسألون الإمام ويقولون: لم يقم جميع بني أميّة بذلك بل كان هناك عدد منهم قتل ابن رسول الله يقول لهم الإمام: لأنّهم رضوا بعمل آبائهم. وكأنّهم شاركوا في كربلاء من دون أيّ فارق بينهم وبين المشاركين! فهذا الإنسان لم يأت إلى كربلاء ولكنّه يوم القيامة يحشر مع الذين شاركوا في كربلاء، وهو يرى أنّ ذلك صحيح ولا يعترض على الله، يرى أنّ هذا صحيح لأنّ القضاء هناك يختلف </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لَقَدْ كنْتَ فِي غَفْلَةٍ مِنْ هذا فَكشَفْنا عَنْك غِطاءَك فَبَصَرُك الْيوْمَ حَدِيدٌ}</w:t>
+        <w:t xml:space="preserve">﴿لَقَدْ كنْتَ فِي غَفْلَةٍ مِنْ هذا فَكشَفْنا عَنْك غِطاءَك فَبَصَرُك الْيوْمَ حَدِيدٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد كنت في هذه الدنيا غافلاً عن إظهار وإبراز هذه الحقائق، فالعمل الذي كنت تريد أن تفعله ولم تتمكّن تتظاهر أمام الناس بمظهر خاصّ وتقول: إنّي لم أفعله. كلاّ فالعالم وصاحب الاطّلاع يدرك أنّك شريك في الجرم غاية الأمر أنّك لم تتمكّن وحدث مانع فحدثت تلك الجريمة باسم غيرك، ولكنّ هذا الأمر لا يمكن إثباته بالنسبة إلى الأناس المتعارفين، جميع الناس أعينهم هي أعين متعارفة، ونظرتهم نظرة متعارفة، لقد كنت غافلاً عن كشف الحقائق وكشف القضايا وكشف السرائر في هذه الدنيا وقضيت الدنيا بالغفلة، وقلت: لا أحد يرى ما نفعل، لا أحد يلتفت إلى ما نصنع، أمّا إذا ما صار الأمر لدينا فإنّنا هنا نكشف الغطاء من أمام عينيك، فالحكم الذي تحكمه هنا يختلف عن الحكم الذي في الدنيا، فحكمك يوم القيامة يختلف عن حكمك في الدنيا، فانظر الآن إلى قولهم إنّه لا بدّ أن يتصدّى للأمور الأئمّة وأولياء الله. فهو لأجل هذا، فذلك الحكم الذي يحكمون به هو حكم يوم القيامة، فكما أنّه في يوم القيامة يكشف الغطاء عن أعين الجميع وتتفتّح أعين الجميع على الواقع كما هو، فإذا ما تفتّحت لم تعد بحاجة إلى قاض، ولم تعد بحاجة إلى بيّنة وشاهد، ينظر فيرى أنّه قتل نفسًا! ولا داعي للاعتراض، أفهل يعترض من تغيّر إدراكه؟! هل يعترض من تبدّلت معرفته بالكامل؟! من يرونه فيلمًا مصوّرًا حول ما كان يصنع وقد صوّر أثناء قيامه بالفعل هل يمكنه أن ينكر أيضًا؟! لا يمكنه، تفضّل هذا السند أيضًا وهذه الدعوى. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
@@ -851,74 +852,74 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ إنّ ملائكتك كانوا متعبين ويغفون وبدلاً من أن يأتوا بسجلّي أنا جاؤوا بسجلّ غيري واختلطت السجلاّت بعضها ببعض وجاؤوا بسجلّ آخر. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ يقول الله: إنّ هذا الإغفاء والتعب واختلاط السجلاّت هو في الدنيا، ففي الدنيا تختلط السجلاّت، فأحيانًا يكون المطلوب أن يؤخذ السجلّ إلى الطابق الثالث فيؤخذ إلى الأوّل، أو يؤخذ من الطابق الأوّل إلى الطابق السفليّ تحت الأرض، ومن الطابق السفليّ الأول تحت الأرض يغوص في باطن الأرض! قد يقع ذلك أحيانًا، ولكن هنا فإنّ السجلّ ليس هكذا، فكلّ سجلّ في مكانه الخاصّ، بشكل دقيق تمامًا لا يختلف ميليمترًا واحدًا، لا يختلف حتّى ميليمترًا واحدًا حتّى يعترضوا يوم القيامة، فهذه الأمور هي لنا نحن. يأتي الله ويقول: تفضّل! وتشهد الملائكة الذين كانوا قد دوّنوا ويأتون بصورة ذلك العمل كيلا يتكلّم بعد ذلك أمامنا، ولا يفتخر، ائتوا بتصوير العمل وأروه إيّاه، وطبعًا لا يأتي الله هناك بالملائكة: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يوْمَ تَشْهَدُ عَلَيهِمْ أَلْسِنَتُهُمْ وَ أَيدِيهِمْ وَ أَرْجُلُهُمْ بِما كانُوا يعْمَلُونَ}</w:t>
+        <w:t xml:space="preserve">﴿يوْمَ تَشْهَدُ عَلَيهِمْ أَلْسِنَتُهُمْ وَ أَيدِيهِمْ وَ أَرْجُلُهُمْ بِما كانُوا يعْمَلُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">‌ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما إن يريد أن ينطق يوم القيامة حتّى يقرّ لسانه بجميع الأحكام التي حكم بها في الدنيا، يأتي لسانه بكلّ شيء تمامًا كالشريط، فيقول: في يوم كذا قلت كذا، وفي يوم كذا صنعت كذا، وقد صرت أنا هكذا في يوم كذا، وهذه الشهادة ليست شهادة زمانيّة ومكانيّة، إنّها شهادة وجوديّة. فتلك الحقيقة الكائنة في هذا اللسان تلك الحقيقة اللسانيّة تتضّح لذلك الإنسان. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لَقَدْ كنْتَ فِي غَفْلَةٍ مِنْ هذا فَكشَفْنا عَنْك غِطاءَك فَبَصَرُك الْيوْمَ حَدِيدٌ}</w:t>
+        <w:t xml:space="preserve">﴿لَقَدْ كنْتَ فِي غَفْلَةٍ مِنْ هذا فَكشَفْنا عَنْك غِطاءَك فَبَصَرُك الْيوْمَ حَدِيدٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فهذه هي الشهادة. لا أنّ أذنه تتغيّر، وزبانه يبدأ بالحركة كالمروحة كلاّ ليس الأمر هكذا، ولا أنّه يمسك أذنه وتبدأ يده اليمنى بإصدار صوت وكأنّها مسجّل، كلاّ ليس الأمر هكذا، ولا أنّ القلب مثلاً أو الرجل وأمثال ذلك تفعل ذلك، بل تلك الحقيقة التي قامت هذه الجوارح بالأعمال بواسطتها على اساس خبث الباطن وعلى أساس العناد وعلى أساس الاختيار وعلى أساس العلم والشعور، تلك الصورة المثاليّة له عندما قام بذلك العمل، تلك الصورة المثاليّة تتجلّى في وجوده فيرى الصورة المثاليّة للكلمات التي قالها بغير حقّ، فتشهد عليه، وتلك الصورة المثاليّة للأعمال الباطلة التي قام بها تظهر في وجوده وتأتي فكشفنا عنك غطاءك أزحنا الستار، وهذه هي الشهادة، أزحنا الستار وأظهرنا في وجودك جميع الصور المثاليّة المكدّرة والتي كنت غافلاً عنها في الدنيا وخلت أنّك لم تقم بها أو قمت بها ولم يرك أحد، نريك تلك الصورة المثاليّة للظلمة، الصورة المثاليّة للفحش، وتلك الصورة المثاليّة للسبّ، والصورة المثاليّة للغيبة، فالغيبة أشدّ من الزنا، والصورة المثاليّة لاتّهام البريء، واتّهام الإنسان البريء بما لم يقم به، تلك الصورة المثاليّة تدور في هذا اللسان، ووفق دورة الخلق والإيجاد تتحقّق صور مثاليّة تمامًا كما يوجِدها المصنع، ونحن نريك تلك الصورة المثاليّة مثل المطبعة، تفضّل نقدّمها لك، فلا كذب، ولا يمكننا بعد ذلك أن نقول لم نفعل، أفهل يمكنك الآن أن تدفع خصوصيّات نفسك، هل يمكنك أن تدفع حقيقة ما أفطرت عليه الليلة؟! مهما قلت أفطرت اليوم الأرزّ والمرق كلاّ لم أفطر فلا يمكنك، هذه الحالة التي في نفسك والتي تشعر بها في وجودك وتراها مستمرّة هل يمكنك أن تفصلها عن نفسك؟! لا يمكنك. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وفي يوم القيامة ينكشف هذا الأمر بعينه للإنسان، بحيث لا يكون هناك ستار ولا فيلم ولا صوت تسمعه أذن الإنسان وماذا يقول اللسان فهو يقول والأذن تسمع، وفجأة يصدر من جميع البدن صوت وينتشر في الهواء ويخرج عن السيطرة، عجيب هذا الإنسان لقد ارتكب المعاصي بكلّ جوارحه عديم الأصل فيده ارتكبت المعاصي ورجله ارتكبت المعاصي وكلّ شيء فيه ارتكب المعاصي ولسانه وعينه وأذنه وكلّ شيء الحمد لله، فهو لم يجلس عاطلاً، فهناك يحوّل الذين لم يجلسوا عاطلين عن العمل إلى العمل عند فلان. </w:t>
@@ -1110,172 +1111,172 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الراضي بفعل قوم يحشر معهم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عجيب ما يقوله الإمام: لأنّ هؤلاء رضوا بأعمال آبائهم فإنّهم يرون في صحيفة أعمالهم يوم القيامة ذنب قتل الإمام الحسين عليه السلام، ننظر فجأة يوم القيامة إلى صحائف أعمالنا فنرى فيها أنّا لم ننو حتّى الآن قتل الإمام الحسين عليه السلام، وإن شاء الله لا ننوي ذلك حتّى لاحقًا، ولكن نجد أشياء أخرى، كلّ ما يحصل في هذه الدنيا إذا ما رضينا بشيء منه فإنّه يكتب في صحيفة أعمالنا، كلّ جريمة تقع إذا كنت راضيًا بها كتبت في صحيفة أعمالي، يكتبونها فيها ويوم القيامة يقولون لي: تفضّل، تفضّل وامض إلى جهنّم! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يَوْمَ نَقُولُ لِجَهَنَّمَ هَلِ امْتَلأْتِ وَتَقُولُ هَلْ مِنْ مَزِيدٍ}</w:t>
+        <w:t xml:space="preserve">﴿يَوْمَ نَقُولُ لِجَهَنَّمَ هَلِ امْتَلأْتِ وَتَقُولُ هَلْ مِنْ مَزِيدٍ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقال لجهنّم هل امتلأتِ؟ فتقول: أمتلئ؟! إنّ موادّ البناء التي ألقيت بي حين تأسيسي تجعلني أتّسع، فهناك مجال واسع في الطبقات المختلفة، فألقِ ما شئتَ! ألقيتَ في داخلي أربعة وتقول لي: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{هَلِ امْتَلأْتِ}</w:t>
+        <w:t xml:space="preserve">﴿هَلِ امْتَلأْتِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؟! وتقول: هل من مزيد؟! أين هم؟! أين هم هؤلاء الذين كانوا راضين في الدنيا بأعمال الجناة؟! فليأتوا! فليأتوا برفقة ذلك الجاني كلاهما معًا، لا أنّ هذا قبل ذاك، ذلك الجاني الذي مع الشمر كلاهما معًا يأتيان، فهنا القاتل والظالم والقاضي بالجور والمعتدي على الأعراض والمرتكب للمحرّم، كلّ هؤلاء برفقة الذين هم راضون بأعمالهم ومسرورون بها كلّهم أجمعون في متسوى واحد، ويسقطون معًا عن الصراط إلى قعر جهنّم! أقتلتم أسرقتم وظلمتم واعتديتم؟! فتفضّلوا تفضّلوا! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد كنت في غفلة من هذا أظننت أن لا إله؟! أظننت أن لا آخرة؟! لقد ظنّ هذا الظنّ من هم أعظم منك بكثير، وأكبر منك بكثير، وقام بتلك الأعمال من لا تساوي أنت ظفرًا من أظفارهم. لقد جاء أمثال الإسكندر، وأمثال الامبراطور نيرون، وأمثال تيمور، وأمثال جنكيز وأمثال هتلر وأمثال صدّام، جاء كلّ هؤلاء ولم يكن يخطر على بالهم أنّه سينفخ عليهم كما ينفخ على قشّة صغيرة فتطير في الهواء وتبقى معلّقة فيه، فأين ذلك الجلال وأين الجبروت؟ أين؟! أين؟! أين؟! التفتوا! انتبهوا! لقد كنت في غفلة من هذا أظننت أنّهما هذان اليومان من أيّام الدنيا فاغتررت بزيد وبعمرو وعمّن على يسارك ويمينك؟! اغتررت بهذين الاثنين أو الثلاثة الذين هم حولك؟! أنسيت ماذا جرى للذين من قبلك؟! ألم تعتبر بهم؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{كشفنا عنك غطاءك}</w:t>
+        <w:t xml:space="preserve">﴿كشفنا عنك غطاءك﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> الآن نرفع الستار من أمام عينيك ونكتب في حسابك. يا الله! ينظر الإنسان فيجد أنّه لا نهاية لما كتب. آه آه آه جميع الأفعال التي قام بها الآخرون كتبت في صحيفتي! أنت قمت بها وترى أنّك قمت بها. أفهل اقتنعت أنّ المحكمة هناك ليست مثل محاكم هذه الدنيا؟! بما أنّك رأيت بنفسك فتفضّل </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{بالتي هي أحسن}</w:t>
+        <w:t xml:space="preserve">﴿بالتي هي أحسن﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إلى ذلك المكان، إلى </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{جهنّم وبئس المصير}</w:t>
+        <w:t xml:space="preserve">﴿جهنّم وبئس المصير﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. عندما كان المرحوم العلاّمة رضوان الله عليه يواجه أمثال هذه الأمور كان يقول: إلى </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{جهنّم وبئس المصير}</w:t>
+        <w:t xml:space="preserve">﴿جهنّم وبئس المصير﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> من تلك الكلمات المحكمة الشديدة التي لا تسمح لشعرة رقيقة أن تخترقها. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فإذن أيّها الرفقاء الأحبّاء ما الذي يشاهده الإنسان يوم القيامة؟! إنّه ليس العمل الخارجيّ نفسه، فالعمل الخارجيّ نفسه لا يدعى ذنبًا، إنّ الصورة المثاليّة الظلمانيّة والمكدّرة التي خلقت مع ذلك العمل الخارجيّ هي الذنب لا هذا العمل الخارجيّ الذي قام به، فهذا ليس ذنبًا. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1294,140 +1295,159 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كلّنا أمل إن شاء الله أن يساعدنا الله ويؤيّدنا وأن يجعلنا من المصدّقين بما طرق أسماعنا وما لمسناه إلى حدّ ما، حتّى نصدّق ونصدّق أنّ حقائق عالم الآخرة تختلف عمّا هو في هذه الدنيا! وما هو مختلف لا بدّ أن يكون هكذا. وقد ذكرت ليلة أمس أنّ ذلك الرجل وتلك المرأة العجوز التي تتأوّه للذهاب إلى الحجّ ولا تملك شيئًا للسفر ما هو ذنبها حتّى لا يعطيها الله ثواب الحجّ، أمّا ذلك الغنيّ المتموّل والمتمكّن في الأمور والمعاملات والذي يحجّ كلّ عام ويتأثّر بحجّه لا بدّ أن ينال هذه الفيوضات دون ذينك العجوزين، هذا ظلم، هذا ظلم بيّن، لا شكّ في ذلك، ولكنّ الله الذي هو عادل فالله ليس ظالمًا يكتب لهذه المرأة العجوز مقدار ما تريد ومقدار اهتمامها ومقدار ما كانت ستذهب لو كانت تملك المال، هل كانت ستذهب لو ملكت المال؟ أم أنّها كانت ستؤخّر ذلك سنة ثمّ تذهب؟ أم أنّها كانت ستحجّ على الفور، كلّ ذلك يحسب بدقّة وكأنّهم يخرجون الشعرة من العجين ويقولون لهذه العجوز: تفضّلي لقد حججت في هذه الدنيا ثلاثًا وثلاثين حجّة وعمرة مقبولة، تفضّلي، فتنظر فترى أنّها نعم كانت قد حجّت ثلاثًا وثلاثين حجّة وعمرة مقبولة عند الله. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فإذن ماذا حصل؟ لم يعد هناك حاجة إلى العمل. فماذا عن صحيفة الأعمال؟! إنّها صحيفة وجود الإنسان، وصحيفة الوجود تلك هي عبارة عن تلك النفس التي تحوّلت وتشكّل جوهرها وحقيقتها بتلك الحقائق الوجوديّة، وتشكّلها ذلك هو معنى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فكشفنا عنك غطاءك}</w:t>
+        <w:t xml:space="preserve">﴿فكشفنا عنك غطاءك﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. وتتمّة الكلام في الليلة القادمة إن شاء الله. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{6C93BE7A-6A52-4750-89C3-971CC61CFC5C}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{DC9F04AB-F2F2-46DC-8ACA-C7B14A3A2B72}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{37A9B3DD-C549-46CC-8FF0-DBC8900A5358}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{27D7091C-4BC8-43D5-BB17-ACA36330AE67}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2326,51 +2346,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3149,61 +3169,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3478,63 +3573,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>