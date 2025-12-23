--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هوالعليم</w:t>
       </w:r>
     </w:p>
@@ -518,51 +519,51 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">والحاصل أنّ هذه الدنيا هكذا كلّها، ولكنّ الإمام عليه السلام ليس هكذا، فعندما يشرع بدعاء أبي حمزة فلا بدّ من قراءته من أوّله حتّى آخره، وعندما نقرأ وصيّة أمير المؤمنين عليه السلام في حاضرين للإمام الحسن والإمام الحسين عليهما السلام فلا بدّ من قراءتها من أوّلها من قوله </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«من الوالد الفان المقرّ للزمان»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> حتّى آخر آخرها وعليك أن لا تترك حتّى كلمة واحدة!! أمّا نحن الآن فنقرأ هذه الوصيّة إلى أن يصل إلى ما يتعلّق بالمرأة فنحذفه ونتركه، فهذا نحن لا نفهمه، فلماذا لا تفهم أوّلها أيضًا؟! ولماذا تفهم آخرها؟ لماذا؟ كلّ المقاطع هنا وهناك يفهمها هذا المقطع لا يفهمه ويتوقّف فيه. فمن المعلوم إذن أنّك لم تكن تفهم من البداية، وإلا فالكلام كلام أمير المؤمنين، إن لم يكن هذا الكلام لأمير المؤمنين عليه السلام فهذا أيضًا ليس له، وإن كان هذا له فذاك أيضًا له، وإن كنت لا تفهم فلا تفسّر من البداية، لا تشرح، يأتي من يفهم وهو بنفسه يوضّح ويفسّر، هذا هو التمثيل، هذا هو الدين الالتقاطي حسب الذوق، أن يأتي الإنسان ويختار فيقبل جزءًا منه </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّ الَّذِينَ يكفُرُونَ بِاللَه وَ رُسُلِهِ وَ يرِيدُونَ أَنْ يفَرِّقُوا بَينَ اللَه وَ رُسُلِهِ وَ يقُولُونَ نُؤْمِنُ بِبَعْضٍ وَ نَكفُرُ بِبَعْضٍ وَ يرِيدُونَ أَنْ يتَّخِذُوا بَينَ ذلِك سَبِيلًا}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّ الَّذِينَ يكفُرُونَ بِاللَه وَ رُسُلِهِ وَ يرِيدُونَ أَنْ يفَرِّقُوا بَينَ اللَه وَ رُسُلِهِ وَ يقُولُونَ نُؤْمِنُ بِبَعْضٍ وَ نَكفُرُ بِبَعْضٍ وَ يرِيدُونَ أَنْ يتَّخِذُوا بَينَ ذلِك سَبِيلًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فهذا الطريق لا يوصل الإنسان إلى أيّ هدف. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -1012,66 +1013,73 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ أنا أريد أن يهبني الله ثروة فأنفقها في سبيل الله. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أيّها المسكين دون أن تطلب من الله انو ذلك فقط فهو كاف فلماذا تريد أن تتحمّل مشكلاته ومسؤوليّته؟! انو فقط والله يعطيك أجر نوايا جميع الذين ينفقون </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{الَّذِينَ ينْفِقُونَ فِي السَّرَّاءِ وَ الضَّرَّاءِ وَ الْكاظِمِينَ الْغَيظَ وَ الْعافِينَ عَنِ النَّاسِ وَ اللَه يحِبُّ الْمُحْسِنِينَ}</w:t>
+        <w:t xml:space="preserve">﴿الَّذِينَ ينْفِقُونَ فِي السَّرَّاءِ وَ الضَّرَّاءِ وَ الْكاظِمِينَ الْغَيظَ وَ الْعافِينَ عَنِ النَّاسِ وَ اللَه يحِبُّ الْمُحْسِنِينَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">‌</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> .</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما المقدار المطلوب من العمل وكيف يقسّم الوقت؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فكم يستطيع الإنسان بواسطة سلوكه العقلاني أن يطوي الطريق سريعًا يختصر على نفسه دون أن يتحمّل المشقّات، ودون أن يتحمّل الأتعاب، ودون أن يعمل من الصباح من أوّل طلوع الفجر وقبل أن تستيقظ الديكة والطيور ويفتح دكّانه ومتجره ثمّ يعود ليلاً عند الساعة الحادية عشرة أو الثانية عشرة، ثمّ يقول: ما حصلت عليه سأنفق الكثير منه في سبيل الله! كلاّ يا عزيزي بل اذهب إلى عملك وفق المتعارف وافتح دكّانك وقل بسم الله واقرأ إنّا أنزلناه وآية الكرسيّ وقل يا عليّ مدد وابدأ بالعمل، ومن كان يريد أن يفتح عيادته فليفتح عيادته، ومن كان يريد أن يفتح مكتبه فليفتح مكتبه، ولينفق ما يحصل عليه في سبيل الله ويحتفظ لأهله وعياله وأموره بمقدار، لقد هيّأ الله لنا الأمر هكذا بهذه السهولة والحسن والراحة والطمأنينة ووضعه على طبق وقدّمه لنا وقال: تفضّلوا، ألست أنا الله، ألست تريد أن تنفق من أجلي، تعال وخذ الطريق السهل، لماذا تريد أن تتعب نفسك؟! اذهب واعمل لأربع ساعات وأعط مال ساعة للفقير، وبدلاً من أن تذهب اثني عشر ساعة وتعطي تسع ساعات للفقير فإنّي أعطيك ثواب ذلك، فأيّ أحمق يختار هذا؟! نعم لو أنّ الله قال: إذا أردت أن تعمل تسع ساعات فإنّي أعطيك هذا المقدار، فهذا أمر آخر، ولكن ما دام الله نفسه يقول: العطاء منّي وأنا هكذا أتعامل، أفهل الإنسان أحمق؟! يذهب ويعمل وفق المتعارف ويترك مقدارًا لحياته ومقدارًا لعياله وأولاده ومقدارًا لأقاربه، ومن حيث الوقت يجعل وقتًا لمطالعته وللترويح عن النفس والترفيه، ووقتًا لعمله، ثمّ إذا رأى أنّه زاد قليلاً ويمكن أن يساعد أحدًا فيقرض صديقه ويساعد الفقراء يفعل ذلك، ويكون في نيّته أيضًا أنّه لو كان لديه أكثر لقدّم أكثر فإنّ الله يعطيه ثواب جميع ذلك، فهذا هو الحسن الفاعليّ.</w:t>
       </w:r>
@@ -1379,132 +1387,151 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> كان لي من العمر أحد عشر عامًا أو اثنا عشر عامًا تقريبًا ولا زلت أذكر أنّ هذا الرجل عندما كان يطوف سبعة أشواط في ذلك اليوم الأخير عندما جئنا صباحًا لزيارة الإمام الرضا عليه السلام ثمّ انطلقنا نحو الموقف حتّى ننطلق نحو طهران، كان الناس هكذا متحيّرين ـ لم يكن الأمر حينها كما هو الآن حيث فصل مكان النساء عن مكان الرجل وجعل جدار فاصل بينهما، بل كان النساء والرجال معًا في ذلك العهد السابق ـ فكان السيّد الحدّاد يطوف فوقف الناس جانبًا، فقد كان هو والمرحوم العلاّمة وأصحابهما كلّهم يطوفون معًا حول الضريح، ولا زلت أذكر حالته آنذاك حيث لم يكن في هذه الدنيا أصلاً! كان ينظر إلى الناس ولكنّ عينيه ترى مكانًا آخر ولها حالة أخرى، كان يطوف والدمع يجري من عينيه، فهل هذه الزيارة كزيارة هذا الرجل الذي يؤيّد زيارة ذلك العالم للصدر الأصفهاني مقدّمة على زيارة أمير المؤمنين، هل هما بمستوى واحد حقًّا؟! آه آه. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نسأل الله أن يزيد من فهمنا للمعارف الإلهيّة يومًا بعد يوم، وأن يجعلنا شاكرين لنعم صاحب الولاية.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{109D229C-854B-4903-923A-A0965A18B9AD}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{DED532B9-65B9-4632-B2C7-C4C5F9AAB622}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{710E6476-2CD1-4139-8902-E781E7D4048F}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{479E2CCB-0EFB-4250-AD96-9983345352CC}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2747,51 +2774,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3570,61 +3597,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3899,63 +4001,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>