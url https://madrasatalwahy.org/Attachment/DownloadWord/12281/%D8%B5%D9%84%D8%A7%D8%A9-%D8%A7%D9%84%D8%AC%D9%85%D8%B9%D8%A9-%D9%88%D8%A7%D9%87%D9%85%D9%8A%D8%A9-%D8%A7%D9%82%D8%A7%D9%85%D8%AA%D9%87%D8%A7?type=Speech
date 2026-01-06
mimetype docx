--- v0 (2025-11-05)
+++ v1 (2026-01-06)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هوالعليم</w:t>
       </w:r>
     </w:p>
@@ -546,51 +547,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الآن ما هذا العمود الذي أمامي؟ هل هو بلاستيك؟ هل هو كاوتشوك؟ هل هو فولاذ؟ قطن؟ افترض أنّه قطن، فهل السقف واقف على القطن؟! فما هو جنس هذا العمود؟ عليّ أنا أن أبيّن للآخر ما هو في الواقع: هذا العمود هو عبارة عن قطعة من الحديد قطرها كذا وطولها كذا وضخامتها كذا وقوّتها كذا وحولها اسمنت وجصّ وحجر فصار شكلها هكذا، صحيح؟ هذا يسمّى بناء الثقة، مجال لإيجاد الثقة، فوظيفة الحكومة الإسلاميّة هو تحقيق الثقة الاجتماعيّة والاطمئنان، وحينها انظروا كم سيختلف الأمر، وكم من المشاكل ستحلّ، تلك المشاكل التي تحتاج في حلّ عقدها إلى الأسنان، حينها العقد الشديدة ستحلّ بنفسها، لماذا؟ لأنّ هناك ثقة واطمئنانًا، إذا تحقّقت الثقة فلا أحد يلعب لعبة الاختباء، ولا أحد يلفّ ويدور، ولا أحد يقول شيئًا ويخفي أشياء، ولا أحد يحتفظ لنفسه بشيئين ويخبر عن شيء واحد، فهذا يؤدّي إلى الثقة، هذه هي الحقيقة فماذا نصنع؟ فالأمر هكذا وحالنا هكذا وأوضاعنا هي هذه، وظروفنا هي هذه، والمسائل المحيطة بنا هي هذه، فلتقولوا أنتم أيّها الناس ماذا علينا أن نفعل؟ تفضّلوا هذا العمل، هذا العمل، هكذا بكل سهولة. أمّا إن لم يكن هناك ثقة فستظهر المشاكل، وستظهر العقد المحيّرة وهذا يلطم وذاك ينوح حتّى ماذا؟ حتّى تحلّ القضايا والمسائل. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فلا بدّ في صلاة الجمعة من الاهتمام بالمسائل السياسيّة، المسائل السياسيّة البعيدة عن الهوى، البعيدة عن الفئويّة، البعيدة عن الحزبيّة، البعيدة عن الانتساب إلى مكان والابتعاد عن آخر، البعيدة عن المنافع الفئويّة والشخصيّة، البعيدة عن المنافع الطبقيّة، البعيدة عن الترجيحات الاعتباريّة لفئة مختصّة بهم وترجيحها، وجعلها في مرتبة خاصّة أرفع من الناس، كلاّ فلا فرق في الحكومة الإسلاميّة بين رجل الدين وغيره، الجميع مسلمون، والجميع عباد الله، والجميع عند الله معزّزون ومحترمون </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إنّ أكرمكم عند الله أتقاكم}</w:t>
+        <w:t xml:space="preserve">﴿إنّ أكرمكم عند الله أتقاكم﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لا أعلمكم وليس أكرمكم عند الله أفضلكم، ولا أكرمكم عند الله رجل دينكم! كلاّ فهذه الأمور لا وجود لها في القرآن، فلا تبالوا كثيرًا بهذه الأمور، وأتقاكم هو الذي لديه تقوى أكثر ولديه صدق في عمله أكثر، ولديه صفاء وإخلاص في عمله أكثر، فهذا هو أكرمكم عند الله لا غير، رجل الدين لديه وظيفته، وليس لدينا في الإسلام رجل دين لدينا عالم دين، رجل الدين هو للنصارى وقد جاء خطأ إلى الإسلام، فليس لدينا رجل دين لدينا عالم، عالم دين، قائد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فإذن هذا الموضوع دقيق، وجميع الناس في الدولة كأسنان المشط وليس هذا مجرّد كلام يخرج من حلقي ومن فمي، بل هذه هي حقيقة الأمر، ولا بدّ من الحياة في المجتمع الإسلامي وفق هذه الرؤية، وعلى الإنسان في المجتمع الإسلاميّ أن يروّج لأموره وتصرّفاته على هذه الرؤية. ووفق هذه الرؤية يجب أن لا يكون هناك اختلاف بين أيّ فئة وفرد إلا بالتقوى وهي أيضًا أمر يرتبط بالله وأنا وأنت لا نعرف عن تقوى الناس شيئًا، من يجب أن يعرف هو إمام الزمان فحسب، وغير إمام الزمان أولياء الله الذين يعلمون ماذا يجري في البواطن وفي الخفايا والأسرار والقلوب، وما نراه نحن هو الظاهر فقط، الظاهر الذي تحدّثت عنه أمس وليس معلومًا إلى أين ينتهي غدًا! الحمد لله نحن في هذه الدنيا في حال جيّد، رأينا في هذه العقود من عمرنا أحداثًا مختلفة في زمان الطفولة وفي زمان الفتوّة وفي زمان الشباب وفي هذا الزمان الذي تدعونني في عجوزًا أو شابًّا! ـ فالأمر يرتبط بقدرتكم على التشخيص وبماذا تحكمون، يقال إنّ القلب يجب أن يكون شابًّا، صحيح يا عزيزي، فالأمور الأخرى لا تستحقّ الاهتمام ـ فقد رأينا في هذه الفترات جميع الأنواع وجميع الأصناف وجميع الأشكال والألوان والأجناس، رأينا كافّة أنواع التظاهر، وكافّة أنواع الإقبال، وكافّة أنواع الإدبار، لقد رأينا كافّة الأنواع في النهاية، ففي علاقتنا مع الأفراد ومع الناس رأينا الجميع، وما حصلنا عليه هو أنّ السير في غير طريق العرفاء بالله وأولياء الله لا ينتج إلا الخسران والهلاك والبوار في الدنيا والآخرة، فهذه التجربة التي نلتها طوال هذه السنوات المتمادية مع مختلف الأفراد والأصناف والأحداث. </w:t>
@@ -707,51 +708,51 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ذات يوم في زمان </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">العلاّمة الطباطبائي</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> رضوان الله عليه ـ وقد كان يقول بالخلود في جهنّم: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{خالِدينَ فيها ما دامَتِ السَّماواتُ وَ الْأَرْضُ إِلاَّ ما شاءَ رَبُّكَ إِنَّ رَبَّكَ فَعَّالٌ لِما يُريد}</w:t>
+        <w:t xml:space="preserve">﴿خالِدينَ فيها ما دامَتِ السَّماواتُ وَ الْأَرْضُ إِلاَّ ما شاءَ رَبُّكَ إِنَّ رَبَّكَ فَعَّالٌ لِما يُريد﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالآية حول أهل جهنّم، وتتضمّن خالدين فيها، ومعنى الخلود هو الاستمرار في البقاء في مكان ما بغير أمد ودون مدّة ـ كنّا في مشهد في منزله وكان عمري ثمانية عشر عامًا، فالقصّة ترجع إلى ذاك الزمان، سأل أحد العلماء سؤالاً أنّه أيّ عدالة في أن يقوم إنسان بعمل ما ويكون جزاؤه العقاب مستمرًّا مع أبديّة الله ولا بدّ أن يتحمّل تبعات هذه المسألة؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -930,51 +931,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما هي آثار صلاة الجمعة المعنويّة على المصلّين؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فهذه هي صلاة الجمعة التي يهتمّ بها الملائكة المقرّبون والنفوس القدسيّة للملأ الأعلى، والتي تكون حاكمة على نفوس المجتمعين في صلاة الجمعة وغالبة وقاهرة عليهم بحيث تتولّى أمورهم حتّى الجمعة الأخرى، وتترك أثرًا على أعمالهم وسلوكهم وأفكارهم وتخيّلاتهم، فما معنى </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ألا بذكر الله تطمئنّ القلوب}</w:t>
+        <w:t xml:space="preserve">﴿ألا بذكر الله تطمئنّ القلوب﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إذن؟ وما معنى </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
@@ -1845,133 +1846,140 @@
         </w:rPr>
         <w:t xml:space="preserve">لو كنت أنا مكانه لقلت له: أيعقل أيّها الرجل أن أعطّل الناس هكذا من أجل مسجّلتك، إن لم تكن سجّلت فشأنها، فما ذنب الناس حتّى يدفعوا ضريبة مسجّلتك. ولكنّه هو لم يقل ذلك، بل قال شيئًا آخر قال: يا فلان أنا لا أدري ماذا قلت ليلة أمس ولماذا أقول الليلة، فأنا أجلس على المنبر وما يأتي بنفسه أتحدّث به، لقد كان رجلاً صافيًا وجليلاً، رحم الله الجميع وجعلنا من المتابعين لطريقهم. إن شاء الله. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللهمّ صلّى على محمّد وآل محمّد.</w:t>
+        <w:t xml:space="preserve">اللهمّ صلّى على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{8F737304-7B90-4330-9AEC-FDBA681D1527}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{547F221A-9B7C-47B3-8624-C496C9DB2459}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{7B348B41-5A03-4D96-B68A-882FD09CEF5E}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{ED09AE2F-7C5E-47FD-AA2B-5CA4640C1FDC}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -3052,51 +3060,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3875,61 +3883,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -4204,63 +4287,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>