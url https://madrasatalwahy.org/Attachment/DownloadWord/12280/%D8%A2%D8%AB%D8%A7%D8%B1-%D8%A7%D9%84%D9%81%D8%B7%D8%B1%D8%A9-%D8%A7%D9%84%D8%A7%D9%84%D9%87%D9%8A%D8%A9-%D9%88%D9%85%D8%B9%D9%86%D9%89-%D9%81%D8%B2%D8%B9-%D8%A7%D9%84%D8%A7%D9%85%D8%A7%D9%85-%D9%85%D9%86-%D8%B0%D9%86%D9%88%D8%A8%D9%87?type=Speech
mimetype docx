--- v0 (2025-10-07)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -656,51 +657,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. هذا هو السبب، هذه هي النقطة المهمّة في كلام الإمام السجّاد عليه السلام، فهو يرتّب المعادلات جنبًا إلى جنب، ويركّبها ويحصل على النقطة المجهولة والمعادلة المجهولة. ونحن يمكننا أن نفعل ذلك ولا نفعله، فلو كنّا لا نقدر فلا حساب ولا كتاب، لأنّا لسنا مكلّفين ولا نفعل، فالضرر الأوّل الذي يصيبنا هو تجاوز هذه المسألة، ففي البداية نلتفت إلى أنّنا أسقطنا أنفسنا عن درجة الوجود، وعن درجة الطهارة، وعن التكامل، وعن الوصول إلى الحقائق والمراتب الأعلى، وأعددنا لأنفسنا الظلمة، وأعددنا لأنفسنا الغشاوة والحجاب بواسطة قيامنا بهذا العمل الخائن الذي لا محلّ له في قانون عالم الخلقة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّ عالم الخلقة هو على أساس الفطرة، على أساس الصدق، والله تعالى يقول إنّا خلقنا السموات والأرض بالعدل وأرسلنا الرسل لإيجاد العدل، فآيات القرآن تقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لَقَدْ أَرْسَلْنا رُسُلَنا بِالْبَيناتِ وَ أَنْزَلْنا مَعَهُمُ الْكتابَ وَ الْمِيزانَ لِيقُومَ النَّاسُ بِالْقِسْطِ وَ أَنْزَلْنَا الْحَدِيدَ فِيهِ بَأْسٌ شَدِيدٌ وَ مَنافِعُ لِلنَّاسِ وَ لِيعْلَمَ اللَه مَنْ ينْصُرُهُ وَ رُسُلَهُ بِالْغَيبِ إِنَّ اللَه قَوِي عَزِيزٌ}</w:t>
+        <w:t xml:space="preserve">﴿لَقَدْ أَرْسَلْنا رُسُلَنا بِالْبَيناتِ وَ أَنْزَلْنا مَعَهُمُ الْكتابَ وَ الْمِيزانَ لِيقُومَ النَّاسُ بِالْقِسْطِ وَ أَنْزَلْنَا الْحَدِيدَ فِيهِ بَأْسٌ شَدِيدٌ وَ مَنافِعُ لِلنَّاسِ وَ لِيعْلَمَ اللَه مَنْ ينْصُرُهُ وَ رُسُلَهُ بِالْغَيبِ إِنَّ اللَه قَوِي عَزِيزٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فنحن أرسلنا رسلنا لكي يجعل الناس مسير حياتهم على أساس القسط، والقسط يعني الطريق المستقيم والصراط المستوي في كلّ ظاهرة وفي كلّ حادثة، فهذا هو القسط، أن يختبر الإنسان نفسه في كلّ قضيّة فيسلك الطريق الصحيح المطابق للفطرة التي فطره الله عليها ويعمل بها. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
@@ -1278,132 +1279,151 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؟ فمتى وفي أيّ زمان وأين؟ هذا الإمام السجّاد الذي لم يكن في طفولته يلعب مع الأطفال وكان يقف جانبًا وينظر إليهم، ومن البداية كانت علامات الإمامة بادية على الإمام السجّاد فكيف يقول ذلك؟ ما هي حقيقة الأمر؟ إن شاء الله موعدنا الليلة القادمة لنرى إن كنّا غدًا سنقع في ما وقعنا فيه الليلة أم سنفي بوعدنا، الأمر بيد الله، فعندما جئت الليلة كنت أريد أن أبحث حول هذا الأمر فجاء كلام آخر ولست أحمل مسؤوليّة ذلك ولم أقصّر. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وعلى كلّ حال فهذه ليالي شهر رمضان، والهدف أن نأتي ونجلس ونتكلّم بهذا الكلام ونأمل أن تنزل الرحمة عند ذكر الصالحين وأن يشملنا شيء منها إن شاء الله. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{1E857581-5579-4686-8551-A39AC97EC89F}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{8FD05C90-4099-40A9-B60B-27C6ADE676FD}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{51113CAC-EDEC-4B98-9FB0-9D2D70D4FAE7}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{94E37832-BE83-44A2-8B46-17517855738C}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1452,61 +1472,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="3" name="_x0000_i0003">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0003"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1609,61 +1629,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="4" name="_x0000_i0004">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0004"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2380,51 +2400,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3203,61 +3223,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3532,63 +3627,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>