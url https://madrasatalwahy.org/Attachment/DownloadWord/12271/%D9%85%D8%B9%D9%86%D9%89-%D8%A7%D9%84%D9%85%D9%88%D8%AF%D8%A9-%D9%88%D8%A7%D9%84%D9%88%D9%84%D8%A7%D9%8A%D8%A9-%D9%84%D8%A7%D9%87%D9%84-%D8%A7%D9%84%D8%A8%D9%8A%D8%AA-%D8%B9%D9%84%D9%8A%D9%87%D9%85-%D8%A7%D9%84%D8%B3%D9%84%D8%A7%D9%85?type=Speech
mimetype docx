--- v0 (2025-10-23)
+++ v1 (2025-12-23)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -360,114 +361,114 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّما أنت فكر يا أخي ما تبقى فعظام وعروق</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هذا الفكر يعني العقل والمعرفة والإدراك، فلو وضعتم ذلك جانبًا فإنّ الحيوانات مثلنا أيضًا لا يختلفون عنّا، حتّى إنّ لحمهم أكثر من لحمنا وربّما كان ألذّ، ووزنهم أكثر من وزننا، فالفيل الذي نزلت سورة في القرآن باسمه فهو له قيمة إلى هذه الدرجة، ما هي سورته أيّها الأطفال إن كنتم قرأتموها؟ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{أَلَمْ تَرَ كَيْفَ فَعَلَ رَبُّكَ بِأَصْحابِ الْفيلِ ، أَ لَمْ يَجْعَلْ كَيْدَهُمْ في‏ تَضْليلٍ}</w:t>
+        <w:t xml:space="preserve">﴿أَلَمْ تَرَ كَيْفَ فَعَلَ رَبُّكَ بِأَصْحابِ الْفيلِ ، أَ لَمْ يَجْعَلْ كَيْدَهُمْ في‏ تَضْليلٍ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فأحيانًا يبلغ وزن الفيل أربعة عشر طنًّا، فالفيلة التي في تايلند تبلغ أربعة عشر طنًّا، ولكن كم عقلها؟ دماغها أصغر من دماغ الإنسان، كم وزنها؟ أربعة عشر طنًّا، ثلاثة عشر طنًّا، فالأساس في حقيقة الإنسان هو فكره الذي لديه، التفكير الذي لديه، الفهم الذي لديه، ظهور صفات الإنسانيّة التي لديه، وإلا فإنّ جنكيزخان المغوليّ وتيمور والتتر كم كانت لهم من قيمة؟ فهؤلاء أيضًا كانوا بشرًا! كم كانت قيمة يزيد؟! كم كانت قيمة ابن زياد؟! هؤلاء الخلفاء ما هي قيمتهم؟! وماذا فعلوا سوى الظلم والجناية التي تصدر عن الوحوش بصورة معتادة؟ ولكن انظروا ماذا فعل الأئمّة وماذا فعل الأولياء وماذا فعل العرفاء وماذا فعل الأنبياء؟ انظروا ودعونا نتصفّح تاريخهم، وبعد مرور الأيّام نحاكم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الأنبياء لا يأخذون لأنفسهم شيئًا؛ لأنّهم وصلوا إلى حقيقة التوحيد تلك. لذلك يقول الله تعالى في آيات القرآن: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قل} </w:t>
+        <w:t xml:space="preserve">﴿قل﴾ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وبيّن لهم حقيقة موقعك ولا تخفِ عنهم </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَأَمَّا بِنِعْمَةِ رَبِّكَ فَحَدِّثْ}</w:t>
+        <w:t xml:space="preserve">﴿وَأَمَّا بِنِعْمَةِ رَبِّكَ فَحَدِّثْ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> قل لهم إنّ حقيقتي قد تجلّت فيك، قل لهؤلاء الناس إنّك تختلف عن الآخرين. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قل لا أسألكم عليه اجراً}</w:t>
+        <w:t xml:space="preserve">﴿قل لا أسألكم عليه اجراً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> لا أريد أجرًا قل لهم أنا مختلف عن الآخرين وأبرهن على أنّني مختلف، وليس الأمر بالكلام فقط، فبعضهم يتكلّمون وعندما يصل الدور إلى العمل فإنّهم يودّون لو يقطّعون بطن الإنسان إلى أربع قطع، فالتواضع هو فقط أمام الناس، بالابتسامة وطأطأة الرأس والتمثيل، فقل للناس يا يونس، وقل للنّاس يا موسى، قل لقومك يا نوح إنّنا نختلف عن الآخرين، نختلف عنكم، فلماذا لا تأتون إلينا؟! أتظنّونّ أنّنا مثلكم، اليوم نقوم بالدعاية لك، وغدًا نطلب منك هديّة أو مقامًا ووظيفة ونقول: إنّا عملنا لك بالأمس فعوّض لنا، فالدنيا دار حساب وكلّ شيء بحسابه، فقد قمنا بالدعاية لك وجمعنا لك الأصوات وجمعنا لك الناس وكنّا لك خدّامًا حتّى تجلس أنت على عرشك وتصل إلى ما تريد ثمّ تودّعنا؟! شكرًا لك! إمّا أن تعطيني وإمّا أن أحدّث عن كلّ ما لديك. فيا نوح قل للنّاس إنّه لا فرق عندي بين أن تقوموا بالدعاية لي أو لا تقوموا، فإن جئتم ودعوتم الناس لي فقد دعوتم إلى أنفسكم لا إليّ، فأنا لم أحتفظ بشيء لنفسي لكي تطالبوني غدًا. كان بإمكانك أن لا تأتي، فالتفت جيّدًا واعلم أنّه لا شيء من ذلك هنا، أنت السبب في كلّ ما أصابك، فاذهب وقم بالدعاية لغيري لتأخذ نتيجتها فهذا الباب مفتوح وهذا الطريق معبّد، اذهب إلى مكان آخر لتأخذ الثمن في اليوم التالي لماذا جئت إلى هنا حيث لا شيء في اليوم التالي؟! عندما جاء طلحة والزبير إلى أمير المؤمنين فقالا: يا عليّ نحن لم نبايع أبا بكر وأمثاله لكي تصل أنت، فأخبرهم الإمام أن قد وصلت الآن فاذهبا وشأنكما. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ ماذا حدث؟! لقد صبرنا ٢٤ سنة لأجل هذا اليوم، ٢٤ سنة لم نبايع خلالها ولم نشارك في ذلك الصف، ٢٤ سنة اعتزلنا جماعتهم حتّى تقول لنا اليوم: اذهبا وشأنكما وتطفئ السراج لنا وتقول إنّ السراج لبيت المال؟! فلمن دعوتم أنتم؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -693,66 +694,66 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهذه العبارة عجيبة جدًّا، فلو فكّرتم بها من الآن إلى مثل هذا اليوم من السنة القادمة فهو قليل، سنة كاملة حول أنّه ماذا يريد النبيّ أن يقول وما هذا العالم وفي أيّ مرتبة وهنا يصل الإنسان إلى الكثير من المسائل، المسائل التربويّة والمسائل السلوكيّة والدقائق والظرائف والرقائق واللطائف، فهناك الكثير من المسائل حين يقول النبيّ نريد أن نأخذهم بالسلاسل، فإلى هذا الحدّ نحن نحبّكم، وبعد ذلك يقولون إنّ الإسلام دين القسوة والخشونة، وإن شاء الله سأفصّل هذه المسائل في كتاب الارتداد إذا وفّقني الله. فهذا المنهج الذي كان لدى الأعاظم عبارة عن ذاك المنهج الذي وضعه هؤلاء، المنهج الذي جعلوه طريقًا إلى الله. هذا هو أجرهم لا غير. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولكن نجد أنّ الأمر يختلف بالنسبة إلى رسول الله، فهو يقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قل لا أسألكم عليه أجرًا}</w:t>
+        <w:t xml:space="preserve">﴿قل لا أسألكم عليه أجرًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، الله يقول للنبيّ، فهنا أيضًا الخطاب هو خطاب الله، فكما خاطب نوحًا وموسى وشعيبًا، خاطب النبيّ أن قل إنّ أجري على الرسالة هو مودّة ذوي القربى، وذوو القربى معروفون، هم أهل بيت النبيّ أوّلهم أمير المؤمنين وابنة النبيّ فاطمة الزهراء وأحد عشر ابنًا لهما، آخرهم بقيّة الله أرواحنا فداه، هذا الإمام الثاني عشر والحجّة الرابع عشر، هذه المجموعة هي شرف عالم الوجود. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قُل لَّا أَسْأَلُكُمْ عَلَيْهِ أَجْرًا إِلَّا الْمَوَدَّةَ فِي الْقُرْبَى}</w:t>
+        <w:t xml:space="preserve">﴿قُل لَّا أَسْأَلُكُمْ عَلَيْهِ أَجْرًا إِلَّا الْمَوَدَّةَ فِي الْقُرْبَى﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> مودّة قرابتي وذوي قرابتي هي ثمرة الرسالة، ثمرة الرسالة هي مودّتهم، فما هي مودّتهم حتّى تكون ثمرة الرسالة؟ ما هي؟ وكيف كان أجر الأنبياء السابقين هو انفتاح طريق الإنسان نفسه إلى الله، أمّا هنا فهي محبّة أهل البيت ومودّتهم، أي أن يحبّهم الإنسان فقط؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما معنى المودّة في القربى ومن كنت مولاة فعليّ مولاه ولماذا كانت هي الأجر؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -926,76 +927,76 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، كانت هذه العبارات. أمّا هناك فقد كان السوط والضرب. إنّه يسبّب الاختلال في أفكار المسلمين ويحدث التشويش، فأبو بكر جالس أعلى منبر النبيّ يتكلّم وقد جاء هذا ليشوّش الأذهان ويهدّد الأمن، فاضربوه وأخرجوه، فلا يسمعنّ أحد صوته. هل رأينا في تاريخ الأئمّة أحدًا يتكلّم مع الناس بهذه الطريقة، ائتونا بشاهد واحد لنرى، ففي النهاية هذه الكتب التي قرأها الآخرون وقرأناها نحن أيضًا فلم ينزل الوحي عليهم، الوحي على النبيّ وحده. لذلك فما معنى المودّة لعليّ المرتضى وأهل بيته؟ فالمودّة له بمعنى قبول ولايته، بمعنى من كنت مولاه فهذا علي مولاه، بمعنى النبيّ أولى بكم من أنفسكم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نقاط حول آية: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قل إن كان آباؤكم وأبناؤكم… أحبّ إليكم من الله ورسوله}</w:t>
+        <w:t xml:space="preserve">﴿قل إن كان آباؤكم وأبناؤكم… أحبّ إليكم من الله ورسوله﴾</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهناك آية عجيبة في القرآن يقشعرّ لها بدن الإنسان، آية عجيبة:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قُلْ إِن كَانَ آبَاؤُكُمْ وَأَبْنَاؤُكُمْ وَإِخْوَانُكُمْ وَأَزْوَاجُكُمْ وَعَشِيرَتُكُمْ وَأَمْوَالٌ اقْتَرَفْتُمُوهَا وَتِجَارَةٌ تَخْشَوْنَ كَسَادَهَا وَمَسَاكِنُ تَرْضَوْنَهَا أَحَبَّ إِلَيْكُم مِّنَ اللَه وَرَسُولِهِ وَجِهَادٍ فِي سَبِيلِهِ فَتَرَبَّصُوا حَتَّىٰ يَأْتِيَ اللَه بِأَمْرِهِ}</w:t>
+        <w:t xml:space="preserve">﴿قُلْ إِن كَانَ آبَاؤُكُمْ وَأَبْنَاؤُكُمْ وَإِخْوَانُكُمْ وَأَزْوَاجُكُمْ وَعَشِيرَتُكُمْ وَأَمْوَالٌ اقْتَرَفْتُمُوهَا وَتِجَارَةٌ تَخْشَوْنَ كَسَادَهَا وَمَسَاكِنُ تَرْضَوْنَهَا أَحَبَّ إِلَيْكُم مِّنَ اللَه وَرَسُولِهِ وَجِهَادٍ فِي سَبِيلِهِ فَتَرَبَّصُوا حَتَّىٰ يَأْتِيَ اللَه بِأَمْرِهِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما شاء الله، لقد رمى الله هنا السهم الأخير، رمى السهم الأخير! قل لقد تركنا المجاملة جانبًا في هذة الآية، فالله يقول هذا بلسان الحال فما زاد عن الآية أنا أقوله، الله يقول: لقد تركت المجاملة في هذه الآية جانبًا وأقول بصراحة من دون تساهل، تركت كلّ شيء جانبًا وأقول لكم بشكل واضح كما هو الواقع، وقد أردت هذا المعنى لا المجاز ولا الاستعارة والكناية ولا شيئًا آخر: إن كان آباؤكم وأمّهاتكم وأبناؤكم ونساؤكم وأزواجكم… .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
@@ -1135,51 +1136,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أن يفتحن باب الدار ويخرجن إلى حيث شئن ليس بأسوأ من أن تدخل من لا تثق به إلى بيتك وتخرج. ففي هذا الزمان تتّضح هذه الأمور، وفي هذا العصر يتبيّن أنّه في كمين الشيطان لا تنفع صلاة الليل ولا ذكر </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لا إله إلا الله}</w:t>
+        <w:t xml:space="preserve">﴿لا إله إلا الله﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ولا ذكر السجدة اليونسيّة ولا الصلاة في أوّل الوقت، ولا الصيام ولا غير ذلك، فعندما يقولون: ينبغي أن لا تكون المرأة على تواصل مع الرجل ولا تتكلّم مع الرجل ولا تتّصل به ولا تجيب على اتّصاله، فهذا أمر كان يعرفه أمير المؤمنين، كان أمير المؤمنين يعرف ويعرف ويعرف أنّ في هذا التواصل أيّ جنايات وفجائع واعوجاجات ومصائب لا ينجو منها إلا واحد بالألف، وأنا بدوري ووفق الدائرة المحدودة التي على تواصل معها يمكنني أن أقرّ وأعترف أنّ كثيرًا من المشاكل التي شوهدت كان سببها هذه العلاقات، وهذا النوع من التواصل، والحال أنّ الذين وقعوا كانوا ظاهري الصلاح، من أهل الصلاة والصيام وأهل القرآن وأهل المجالس. آه سيّدنا ماذا نفعل؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ ماذا تفعلون؟! عندما أقول: لا تتكلّموا. فلا تتكلّموا. وعندما أقول: لا تُجبْن على اتّصال الرجل عبر الهاتف فلا تجبنْ. عندما يمضون ويصطدمون يضربون على رؤوسهم أن ماذا نفعل؟ كان بإمكانك أن لا تفعل كلّ ذلك. أين يوجد مثل السيّدة زينب، يقولون: السيّدة زينب السيّدة زينب… فكم امرأة هي مثل السيّدة زينب؟! كم سيّدة زينب لدينا؟! كم سيّدة زهراء لدينا؟! لقد صار الجميع السيّدة الزهراء والسيّدة زينب! أنتِ من رأسك إلى أخمص قدميك عائشة ثمّ تقيسين نفسك على السيّدة زينب؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1285,51 +1286,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ أنت أخبر ما علاقتي أنا بذلك؟ لو سألتني حتّى يوم القيامة فإنّي أقول: إنّه حرام. أمّا قولك ماذا أفعل الآن؟ فهذا شأنك، وأنا لا أتراجع عن كلامي وحكمي وفتواي وأقول: كلاّ، إذا غضبت زوجتك فلا بأس أن تأتي تلك السافرة وتجلس وتتحدّث وتضحك وليجلسوا ويقضوا أوقاتهم معًا، فأنا لا أقول هذا، اذهب وعالج نفسك بنفسك، اذهب ودبّر الأمر بنفسك، لقد وصل الأمر إلى حال يريدون من الجميع معه أن يتواضعوا له ويعظّموهم مهما فعلوا. فهذا معنى إن كان أبناؤكم أحبّ إليكم من الطريق إلى الله ورسوله، يعني أنّ تترك طريقك من أجل ابنك، وتترك مدرستك من أجل زوجتك، وتقصّر من أجل أموالك وتجارتك، فتربّصوا أي ترقّبوا وتوقّعوا وانتظروا قلقين، فالتربّص هو التحديق هنا وهناك هذا هو التربّص، فلو سمع الإنسان صوتًا ثمّ أخذ ينظر إلى هذه الناحية وتلك لعلّ حيوانًا يأتي من هنا أو عدوًّا من هناك فهذا هو التربّص، فهو النظر إلى هذه الناحية وتلك والترقّب، فتربّصوا حتّى يأتي الله بأمره، حتّى آتي وأحاسبكم وأصفّي حسابي معكم، ولست أمازحكم، لقد جئت بكم إلى هذه الدنيا بغير اختياركم، وسأخرجكم منها وقد كلّفتكم بتكليف لا بدّ أن تقوموا به، فإن قمتم به فلكم السعادة الأبديّة والفلاح الأبديّ والسرور الأبديّ والفوز الأبديّ، وإلا أخذنا بتلابيبك حتّى تتذكّر طفولتك. أتظنّ أن لا خبر عن ذلك، وأنّك تأتي هكذا وترجع وتفعل ما تشاء وكيف تشاء. بل هناك حساب دقيق. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فإذن يتّضح من هذه الآية أنّ ولاية الأئمّة ومودّة الأئمّة وهي عين مودّة الله فلو أراد الإنسان أن يرجّح شيئًا على ولاية الله فعليه أن يترقّب ويتربّص. فهذه هي المتابعة. فبما أنّ رسول الله هو آخر نبيّ وآخر رسول، وليس بعده نبيّ، فإنّ الله تعالى يقول: هذه السلسلة لم تنقطع، فالأنبياء السابقون كانوا يقولون اذهبوا إلى الله لأنّ النبيّ اللاحق سيأتي ويملأ هذا المكان، وهكذا من بعده حتّى يصل الأمر إلى رسول الله وبعده انقطع الوحي، فبما أنّ الوحي انقطع فمن الذي يجب أن يكون خليفة رسول الله؟ من كان نفسَ رسول الله، من كانت له وحدة مع رسول الله. ومن هو؟ إنّه أمير المؤمنين وأحد عشر ابنًا من أبنائه. إنّه نفس رسول الله وله وحدة معه، وكلامه كلام رسول الله. فإذن متابعة رسول الله لها مشروعيّة لأنّها تفتح طريق الإنسان إلى هناك، وهذه المشروعيّة الذاتية ستكون أيضًا لمتابعة من كان نفسه، نفس رسول الله وروحه، فإذن هو عينه، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قل إن كنتم تحبّون الله فاتّبعوني يحببكم الله}</w:t>
+        <w:t xml:space="preserve">﴿قل إن كنتم تحبّون الله فاتّبعوني يحببكم الله﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. إن كنتم تدّعون أنّكم تحبّون الله فاتّبعوني لا بدّ أن تسيروا خلفي. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">معنى وحدة الأديان ومنافاته لاتّباع النبيّ صلّى الله عليه وآله</w:t>
@@ -1414,221 +1415,240 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم هناك رواية في أنّ رسول الله في المعراج بدأ بعد الصلاة بالتسليم على الأنبياء، وهذا يرتبط بعالم المكاشفة وعالم الكشف، ولا علاقة له بهذه الصلاة وبهذا العمل الظاهري، وإذا استطعنا أن نستنبط منه، فإنّ الروايات التي تدلّ على عدم فعل المنافي، مع عدم ورود عمل كهذا طيلة حياة أهل البيت عليهم السلام، تكفي لكون ذلك بدعة. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المستحبّ هو ما يجده الإنسان من قبل الله والرسول والأئمّة لا أن يبدي وجهة نظره الخاصّة ويضيف أو ينقص، فـ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ما آتاكم الرسول فخذوه وما نهاكم عنه فانتهوا}</w:t>
+        <w:t xml:space="preserve">﴿ما آتاكم الرسول فخذوه وما نهاكم عنه فانتهوا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. وكان بإمكان رسول الله أن يلتفت بعد الصلاة إلى هذا الجانب وذاك ويصافح عمر وأبا بكر وعبد الرحمن وسلمان وأمثالهم، فهل لدينا في الرواية أنّ النبيّ كان يصافحهم بعد الصلاة عندما كان في المدينة عشر سنوات وفي مكّة ثلاث عشرة سنة؟ وهل كان أصحاب الأئمّة في ذاك الزمان يصافح بعضهم بعضًا بدلاً من تسبيحات السيّدة الزهراء والأدعية المأثورة؟ فإلى أين نحن ذاهبون؟ إلى أين نحن ذاهبون؟ ولماذا علينا أن لا نعمل بالسيرة التي وصلتنا عنهم صافية وواضحة؟ ولماذا علينا أن نؤوّل ونوجّه؟ فإلى متى علينا أن نؤوّل؟ إلى متى علينا أن نوجّه؟ إلى متى علينا أن نضيف من أنفسنا خلافًا لما كانوا يعملون؟ فلو أنّ الإمام الصادق كان يصافح فعلى أعيننا، ومن الآن نصافح، وما دام لم يصافح فلماذا نضيف من عند أنفسنا، لا أدري ما هذا الداء ما هذا الداء الذي جعلنا ملوكيّين أكثر من الملك! فهذا مرض في النهاية مرض، الأئمّة ولمدّة ٢٥۰ سنة لم يصافحوا، وفجأة صارت المصافحة عندنا مستحبّة فماذا حصل؟! نحن الآن عندما نقول ذلك للنّاس فإنّهم يعملون به، يرتّبون عليه أثرًا فيخسرون فيض الصلاة وحضور القلب والله، فما دام لديه حالة توجّه إذا ما التفت إلى هذا وقال له تقبّل الله ـ وإن شاء الله يقبل الله ـ فقد انتهى الأمر وذهبت تلك الحالة، والأئمّة لم يوصونا عبثًا بأن علينا أن نلتفت إلى دين الناس، وأن نلتفت إلى خلوص الناس، فلنلتفت أكثر بقليل ولا نضيف من عند أنفسنا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الدين هو ولاية أهل البيت عليهم السلام والولاية هي الاتّباع الكامل لهم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فهذا هو المطلوب، وهذا الأمر مهمّ وهو أنّ الدين هو عبارة عن ولاية أهل البيت، وولاية أهل البيت تعني متابعة أهل البيت، فإذن الدين هو الولاية والولاية هي الاتّباع التامّ المطلق، فإذن كلّ ديننا هو ولاية إمام الزمان، جميعه وبنسبة مائة بالمائة، هو متابعة إمام الزمان مائة بالمائة، هو اتّباع إمام الزمان مائة بالمائة، هو التبعيّة لإمام الزمان مائة بالمائة، هو الالتفات إلى جميع ذلك مائة بالمائة، ولا يكون هناك شيء آخر بنسبة واحد بالمائة، لا تكون هناك نسبة من غيره، كلّه عبارة عن ولاية إمام الزمان واتّباعه، ومن سار على خلاف ذلك فقد خسر، هذا معنى تلك الآية الشريفة: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قل لا أسألكم عليه أجرًا إلا المودّة في القربى}</w:t>
+        <w:t xml:space="preserve">﴿قل لا أسألكم عليه أجرًا إلا المودّة في القربى﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. يعني أنّ هذا الأجر المترتّب على الرسالة يعني تقبّل ولاية بقيّة الله، هذا معناها وانتهى الأمر، هذا معنى الدين، والأجر هو الاقتداء بإمام الزمان، الأجر يعني اتّباع إمام الزمان، الأجر يعني رفض جميع الإرادات والمشيئات وجعل إرادته ومشيئته بدلاً منها، هذا المعنى هو معنى الأجر، هذا هو الأجر. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسنًا لقد انتهى الوقت، وإن شاء الله نرى ماذا يقدّر الله حتّى الليلة القادمة، وعلى كلّ حال، إذا ثبتت الرؤية قبل انعقاد الجلسة فستكون الليلة القادمة الليلة الأولى من الشهر، وإلا فسيكون المجلس طبق المألوف، وإذا ما وفّقت فسأكون من جهتي في خدمة الرفقاء والأصدقاء.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وقد صار ختامه مسكًا، واتّضح أنّ كلّ الالتفات والقصد والنيّة لا بدّ أن تنصبّ على إمضاء صاحب الولاية وفي سياق تحصيل ذلك، وهذا يتطلّب عملاً، أمّا الاقتصار على المجيء إلى هنا والجلوس والاستماع فليس بشيء، وعلينا جميعًا ابتداء منّي وانتهاء بالحاضرين أن نعمل بهذه التعاليم التي جرى الحديث عنها خلال هذه الأيّام، وأن نفكّر وننظر إلى أيّ حدّ يمكن أن نقترب بأنفسنا من هذه المفاهيم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نطلب من الله أن يتجاوز عن زلاّتنا وخطايانا وضعفنا بكرمه وجوده، وبصدق سرّ هؤلاء الأولياء والنفوس الطاهرة المقدّسة والنوايا الخالصة التي تنشأ عن ضمائر وسرائر العصمة المطلقة والطهارة المطلقة لكلمات الإمام السجّاد هذه، فهذه الفقرات ليست تجميعًا نأخذ واحدة من هنا وواحدة من هناك ثمّ نؤلّف منها نصّ زيارة لأحد ما، كلاّ يا عزيزي بل هذه نوايا نشأت من ضمائر وصلت إلى الطهارة الذاتيّة، فطهارة هؤلاء ليست طهارة كسبيّة بل طهارة ذاتيّة، وعصمة هؤلاء عصمة ذاتيّة، كأنّ وجود الله بعينه ـ والذي هو في مقام العبوديّة ـ يعيد القول إلى الله ويخاطب الله ويجيب الله، يجيب على قوله لبّيك، فالإمام السجّاد عليه السلام هكذا يدعو الله، فبهذه النوايا الطاهرة نقسم على الله أن يعاملنا بلطفه، وهذا ما نتوقّعه، فنحن نتوقّع من الله أن يرينا ألوهيّته وأن يرينا مولويّته، وأن يثبّت أقدامنا على صراط وليّه والإمام الحيّ الإمام بقيّة الله، وأن يديم علينا نظره وعنايته.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{048424ED-49BE-4145-8523-7DB537FD6F06}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{A3E540C0-837C-40A8-A9B4-9E412F2817B2}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{C2046C8F-8251-4A9A-8642-E79EF90AB6BA}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{FCAE3787-B273-4D3A-AA47-BF1EE79EF198}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2632,51 +2652,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3455,61 +3475,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3784,63 +3879,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>