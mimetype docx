--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -838,51 +839,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كيف يتجلّى غنى الله في دعوة أنبيائه وأوليائه؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لذلك ترون في آيات القرآن أنّ الأنبياء عندما يبلّغون فكيف تحكي عنهم آيات القرآن؟ عندما يقول الأنبياء: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قُلْ ما أَسْئَلُكمْ عَلَيهِ مِنْ أَجْرٍ إِلَّا مَنْ شاءَ أَنْ يتَّخِذَ إِلى‌ رَبِّهِ سَبِيلًا}</w:t>
+        <w:t xml:space="preserve">﴿قُلْ ما أَسْئَلُكمْ عَلَيهِ مِنْ أَجْرٍ إِلَّا مَنْ شاءَ أَنْ يتَّخِذَ إِلى‌ رَبِّهِ سَبِيلًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> نحن لا نريد منكم أجرًا، أجرنا هو عبارة عن ذلك الطريق الذي تطوونه فتصلون إلى غايتكم، هذا أجرنا. لماذا لدى الأنبياء هذه الحالة؟ لأنّ الأنبياء موحّدون، الأنبياء يعلمون أنّه لا فضل لهم في هذا المجال. أدركوا هذا الأمر، شهدوه، لقد شهد الأنبياء أنّهم ما داموا قد وصلوا إلى هذا المقام بواسطة التوفيق الربوبيّ فإنّ التبليغ الذي يبلّغونه لا بدّ أن يكتب باسمه هو لا بأسمائهم هم. لذلك هل حصل أن قال الأنبياء يومًا: نحن الذين بلّغناكم…؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد طرحت في إحدى جلسات عنوان البصري هذا الأمر، </w:t>
@@ -1081,182 +1082,189 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لذلك نرى أنّ هدف الأنبياء كان هكذا، وانزعاجهم كان لأنّ كلامهم مهمل لا يعمل به، لم يكونوا يحزنون لأنّ النعال لا تخفق خلفهم؟ هناك كلمتان فقط وهما أنّه لماذا بقي كلامهم مهملاً؟ لماذا لا يعمل به؟! الكلام دقيق جدًّا، دقيق. مقصود الأنبياء هو هذا، لأنّ الأنبياء يرون أنفسهم ظهورًا للحقّ، والظهور لا يستقلّ في نفسه، فما هو الأجر الذي يطلبه؟ ما هو؟ بأيّ أجر عليه أن يطالب؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسنًا فلنحتفظ بهذه الفكرة ولننتقل إلى فكرة أخرى وهي أنّه: لماذا قال رسول الله خلافًا لسائر الأنبياء: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قُلْ لا أَسْئَلُكمْ عَلَيهِ أَجْراً إِلَّا الْمَوَدَّةَ فِي الْقُرْبى}‌</w:t>
+        <w:t xml:space="preserve">﴿قُلْ لا أَسْئَلُكمْ عَلَيهِ أَجْراً إِلَّا الْمَوَدَّةَ فِي الْقُرْبى﴾‌</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؟ فما هو الأجر هنا إذن؟ قل يا رسولي إنّي لا أريد منكم أجرًا على الرسالة وتبليغ الشريعة إلا محبّة ومودّة أهل بيتي. الأنبياء كانوا يقولون: فقط هدايتكم، طريقكم، سلوككم، انفتاح الباب أمامكم نحو المبدأ الأعلى هي أجرنا. والنبيّ يقول: مودّة أهل بيتي هي أجري. فما هو السبب هنا الذي جعل طريقة كلام رسول الله وبيانه تختلف هنا؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إن شاء الله في فرصة أخرى، فقد صارت الساعة الحادية عشرة وعشر دقائق، فيكفي، أنهِ الكلام، وأنتم ترون حالتي ووضعي فقد أصبت بمرض في الصدر. فتتمّة الكلام في الليلة القادمة. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد. </w:t>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{2F7B860A-A010-4138-B26B-BEB178641AD0}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{711C22AA-E16C-4F6C-A22C-5CF43D8C95E9}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{88276D4E-C9EA-4EB0-AE48-838245AD2F62}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{EB450F72-984A-4F95-B61F-0AEC4D955C36}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2134,51 +2142,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2957,61 +2965,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3286,63 +3369,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>