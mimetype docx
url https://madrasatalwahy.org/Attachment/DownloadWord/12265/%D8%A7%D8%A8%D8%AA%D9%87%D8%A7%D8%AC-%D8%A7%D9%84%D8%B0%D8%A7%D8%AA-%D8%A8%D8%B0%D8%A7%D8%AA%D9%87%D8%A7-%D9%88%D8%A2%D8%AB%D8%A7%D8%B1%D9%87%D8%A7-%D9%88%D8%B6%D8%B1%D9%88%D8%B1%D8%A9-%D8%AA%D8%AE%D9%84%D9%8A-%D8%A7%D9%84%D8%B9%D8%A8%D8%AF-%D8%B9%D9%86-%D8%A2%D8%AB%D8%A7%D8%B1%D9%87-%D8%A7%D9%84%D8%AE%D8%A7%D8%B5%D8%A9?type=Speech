--- v0 (2025-10-23)
+++ v1 (2025-12-23)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -337,51 +338,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فقد حصل تأخير. فظنّ هذا الرجل أنّه يطلب منه مالاً، فأعطاه مبلغًا من المال. فقال: عزيزي أنا أقول تكرّم عليّ فأراد ذلك أن يعطيه مرّة ثانية، فالتفت أحد الحاضرين وقال: إنّ قوله تكرّم عليّ هذا يعني سامحه ولا تؤاخذه على هذا التأخير لا أن تعطيه مالاً! فقد كان يعطي ماله معتقدًا أنّ هنا قانونًا يقضي بذلك ـ ربّما كان لا أدري! ـ فكلّما قال ذاك: تكرّم عليّ. كان يعطيه، كان يعتقد أنّ التكرّم ليس بمعنى العفو بل بمعنى الهبة والعطاء. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كم هو حسن أن يفهم الإنسان هكذا، فكثير من الأعمال تصبح سهلة. فكما هو موجود هنا الجود يعني العطاء، وإن كان كلمة "بخشش" في الفارسيّة تعني العفو والإغماض أيضًا إلى جانب الإعطاء، أمّا في العربيّة فتعني العفو والإغماض والمغفرة والغفران، وما لدينا في فقرات الدعاء من "يا غفّار الذنوب يا ستّار العيوب" فالغفّار فيها بمعنى العفو عن الذنوب والخطايا والزلاّت. إنّ الجود هنا هو بمعناه الذي هو الإعطاء والهبة، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يَهَبُ لِمَنْ يَشَاءُ إِنَاثًا وَيَهَبُ لِمَنْ يَشَاءُ الذُّكُورَ}</w:t>
+        <w:t xml:space="preserve">﴿يَهَبُ لِمَنْ يَشَاءُ إِنَاثًا وَيَهَبُ لِمَنْ يَشَاءُ الذُّكُورَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
@@ -449,51 +450,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الآن هذه الذات البحتة والبسيطة التي هي منبع ومبدأ لجميع التطوّرات والمظاهر والحقائق، هذه الذات لها صفة الابتهاج بخصوصيّاتها، فهو المبتهج بذاته في ذاته. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّ لكلّ واحد منّا صفات ولدينا حالات مختلفة بالنسبة إلى هذه الصفات، فإن كانت صفتنا صفة غير مناسبة من حيث الموازين الأخلاقيّة فإنّا نخجل لماذا أنا هكذا وهكذا؟ لماذا أنا بخيل؟ لماذا لا أضبط كلامي؟ لماذا أتدخّل في أعمال الناس؟ لماذا أنا أحبّ أن يكون فلان عاملاً تحت أمري وأكون أعلى منه؟ لماذا؟ فعندما نرجع إلى أنفسنا نرى أنّ لدينا ردّة فعل تجاه كلّ واحدة من هذه الصفات، نشعر بهذه الصفات الرذيلة في وجودنا، طبعًا هناك من يختلف الأمر لديهم بشكل كامل حيث لم يعد لديهم معنى للصفة الرذيلة، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{خَتَمَ اللَّهُ عَلَىٰ قُلُوبِهِمْ وَعَلَىٰ سَمْعِهِمْ وَعَلَىٰ أَبْصَارِهِمْ غِشَاوَةٌ}</w:t>
+        <w:t xml:space="preserve">﴿خَتَمَ اللَّهُ عَلَىٰ قُلُوبِهِمْ وَعَلَىٰ سَمْعِهِمْ وَعَلَىٰ أَبْصَارِهِمْ غِشَاوَةٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد انقلب تفكيرهم بشكل كامل حتّى إنّهم ليغرقون في الذنب ويستمرّون على الذنب و المعصية حتّى تنتهي عندهم القدرة على تشخيص الفضيلة من غيرها، الفضيلة عندهم تفقد قيمتها، والرذائل عندهم تصبح فضائل، فالاحتيال يصبح ذكاء، والسرقة تصبح ذكاء، والتفكير في العواقب و أمثال ذلك [يفقد قيمته]، فقد انتهى أمر الإنسان وختم على سجلّه. ولكن قبل أن نصل إلى هذه الحالة تكون لدينا ردّة فعل على صفاتنا وخصوصيّاتنا التي فينا، نقول: كم كان حسنًا أن أكون مثل فلان، كم كان حسنًا أن تكون لديّ خصوصيّات فلان! كم هو جيّد! انظر كم هو حسن! انظر كم هو إنسان جيّد! كم هو صافٍ، انظر لا حقد لديه ولا غشّ في عمله. انظر إنّه صادق مع الجميع. انظر هو صادق حتّى عندما يكون الصدق مضرًّا له. انظر وانظر، هذا كلّه لماذا؟ لأنّنا نتفاعل مع الصفات والغرائز والخصال والشمائل الفطريّة التي أودعها الله في ذات الإنسان، فنعرف أنّ هذا العمل خطأ [وأنّ ذاك صواب] فنسعى إلى الوصول إليه وإلى التخلّص من الصفات غير المستحسنة، فهذه الحالة التي نراها في أنفسنا بالنسبة إلى الصفات المستحسنة تسمّى ابتهاج النفس. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -520,51 +521,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بلوغ النبيّ إبراهيم مرتبة الإمامة بعد تخلّيه عن إسماعيل الذي هو من آثار ذاته</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ذات يوم وفي العهد السابق عهد الشاه، كان هناك محاضرة في مسجد القائم، وكان المحاضر رجلاً فاضلاً رحمة الله عليه، فنحن لم ندرك كيف مات وكيف توفّي، لم نلتفت ماذا كانت قصّته ولم ندركها. كانت لديه جزوات وفي أحدها كان يطرح مسألة النبيّ إبراهيم عليه السلام وأنّ الامتحانات التي امتحنه الله بها جعلته يصل إلى الكمال، فقد ألقي النبيّ إبراهيم في النار فحدث له التخلّي عن النفس التي هي أرفع الأمور قيمة عند الإنسان، ولذلك وصل إلى مقام الولاية، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ إِذِ ابْتَلى‌ إِبْراهِيمَ رَبُّهُ بِكلِماتٍ فَأَتَمَّهُنَّ قالَ إِنِّي جاعِلُك لِلنَّاسِ إِماماً}</w:t>
+        <w:t xml:space="preserve">﴿وَ إِذِ ابْتَلى‌ إِبْراهِيمَ رَبُّهُ بِكلِماتٍ فَأَتَمَّهُنَّ قالَ إِنِّي جاعِلُك لِلنَّاسِ إِماماً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> لقد طوى النبيّ إبراهيم الكثير من الامتحانات وعندما وصل إلى آخر امتحان جاءه نداء الإمامة وأوصله إليها. لقد طرح في تلك الجزوة والتي هي تفريغ لمحاضراته هكذا. وعندما طالعتها ذهبت إلى المرحوم العلاّمة وكان عمري حينها سبع عشرة سنة أو ثمان عشرة سنة، فقلت: هذا الأمر خطأ، فنحن لدينا حول النبيّ إبراهيم أنّ إلقاءه في النار كان في شبابه لا في شيخوخته.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
@@ -609,51 +610,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ضرورة احترام الآباء للوصول إلى الله (قصّة الطبيب الذي يتقدّم على أبيه) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كان هناك أحد الأصدقاء من الأطبّاء المعروفين نسأل الله أن يسلّمه، وكنّا في أحد المجالس، وبيننا علاقة حميمة، كنّا في أحد المجالس فرأيته قد دخل إلى أحد المجالس وكان متقدّمًا على أبيه! لا أحد يعرف أباه، أمّا هو فرجل مشهور تعرفه الدنيا كلّها! فلمّا جاء قلت له: الأب أولاً ثمّ أنت، وانتظرت قليلاً و… وقد قلت لكم: إنّ بيني وبينه علاقة حميمة وهو يتحمّل منّي هذه الأمور إلى حدّ ما كالآخرين، فقلت له: الأب مقدّم. فتغيّر حال الأب واضطرب، القاعدة هو أن يكون هو أوّلاً. فلم يكن يعرف ذلك. قال: لا لا! قلت: كلاّ القاعدة هي أن تكون أنت الأب أوّلاً، فكلّ ما لديه هو منك، وكلّ موقع له ومكانة وصل إليها هي منك، وأنت علّة وجوده، أنت العلّة المعدّة لوجوده وعليه أن يشكر ذلك حتّى نهاية عمره. وقد التزم ذلك الطبيب بذلك من حينها، فمن الواضح أنّه لم يكن ملتفتًا، لا أنّه كان قاصدًا. ولكن هذا واجبنا، الواجب هو: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ اخْفِضْ لَهُما جَناحَ الذُّلِّ مِنَ الرَّحْمَةِ وَ قُلْ رَبِّ ارْحَمْهُما كما رَبَّيانِي صَغِيراً}</w:t>
+        <w:t xml:space="preserve">﴿وَ اخْفِضْ لَهُما جَناحَ الذُّلِّ مِنَ الرَّحْمَةِ وَ قُلْ رَبِّ ارْحَمْهُما كما رَبَّيانِي صَغِيراً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أظهر تواضعك، فهذه أمور يقتضيها ذلك المقام التوحيديّ، فمقام التوحيد يقتضي أن يكون العبد أمام الربّ في حال تواضع وحال خشوع وحال خضوع، إنّها الحيثيّة الربوبيّة التي أدّى بُعدها الخلقيّ إلى وجودنا وبروزنا، وبواسطة هذه المسألة فإنّ لله مالكيّة ونحن مملوكون، انظرا إلى نظام التكوين تجدون أنّ هذا الأمر حصل بواسطة الأب.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
@@ -673,51 +674,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فيقول الله: وهنا أيضًا لا بدّ أن تقوم بذلك، سواء كان أبوك مسلمًا أم لم يكن، فلا شأن لك بذلك! لا شأن! الأب أب، والأمّ أم، سواء كانت الأمّ موافقة لطريقك أم مخالفة فما شأنك أنت؟! هي تسير في طريقها ولها سجلّها الخاص وحسابها، وأنت احترامك لأمّك وأبيك لا بدّ أن يكون حقيقيًّا لا تصنّعيًّا بحيث يخالون أنّك تمثّل فيلمًا أو مسرحيّة وتقوم بعرض، كلاّ يجب أن تقبّل يد أبيك بعنوان أنّه هو السبب في وجودك في هذا العالم وهو الذي يسبّب وصولك إلى هذه الفيوضات، فلو لم يكن أبوك فمن الذي كان سيأتي بك؟ من؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم هناك أمثال آدم وحوّاء كانوا بلا أمّ وأب لم يكن لهما أبوان، أو النبيّ عيسى لم يكن له أب وكانت له أمّ. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّ مَثَلَ عِيسَىٰ عِندَ اللَّهِ كَمَثَلِ آدَمَ خَلَقَهُ مِن تُرَابٍ ثُمَّ قَالَ لَهُ كُن فَيَكُون}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّ مَثَلَ عِيسَىٰ عِندَ اللَّهِ كَمَثَلِ آدَمَ خَلَقَهُ مِن تُرَابٍ ثُمَّ قَالَ لَهُ كُن فَيَكُون﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -903,51 +904,51 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وما إن سمع </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المرحوم العلاّمة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> بذلك حتّى رأيت الغضب في وجهه، وانتفخت أوداجه وقال: أقسم بالله سألقي هذا الرجل بيدي يوم القيامة في قعر جهنّم! فقلت: ما شاء الله! انتهى الأمر أيّها الشقيّ! لقد عُلم الآن أين هو موضعك، علم الآن أين هو مكانك، فقد توفّي كلاهما وانتقلا إلى هناك معًا، وطبعًا فقد توفّي المرحوم العلاّمة قبله وانتظره هناك قليلاً، بضع سنوات ثمّ مات ذاك! فانظروا! سألقي به بيدي في قعر جهنّم. ماذا؟! أتوزّع إعلانًا على خلاف حكم رسول الله؟ أفهل الأمر هراء وفوضى؟ هناك حساب على الدنيا يا عزيزي، حريم الله له حساب، هذا الجنين حريم الله، عبد الله لا بدّ أن يأتي إلى هذه الدنيا، يطوي مراتبه ويسير في حالاته، ويبلغ إلى المراتب، يقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لَا إِلَهَ إِلَّا اللَّهُ}</w:t>
+        <w:t xml:space="preserve">﴿لَا إِلَهَ إِلَّا اللَّهُ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. أهكذا هي الأمور؟! وهل الطفل هرّة تسقطونها وتلقونها؟ هل هم جراء كلاب؟ هؤلاء مسلمون، هذا الطفل إنسان، هذا الطفل مسلم، إنسان. أهكذا أسقطوه، أسقطوه؟! وكأنّه صغير هرّة أو جرو كلب أسقطه أسقطه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فأين تلك الروايات والأحاديث التي عن رسول الله من أنّه </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -1161,66 +1162,66 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل كان أمر النبيّ إبراهيم بالذبح أمرًا امتحانيًّا أو واقعيًّا؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">النبيّ إبراهيم على نبيّنا وآله وعليه السلام وصل إلى هذه النقطة: إمّا أن تقبل الإمامة مع عدم التعلّق، وإمّا لا خبر عن الإمامة مادمت متعّلقًا بإسماعيل، فالله لا يترك، المنام الأوّل، المنام الثاني:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنِّىٓ أَرَىٰ فِى ٱلْمَنَامِ أَنِّىٓ أَذْبَحُكَ فَٱنظُرْ مَاذَا تَرَىٰ}</w:t>
+        <w:t xml:space="preserve">﴿إِنِّىٓ أَرَىٰ فِى ٱلْمَنَامِ أَنِّىٓ أَذْبَحُكَ فَٱنظُرْ مَاذَا تَرَىٰ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. وانظر إلى النبيّ إسماعيل: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قَالَ يَٰٓأَبَتِ ٱفْعَلْ مَا تُؤْمَرُ سَتَجِدُنِىٓ إِن شَآءَ ٱللَّهُ مِنَ ٱلصَّٰبِرِينَ}</w:t>
+        <w:t xml:space="preserve">﴿قَالَ يَٰٓأَبَتِ ٱفْعَلْ مَا تُؤْمَرُ سَتَجِدُنِىٓ إِن شَآءَ ٱللَّهُ مِنَ ٱلصَّٰبِرِينَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> أصبرُ وأثبتُ على هذا الأمر الإلهيّ. ثمّ بعد ذلك يقولون: إنّ هذه الأوامر امتحانيّة، كيف هي امتحانيّة؟ الأوامر الامتحانيّة هي أوامر يجعل المولى ـ بسبب جهله ـ العبدَ فيها والمأمورَ والمولّى عليه في حالة معيّنة ليعلمَ حاله وخصوصيّته، هذه هي الأوامر الامتحانيّة، سواء ليُعلِم الآخرين أو لنفسه هو، وعلى كلّ حال هناك جهل. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
@@ -1378,51 +1379,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقول: أنا مريد لصاحب الدير فلا تنزعج منّي أيّها الشيخ فأنت الذي وعدت وهو الذي وفى</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فما الفرق بين سيّد الشهداء والنبيّ إبراهيم؟ فقد أمر النبيّ إبراهيم بقطع التعلّق في النهاية: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنِّي أَرى‌ فِي الْمَنامِ أَنِّي أَذْبَحُك}</w:t>
+        <w:t xml:space="preserve">﴿إِنِّي أَرى‌ فِي الْمَنامِ أَنِّي أَذْبَحُك﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فلماذا جاء هذا الأمر بقطع التعلّق؟ ليقطع تعلّق إبراهيم بابنه إسماعيل والذي رزقه الله إياه في عمر الشيخوخة شابًّا جميلاً له كمالات النبوّة وكمالات الرسالة وتالي تلوه، لقد أعطاه شابًّا كهذا فهل يمكن أن يتجاوز عنه؟! هل يمكن؟! هذا الأمر الذي جاء هل كان امتحانًا للنبيّ إبراهيم؟ أين الامتحان فيه؟ نعم إذا اعتبرنا جميع الأوامر امتحانيّة فسيكون هذا واحدًا منها أيضًا. الأمر بالصلاة امتحان، والأمر بالصوم امتحان، فهذه امتحانيّة في النهاية، فكلّ من امتثل نجح في الامتحان، يأتي أمر بالصلاة فمن صلّى كانت علامته جيّدة، وإن لم يصلّ يكون قد خالف، ولا علامة له، والصوم هكذا، والحجّ والإنفاق وجميع المسائل هكذا. فإن كان المراد من الأوامر الامتحانيّة هذا النحو فلا إشكال، أمّا إن كانت هكذا غايتها فقط رفعُ جهل المولى بالعبد، فلا لن تكون حادثة النبيّ إبراهيم من الأوامر الامتحانيّة، بل الأمر فيها واقعيّ مثل الصلاة، مثل الصلاة. عندما يؤمر إنسان ما بالحجّ فماذا عليه أن يصنع؟ عليه أن يسعى في تهيئة مقدّماته، يستحصل على جواز سفر وبطاقة طائرة وصورة ويقدّم طلبًا، ويقوم بكلّ ما يتطلّبه السفر. ثمّ إذا ما قام بجميع هذه الأعمال وما إن أراد أن يسافر ويركب الطائرة وقع على الأرض وكسر رجله، وانتهى كلّ شيء، فهل يمكن أن نقول: إنّ هذا الأمر بالحجّ الذي أمر به كان امتحانيًّا من البداية لأنّه لم يتحقّق؟! كلاّ، لقد جاء أمر مثل سائر الأوامر، ثمّ وفي وقته حصل بداء، لقد كان الأمر واقعيًّا وتشريعيًّا مثل الأمر بالصلاة الذي هو للجميع وبعضهم يصلّون ويمتثلون وبعضهم لا يمتثلون، وكالصوم الذي هو للجميع بعضهم يمتثلون وبعضهم يفطرون كما هم مفطرون اليوم، ومثل الأمر بالحجّ، فهذا الأمر الذي جاء إلى النبيّ إبراهيم هو أمر واقعيّ لقطع التعلّق وقد رتّب عليه النبيّ إبراهيم أثرًا، أمسك بالسكّين ووضعها على حلقوم إسماعيل فأين الامتحانيّة فيه؟ وبهذا الوضع على رقبته عبر ومضى وقطع قلبه وسلّمه إلى ربّه واستبدل ابنه بربّه، فلمّا فعل ذلك قال إنّي جاعلك للنّاس إمامًا، أمّا أنّ النبيّ إسماعيل سيقتل ويزول أم لا فهذا ما لا يرتبط بالنبيّ إبراهيم. فالنبيّ إبراهيم يقوم بما عليه. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الخليل يأمرني والجليل ينهاني</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، ويضرب إبراهيم السكّين بالحجر ويقول: لماذا لا تقطعين؟! حتّى كان يقول: لماذا لا تقطعين؟! لماذا لا تعبرين بي؟! لماذا لا تحقّقين قطع تعلّقي؟! فالنبيّ إبراهيم يقول هذا للسكّين، فتتكلّم السكّين فجأة وتقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1550,133 +1551,140 @@
         </w:rPr>
         <w:t xml:space="preserve">إن شاء الله تتمّة ذلك في الليلة القادمة إن كان من تقديره، وإلاّ فسندخل في مسألة أخرى. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> اللهمّ صلّ على محمّد وآل محمّد.</w:t>
+        <w:t xml:space="preserve"> اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{84B473D6-E160-428E-82AF-8FE9C3A60BC3}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{C2F773F2-2831-4D4C-9D29-6273F225DB21}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{E7E016F6-747D-4C10-9707-D695B1B2E4C0}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{56C39EC9-2ADE-47DB-8E9C-073957D1BB8A}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2661,51 +2669,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3484,61 +3492,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3813,63 +3896,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>