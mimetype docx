--- v0 (2025-11-07)
+++ v1 (2026-01-08)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -413,72 +414,72 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">انقسام الانتزاع إلى راجح وغير راجح</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فهذا الانتزاع إمّا انتزاع منشؤه عقلائيّ وراجح، أو غير راجح، مثل الأعمال التي يقوم بها المجانين، فمثلاً يجعلون واحدًا رئيسًا وآخر مرؤوسًا، وآخر وزيرًا، فقد رأيتم هذا أليس كذلك؟! إذا ذهبتم إلى مستشفى المجانين ترون ذلك بشكل واضح، وما أقوله لكم تشاهدونه بأعينكم. فالمنشأ الراجح مثل الرئاسة التي هي لله على جميع المخلوقات، والحكومة التي لله على جميع المخلوقات، لأنّ منشأ هذه الحكومة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ لِلَّهِ مُلْكُ السَّماواتِ وَ الْأَرْضِ}</w:t>
+        <w:t xml:space="preserve">﴿وَ لِلَّهِ مُلْكُ السَّماواتِ وَ الْأَرْضِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">،</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قُلِ اللَّهُمَّ مالِكَ الْمُلْكِ تُؤْتِي الْمُلْكَ مَنْ تَشاءُ وَ تَنْزِعُ الْمُلْكَ مِمَّنْ تَشاءُ}</w:t>
+        <w:t xml:space="preserve">﴿قُلِ اللَّهُمَّ مالِكَ الْمُلْكِ تُؤْتِي الْمُلْكَ مَنْ تَشاءُ وَ تَنْزِعُ الْمُلْكَ مِمَّنْ تَشاءُ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فأنت مالك الملوك، أنت سلطان السلاطين، أنت آمر الأمراء، وكلّ ما هو كائن يرجع إليك، وهذا الرجوع رجوع راجح، أي له حيثيّة ذاتيّة قد لوحظت هي عبارة عن الخصوصيّات والصفات والأسماء الإلهيّة والتي بملاحظتها يحكم على جميع المخلوقات وبملاحظة تلك الصفات يأمر جميع الموجودات، وبملاحظة تلك السيطرة والهيمنة والولاية الكليّة التي لديه هو وليّ العالم كلّه، فهذه الحيثيّة حيثيّة ذاتيّة، وليست حيثيّة انتزاعيّة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
@@ -1209,51 +1210,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قال: لقد اختاروني في النهاية، وأنا من باب الضرورة شعرت بالمسؤوليّة ويبدو أنّ هؤلاء أيضًا كانوا يتقنون هذا الكلام. فرأيت أنّ خلافة رسول الله ستبقى هكذا وليس هناك من يقوم بها، لم يكن لي بدّ، لأجل حفظ النظام، لأجل حفظ الإسلام، من أن أقبل. آه آه آه أيّها الكاذب! آه آه لقد مضى النبيّ فلو لم تقبل أنت بالخلافة فهل كان الإسلام سيبقى هكذا؟ كيف يجرؤون على هذا الكلام؟! عجيب جدًّا! لقد رأينا أنّ الناس التفّوا حولنا ولو لم نقبل لبقي هذه المسؤوليّة على الأرض دون أحد يحملها، فقبلنا بخلافة رسول الله. وحينها يبقى جليس داره. حسنًا لقد اقتنعنا بهذا الكلام فأجبنا على سؤالنا. أخبرني أين الله؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لم يكن يعرف من القرآن سوى آية واحدة: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{الرَّحْمَنُ عَلَى الْعَرْشِ اسْتَوَى}</w:t>
+        <w:t xml:space="preserve">﴿الرَّحْمَنُ عَلَى الْعَرْشِ اسْتَوَى﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فقال: الله في الأعلى. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
@@ -1261,72 +1262,72 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فقال: فإذن ليس في الأرض إله؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فتعجّب ووجد أنّه لم يكن قد فكّر بذلك حتّى هذه اللحظة. لم يكن قد قرأ هذه الآية الأخرى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَهُوَ ٱلَّذِى فِى ٱلسَّمَآءِ إِلَٰهٌ وَفِى ٱلْأَرْضِ إِلَٰهٌ}</w:t>
+        <w:t xml:space="preserve">﴿وَهُوَ ٱلَّذِى فِى ٱلسَّمَآءِ إِلَٰهٌ وَفِى ٱلْأَرْضِ إِلَٰهٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> كان ينبغي أن تقرأ هذه الآية أيضًا على الأقلّ، لقد قرأ آية </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{الرَّحْمَنُ عَلَى الْعَرْشِ اسْتَوَى} </w:t>
+        <w:t xml:space="preserve">﴿الرَّحْمَنُ عَلَى الْعَرْشِ اسْتَوَى﴾ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولم يقرأ سائر الآيات. فقال له: فإذن الأرض لا إله فيها. فرأى أنّه أحرج فقال: اضربوه، لقد جاء ليلقي بينكم الشكوك. فضربوا ذلك المسكين، ولم يقم أحد ليقول له: أيّها الأحمق لقد جاء ليسألك فأجبه. فهل تدركون؟ هل وصلتم إلى الفكرة أم لا؟ وهل فهمتم الآن أنّ هناك دائمًا حمقى بما يكفي؟! ما شاء الله ما شاء الله بالمقدار الذي تريدونه. الشيء الذي قلّله الله هو العقل وإلا فهناك من الحيوانات إلى ما شاء الله، فهناك حيوانات تمشي على أربع أرجل، وهناك حيوانات تمشي على رجلين، عجيب حيوان ولكن له رجلان اثنان فقط، وعدد هؤلاء كثير جدًّا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّه يسألك سؤالاً، اثنان زائد اثنين كم تساوي؟ لم يرفع عليك عصا ولا سبّك ولا أشعل النار في مسجدك، لم يفعل شيئًا من ذلك! جاء بهدوء وجلس:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1921,133 +1922,140 @@
         </w:rPr>
         <w:t xml:space="preserve">نسأل الله أن ينزل علينا من بركات هذه الليالي التي هي نتيجة شهر رمضان وحاصل شهر رمضان وغاية شهر رمضان والتي فيها تحصل تقديرات الإنسان، ويسير الإنسان على أساس هذه التقديرات. ونطلب من الإمام أن يجعلنا من شيعته الخلّص إن شاء الله. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد.</w:t>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{46A1ECE8-42E2-43E3-8CB4-C652A5F6C223}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{1C56F342-38D6-4A6D-BCD3-C1EB6B237C7C}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{943001B9-1EAE-4048-BFE3-9A31191D7012}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{63E0BF0D-1830-4262-9D05-F498291E93D3}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2096,61 +2104,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="7" name="_x0000_i0007">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0007"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -2253,61 +2261,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="8" name="_x0000_i0008">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0008"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -3317,51 +3325,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4140,61 +4148,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -4469,63 +4552,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>