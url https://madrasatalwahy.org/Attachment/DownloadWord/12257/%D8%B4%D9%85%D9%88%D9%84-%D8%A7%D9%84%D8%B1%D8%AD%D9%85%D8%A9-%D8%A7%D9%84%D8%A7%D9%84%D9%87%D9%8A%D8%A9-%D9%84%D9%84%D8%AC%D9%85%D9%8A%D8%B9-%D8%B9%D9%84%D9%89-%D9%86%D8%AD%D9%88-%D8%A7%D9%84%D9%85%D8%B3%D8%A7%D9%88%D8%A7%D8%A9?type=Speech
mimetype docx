--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هوالعليم</w:t>
       </w:r>
     </w:p>
@@ -741,71 +742,71 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهنا يتّضح لماذا حكم الإسلام بأنّ على الإنسان أن يحكم على وفق الظاهر، حتّى لا يسيء أحد الاستفادة، لا يقول: أنا من شيعة أمير المؤمنين فأفعل ما يحلو لي، سيشفع لي. كلاّ بل يأتي أمير المؤمنين بنفسه وبسيفه ذو الفقار ويضربه ويشقّه نصفين، لا معنى لهذا الكلام، فما الفرق بينك يا من يدّعي التشيّع ويرتكب الجنايات التي يريد وبين ذلك الإنسان غير الشيعيّ واليهوديّ والبهائي والنصراني وغير الملتزم وحتّى المنكر لله؟ ما الفرق؟ لا فرق أبدًا. لماذا؟ لأنّ كلاًّ من هاتين المخالفتين نشأتا من مصدر واحد، وهذا المصدر هو النفس، وأينما وجدت النفس وجدت المخالفة، ووجد ما يكره الله، الجناية، ما يكرهه الله، سواء كان الفاعل بهائيًّا أو مسيحيًّا أو شيعيًّا، الجميع على السواء ولا فرق بينهم أبدًا، لا فرق، لا فرق. المتّبع لأمير المؤمنين ولمدرسته والذي يعدّ نفسه منتسبًا لجهة وفئة معيّنة ومنتحلاً لنحلة ما، أليس عليه أن يفكّر بأنّه بأفعاله هذه يقصم ظهر مدرسته أكثر ممّا لو قال مخالفوه هذا الكلام أو ارتكبوا هذا الفعل؟ أيّهما أكثر إراقة لماء الوجه؟! أيّهما أكثر؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل مجرّد الانتساب إلى أمير المؤمنين يخوّلك أن تفعل ما تشاء؟ معنى آية </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يا نِساءَ النَّبِيِّ لَسْتُنَّ كَأَحَدٍ مِنَ النِّساءِ}</w:t>
+        <w:t xml:space="preserve">﴿يا نِساءَ النَّبِيِّ لَسْتُنَّ كَأَحَدٍ مِنَ النِّساءِ﴾</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لذلك فإنّ هذا الكلام الذي يقال بأنّ مجرّد انتساب الإنسان يخوّله أن يفعل ما يشاء برجاء أن يقع تحت رحمة الله والشفاعة لأنّه منتسب إلى الولاية وإلى التشيّع، هذا الكلام كلّه هراء فارغ، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يا نِساءَ النَّبِيِّ لَسْتُنَّ كَأَحَدٍ مِنَ النِّساءِ إِنِ اتَّقَيْتُنَّ فَلا تَخْضَعْنَ بِالْقَوْلِ فَيَطْمَعَ الَّذي في‏ قَلْبِهِ مَرَضٌ وَ قُلْنَ قَوْلاً مَعْرُوفاً}</w:t>
+        <w:t xml:space="preserve">﴿يا نِساءَ النَّبِيِّ لَسْتُنَّ كَأَحَدٍ مِنَ النِّساءِ إِنِ اتَّقَيْتُنَّ فَلا تَخْضَعْنَ بِالْقَوْلِ فَيَطْمَعَ الَّذي في‏ قَلْبِهِ مَرَضٌ وَ قُلْنَ قَوْلاً مَعْرُوفاً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فيا نساء النبيّ لستنّ كسائر الناس، فقد تغيّر موقعكنّ بسبب انتسابكنّ إلى النبيّ، يقولون: انظروا إلى زوجة النبيّ، والآن بعد ۱٤۰۰ سنة لا زالوا يقولون: قادت زوجة النبيّ جيشًا، السيّدة عائشة، القائدة عائشة، فنحن في الإسلام لدينا أيضًا قائدات! فمن قال أنّه ليس لدينا في الإسلام قائد جيش وضابط؟ فقد كانت هي قائدة الجيش وكان طلحة والزبير ضبّاطًا، فكم نجمة وعلامة يضع الضبّاط والقادة؟! وماذا يضعون على أكتافهم وصدورهم؟! يضعون معدن "البرونز"؟ يضعون النحاس؟ وهذه الأشياء التي يضعونها، وربّما كانت عائشة قد وضعت أساور، وشيئًا في رقبتها، ونجومًا وأمثال هذه الأشياء التي هي محض اعتبار، عندما يلبسها الإنسان ما شاء الله! عندما يضع الإنسان تلك القبّعة يغدو منظره مدهشًا ويستحقّ النظر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title3_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ميزة خلافة أمير المؤمنين وعدم حاجتها إلى جعل الأحاديث</w:t>
@@ -1149,88 +1150,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{E30F9EF1-72C0-4414-A27D-EF0FBC3BD31B}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{BB8B0005-B4C6-4C6E-9111-641B41319981}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{FDB95CF0-6B8B-4B3E-BB14-A512280C565C}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{D675697E-CB62-4CA4-937F-ED99CF5B52A1}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2338,51 +2346,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3161,61 +3169,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3490,63 +3573,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>