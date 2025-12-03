--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -1100,51 +1101,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وربّما كان النحو الأوّل أقرب بحسب الفهم العرفيّ، ولكنّه يقول: ليس قريبًا، دع قربه جانبًا، تعال وركّز هدفك ووجهتك في تلك الناحية. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وإضافة إلى تمتّع الإنسان بتلك الحياة الطيّبة فإنّ المسألة الأهمّ هي ذلك التغيّر والتحوّل الذي يحصل هنا، فقد غفلنا عن هذا الأمر، فذاك الأمر صحيح وتامّ وعلى الإنسان أن يحمل على الأحسن في الأمور المختلفة الوجوه وعليه أن يختار الحمل على الصحّة، هذا صحيح، وتصبح حياته أفضل، وتقلّ آلام رأسه، ويقلّ نقل الكلام عنه والغيبة له، ويقلّ سوء الظنّ به، وتصبح علاقته مع الناس أفضل وأكثر، فهذا كلّه صحيح، ولكنّ المسألة المهمّة التي نغفل عنها ولا نلتفت إليها هي الفائدة التي نحصل عليها، مع غضّ النظر عن الحياة والمعيشة وأمثال ذلك، فلنفترض أنّنا لن نعيش أكثر من أسبوع، فنقول ماذا سنصنع في هذا الأسبوع؟! لا يهمّ أن تمضي حياتنا مع آلام أم بسعادة، ولكنّنا نلتفت إلى ذاك العالم الذي سنكون فيه بعد أسبوع، فماذا سنفعل فيه؟ لو جئتم الآن وبواسطة الحمل على الصحّة هذا صحّحتم أنفسكم، لأنّ النفس إذا حملت على الصحّة فإنّها تتغيّر في النهاية، فلو لم تتغيّر لما حملت على الصحّة، ولأنّها تتغيّر تحمل على الصحّة، فبمجرّد أن يخوض الإنسان صراعًا مع نفسه يأتي الشيطان ليجرّه إلى تلك الجوانب الأخرى، ويحاول الإنسان أن يدفع الشيطان، ويتذكّر فـ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّ الَّذِينَ اتَّقَوْا إِذَا مَسَّهُمْ طَائِفٌ مِنَ الشَّيْطَانِ تَذَكَّرُو}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّ الَّذِينَ اتَّقَوْا إِذَا مَسَّهُمْ طَائِفٌ مِنَ الشَّيْطَانِ تَذَكَّرُو﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> عندما يبدأ الشيطان بالدوران والجولان بالإنسان نحو ذاك الجانب الذي يريده، إلى جانب رضى الشيطان، عندها يصفع الإنسان الشيطان على وجهه وينجو بنفسه نحو هذا الجانب، ويقول: لا تحاول معي! ولا تعد إلى هذا المكان ولا تطف حولي وتلاطفني بالكلام! فأنا أحمل كلام ذلك الرجل على الصحّة وأبني على أنّه قال ذلك واقعًا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فأن نجاهد أنفسنا يعني أنّا نغيّرها، يعني أنّ هذه النفس ترجع شيئًا فشيئًا وتتغيّر، فإذا رأيت أنّ نفسك قد هدأت وقد حملت عمل ذلك الرجل على الصحّة وصار عملك تامًّا صحيحًا وترى أنّه لا شيء لديك في هذه المسألة ترى أنّك تغيّرت. فكّر في نفسك ساعة ألا تجدها قد تغيّرت عمّا كانت عليه قبل ساعة، هذا الفرق يفيدك بعد أسبوع من موتك، هذا الفرق يفيدك بعد يومين من مغادرة الدنيا، وسواء غادر الإنسان الدنيا أم لم يغادرها فقد تغيّر، وإلا فلو فرضنا أنّ الإنسان حمل على الأسوأ فهل ستختلف دنياه؟! ماذا يفعل الله به؟! هو في هذا العالم فاسد، ولا يمكن أن يغيّر هذا الخراب، والله تعالى يبيّن للإنسان هنا، يبيّن له. </w:t>
@@ -1505,51 +1506,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسنًا لقد كان هذا بعنوان مقدّمة لليالي شهر رمضان المبارك، ورغم أنّه بقي هناك بعض الأمور حول البحث السابق، والذي تحدّثت ببعضه في الجلسة السابقة في مدينة مشهد المقدّسة، وأنّه لا بدّ في هذا الشهر من زيادة مراقبتنا، والتدقيق في كيفيّة تناول الطعام وأن لا يكون الطعام ثقيلاً، وأنّ علينا أن نلتفت في هذا الشهر المبارك إلى أن لا تنشغل أذهاننا ولا يؤدّي ثقل الطعام إلى الحرمان من الفيوضات. كما ذكرت أنّ علينا أن نبتعد عمّا يؤدّي إلى تشويش الخاطر، فلماذا يشغل الإنسان ذكره وفكره في الأمور التي لا تنفعه ولا يتأتّى منه شيء فيها؟! والحال أنّنا نحتاج إلى أمور أهمّ، والأمور الأهمّ هي هدوء الفكر واطمئنان البال.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وأمّا ما يرتبط بما حصل معي قبل أيّام، فقد كنت أفكّر بذلك في نفسي، وطبعًا هذا الأمر يرتبط بي شخصيًّا ولا صلة له بالرفقاء، فقد رأيت أنّ وضعي الآن وحالي لا يدعو إلى ذلك، لأنّه </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{بَلِ الْإِنْسانُ عَلى‏ نَفْسِهِ بَصيرَةٌ}</w:t>
+        <w:t xml:space="preserve">﴿بَلِ الْإِنْسانُ عَلى‏ نَفْسِهِ بَصيرَةٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وكلّ إنسان هو أخبر بوضعه، وما هي المشكلات النفسيّة و النفسانيّة التي يعانيها، فرأيت أنّي لست على ما كنت عليه سابقًا أصغي إلى كلّ كلام، وأسمع كلّ خبر، وأجيب على كلّ اتّصال من أيّ متّصل، ويكون الهاتف دائمًا أمامي هكذا، من يتّصل الآن؟ ومن لديه عمل الآن؟ ورأيت أنّ حالة الانتظار وما يشبهها ليس حالة جيّدة بالنسبة إليّ، خصوصًا وأنّ بعضهم يقولون: أعطنا رقم الهاتف، فلا يحسن أن أعطي بعضًا وأمنع بعضًا فيصبح هناك امتياز وأمثال ذلك، فقلت نتخلّص منه بشكل كامل، وقد قلت قبل يومين للعيال: لقد قبّلت الهاتف الجوّال ووضعته جانبًا، وإلى روحه الفاتحة مع الصلوات. فليعلم السادة أنّي لا هاتف جوّال معي بعد الآن، وإن كان لأحد عمل فليتّصل على هاتف المنزل، فأنا لا هاتف جوّال معي بعد الآن وليطمئنّ الجميع من جانبي بعد الآن.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -1648,88 +1649,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{10D22F0E-8A19-4346-A58A-C24E8560A7AE}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{5584A771-D208-4578-820E-6E08D5CF6A3B}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{EF80DECC-8B0D-4464-A9E2-937781542DDB}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{F9A24644-1237-405C-98F0-7CB0BEB48EAA}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2565,51 +2573,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3388,61 +3396,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3717,63 +3800,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>