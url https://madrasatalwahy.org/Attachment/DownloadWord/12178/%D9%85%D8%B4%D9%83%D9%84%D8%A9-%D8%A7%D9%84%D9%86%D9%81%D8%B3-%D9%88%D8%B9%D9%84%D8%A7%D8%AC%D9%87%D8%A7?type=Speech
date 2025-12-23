--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -412,51 +413,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد تذكّرت الآن هذا الأمر، فقد كان المرحوم العلاّمة مريضًا في مستشفى مشهد، وأظنّ أنّه كان مبتلى بمشكلة في الكبد وكيس الصفراء، وأنّي كنت في خدمته، وكان هناك طبيب يعالجه، رحمة الله عليه، فقد انتقل إلى رحمة الله، وقد أسدى خدمات جليلة مع كامل المحبّة والعطف، وكان يدعى الدكتور منوتشهر اللاري، وقد نقل حادثة ترتبط به شخصيًّا، حيث لطف الله وخرج منها بسلامة ثمّ كان يقصّها على المرحوم العلاّمة ويقول: لقد شعرت أنّ الله أبقاني لأجل معالجة العباد وخدمتهم ومداواة أمراضهم، ولذلك فقد عافاني الله ووهبني عمرًا جديدًا، وبعد أن ذهب التفت إليّ المرحوم العلاّمة وقال: هل سمعت كلامه؟ فقلت: نعم. فقال: لكلامه وجهان: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الوجه الأوّل:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> أنّ مراده أنّ الله تعالى وهبني عافية لأنّي في النهاية واحد من الناس يريد الله من خلالي كواسطة أن يهتمّ ببعض خلقه، فالطبيب على كلّ حال يعالج مرضًا ما في حدود قدرته وإمكاناته لا بشكل مطلق، وإلا لو كان الأمر بشكل مطلق لما مات أحد، ولتعطّل عزرائيل عن العمل، وعزرائيل لا يعطي مهنته إلى أحد، وجميعنا محدودون في دائرة معيّنة إذا جاء الوقت المعيّن وقضي القضاء صار الطبيب أبله كما يقال. فعندما ينزل القضاء والقدر الإلهيّ تتعطّل جميع العلل والأسباب ويصبح الجميع في وادي الهلاك لأنّ القضاء الإلهيّ قد جاء وفقدت هذه الواسطة وساطتها. ولذلك لم يتحدّ أحد حتّى الآن عزرائيل، ومهما كان الإنسان سواء كان عالمًا وفقيهًا، أو طبيبًا أو مهندسًا أو صاحب حرفة أو تاجرًا، فإنّه إذا انتهى الأمر إلى عزرائيل ارتفعت الأيدي استسلامًا واستسلم الجميع، وذلك لأنّ هناك يدًا عليا لا يمكن لأحد أن ينال منها، وعلينا أن نفكّر في تلك الساعة. على كلّ حال، فقد قال المرحوم العلاّمة إنّ هذا الكلام الذي قاله إمّا أن يكون بها النحو وأنّي واسطة من الوسائط يريد الله من خلالي أن يشفي بعض الناس فهذا وجه. </w:t>
+        <w:t xml:space="preserve"> أنّ مراده أنّ الله تعالى وهبني عافية لأنّي في النهاية واحد من الناس يريد الله من خلالي كواسطة أن يهتمّ ببعض خلقه، فالطبيب على كلّ حال يعالج مرضًا ما في حدود قدرته وإمكاناته لا بشكل مطلق، وإلا لو كان الأمر بشكل مطلق لما مات أحد، ولتعطّل عزرائيل عن العمل، وعزرائيل لا يعطي مهنته إلى أحد، وجميعنا محدودون في دائرة معيّنة إذا جاء الوقت المعيّن وقضي القضاء صار الطبيب أبله كما يقال. فعندما ينزل القضاء والقدر الإلهيّ تتعطّل جميع العلل والأسباب ويصبح الجميع في وادي الهلاك لأنّ القضاء الإلهيّ قد جاء وفقدت هذه الواسطة وساطتها. ولذلك لم يتحدّ أحد حتّى الآن عزرائيل، ومهما كان الإنسان سواء كان عالمًا وفقيهًا، أو طبيبًا أو مهندسًا أو صاحب حرفة أو تاجرًا، فإنّه إذا انتهى الأمر إلى عزرائيل ارتفعت الأيدي استسلامًا واستسلم الجميع، وذلك لأنّ هناك يدًا عليا لا يمكن لأحد أن ينال منها، وعلينا أن نفكّر في تلك الساعة. على كلّ حال، فقد قال المرحوم العلاّمة إنّ هذا الكلام الذي قاله إمّا أن يكون بهذا النحو وأنّي واسطة من الوسائط يريد الله من خلالي أن يشفي بعض الناس فهذا وجه. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">والوجه الآخر للأمر ليس كذلك، بل بمعنى أنّي إذا ما متّ حصلت خسارة كبيرة، إذا ما متّ تعطّلت الكثير من الأعمال، إذا ما متّ فيمكن أن يموت الكثير من المرضى، إذا ما متّ أنا فماذا سيجري؟! وقد أراد الله بسبب ذلك أن يحافظ عليّ ويحفظني حتّى لا يختلّ نظامه كما نعبّر نحن! وحتّى يصل خلقه إلى مأمن ولا يبقوا تائهين. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ثمّ قال: إن كان الأوّل هو مراده فهو صحيح، وإن كان هذا الثاني فهو غلط وباطل. أمر واحد وعمل واحد قد تحقّق في الواقع، ولكن يمكن أن يكون لهذا العمل وجهان، وأن ينظر إليه بنظرتين. ومسائل النفس هذه كانت منذ خلق آدم وستبقى هكذا أيضًا. </w:t>
       </w:r>
@@ -520,51 +521,51 @@
         </w:rPr>
         <w:t xml:space="preserve">هذه المسألة جعلها الأعاظم والأئمة وأولياء الله على رأس الهرم لجميع الأمور الأخرى لأنّهم ينظرون إلى الحقيقة، وأمّا نحن، فحيث إنّنا بعيدون عن الحقيقة وننظر إلى الأمور من منظار الكثرة والدنيا، فقد جعلنا هذه المسألة في تلك النقطة من قاعدة المخروط، حيث اختلط الحابل بالنابل ولا يزال يختلط، وتبدّل كلّ شيء، فتغيّر الفقه، وتغيّر الحكم، وتغيّرت المسائل الولائيّة، وتغيّرت المسائل الحكوميّة، وتغيّرت الأمور الشخصيّة، والأمور العائليّة، وعلاقة الإنسان بأفراد الأسرة، فهذه مسألة يؤدّي الالتفات إليها والاهتمام بها إلى تغيير جذري في النظام الفكري للإنسان. وهذا أمر نادرًا ما يلتفت إليه، ونتائجه واضحة أيضًا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">دور النفس في أحداث ما بعد النبيّ صلّى الله عليه وآله</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">إذا ما أصيب أحد بهذا المرض الخطير المهلك والمفسد والجرثومة التي لا علاج لها، فلا يمكن أن يُصنع له شيء، حتّى النبيّ لا يمكنه أن يفعل له أيّ شيء! ألم يكونوا مع النبيّ؟! ألم يكونوا في زمان أمير المؤمنين؟! ألم يكونوا في عصور الأئمّة؟! لا أدري أين تحدّثت عن هذا الأمر فنحن نتكلّم حوله كثيرًا، فهذا الخليفة الثاني الذي غصب الخلافة من أمير المؤمنين عليه السلام! حسنًا لنسلّم بأنّك أخذت الخلافة من أمير المؤمنين وحكمت اثنتي عشرة سنة، وفي زمان أبي بكر كنت أنت المدبّر لكلّ شيء أيضًا، فهذا الأمر واضح، فالآن إذ تريد أن ترحل من الدنيا، الآن وأنت على فراش الموت تخطّط بطريقة لا تصل معها الخلافة إلى أمير المؤمنين مهما حصل! فما هو سبب ذلك وأصله؟! لقد جعل برنامجًا بشكل، لقد جعل شورى من خمسة وجعل الحقّ مع واحد معيّن، من كانت صفته كذا، المجموعة التي يكون فيها فلان، والآخرون يجب أن تضرب أعناقهم، فمن يمكنه أن يتكلّم بعد ذلك؟! فبما أنّك تترك الدنيا فلتترك هذه الأمّة وشأنها، فأثناء موتك ماذا تريد منهم أيضًا؟! الآن أنت تموت، ألم تقل أنت بنفس مرارًا: لولا عليّ لهلك عمر؟! ألم تقل أمام هؤلاء؟ ألم تقل لا أبقاني الله بعدك يا أبا الحسن؟! </w:t>
+        <w:t xml:space="preserve">إذا ما أصيب أحد بهذا المرض الخطير المهلك والمفسد والجرثومة التي لا علاج لها، فلا يمكن أن يُصنع له شيء، حتّى النبيّ لا يمكنه أن يفعل له أيّ شيء! ألم يكونوا مع النبيّ؟! ألم يكونوا في زمان أمير المؤمنين؟! ألم يكونوا في عصور الأئمّة؟! لا أدري أين تحدّثت عن هذا الأمر فنحن نتكلّم حوله كثيرًا، فهذا الخليفة الثاني الذي غصب الخلافة من أمير المؤمنين عليه السلام! حسنًا لنسلّم بأنّك أخذت الخلافة من أمير المؤمنين وحكمت اثنتي عشرة سنة، وفي زمان أبي بكر كنت أنت المدبّر لكلّ شيء أيضًا، فهذا الأمر واضح، فالآن إذ تريد أن ترحل من الدنيا، الآن وأنت على فراش الموت تخطّط بطريقة لا تصل معها الخلافة إلى أمير المؤمنين مهما حصل! فما هو سبب ذلك وأصله؟! لقد جعل برنامجًا بشكل، لقد جعل شورى من خمسة وجعل الحقّ مع واحد معيّن، من كانت صفته كذا، المجموعة التي يكون فيها فلان، والآخرون يجب أن تضرب أعناقهم، فمن يمكنه أن يتكلّم بعد ذلك؟! فبما أنّك تترك الدنيا فلتترك هذه الأمّة وشأنها، فأثناء موتك ماذا تريد منهم أيضًا؟! الآن أنت تموت، ألم تقل أنت بنفسك مرارًا: لولا عليّ لهلك عمر؟! ألم تقل أمام هؤلاء؟ ألم تقل لا أبقاني الله بعدك يا أبا الحسن؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فهذه كلمات يتكلّم بها أهل السنّة أنفسهم، هم أنفسهم يقولونها. فما دمت تقول هذا، فكيف تخطّط في احتضارك خطّة تجعل أمير المؤمنين غير قادر على الوصول إلى الخلافة بأيّ وجه من الوجوه؟! ما هو سبب ذلك؟! إنّه لأنّها مستقرّة في ذاتك بحيث لا يمكن اقتلاعها ولو استخدمت آلاف الآلات، لا يمكن اقتلاعها. والتعبير الذي يعبّر به عجيب جدًّا، يسألونه فيقولون: أنت الآن على فراش الموت وتعرف الحقّ مع من، فأوص إلى عليّ في النهاية! يقول: لا أحتمله حيًّا ولا ميّتًا. يا له من إنسان عجيب. يقول: لا أستطيع أن أرى عليًّا خليفة في حياتي وفي مماتي. يعني على الإنسان أن يستعيذ بالله واقعًا، عليه أن يلجأ إلى الله أن كيف يمكن أن يصل الإنسان إلى هذا المستوى؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كيف تمنع النفس من الاستعداد للموت؟</w:t>
       </w:r>
@@ -724,51 +725,51 @@
         </w:rPr>
         <w:t xml:space="preserve">السباق يعني أن تقوم بعمل يجعلك تخرج من نفسك وتسير في طريق رضاه، فإذا كان لا بدّ من القيام بعمل فقم به أنت قبل غيرك، وكثيرًا ما تكون هذه المبادرة أصعب، أليس لدينا ذلك فيما بيننا، فإذا ما حدث أمر بين اثنين نقول: ليأت هو ويعتذر! لماذا أذهب أنا؟ وذاك أيضًا يقول: فليأت هو ويعتذر لماذا أذهب أنا؟! هذا يقول: ليتّصل هو أوّلاً، وذاك يقول: ليتّصل هو أوّلاً. هذا يقول:... يجب أن يأتي من يأخذ بهذا وأن يأتي آخر ولا أدري ماذا يصنع لكي يلتقيا، فهذا الأمر موجود، موجود بين الجميع وبيننا نحن أيضًا. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قصّة لقاء قائد القوّات الأمريكيّة ورئيس الجمهوريّة في اليابان بعد الحرب العالميّة الثانية</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">كنت أقرأ ذات يوم أمرًا أثار تعجّبي كثيرًا، فبعد الحرب العالميّة الثانية انتصرت أميريكا على اليابان، وبهزيمة اليابان انتهت الحرب العالميّة بشكل تلقائيّ، وكان من المقرّر أن يأتي رئيس جمهوريّة أميريكا آنذاك ـ وكان يدعى ترومان ـ إلى اليابان ويلتقي بذاك الجنرال الأمريكيّ قائد الجيش المنتصر في هذه الحرب، وكان قائدًا معروفًا، وعرف هذا القائد أيضًا بهذا اللقاء، وكان من المقرّر أن يأتي من مكان آخر ويكون لقاؤهما في نقطة معيّنة. فجاءت طائرة ذلك الجنرال الأمريكي من ناحية، وجاءت طائرة رئيس الجمهوريّة أيضًا من ناحية أخرى، فاتفقا فيما بينهما بواسطة العلاقات التي بينهما وبواسطة العمّال الذين لديهما أن يصلا بحيث لا تهبط إحدى الطائرتين قبل الأخرى، لأنّه لو هبط أحدهما قبل الأخرى لكان بحكم المستقبل له، فيكون مستقبلاً وذاك زائرًا له، وهذا خطأ، فمن جهة يقول رئيس الجمهوريّة: إنّ الدنيا كلّها تسير بأمري، فهو رئيس جمهوريّة أمريكا. فهم يقولون كلامًا كهذا في النهاية، مع غضّ النظر عن صوابيّة ذلك وخطئه، فهذا على عهدة المستمعين! فهم يقولون: الدنيا تسير وفق أمرنا وإرادتنا، ونحن نفعل ما نشاء، وعلى الجميع أن يطيعوا! وذاك الجنرال الأمريكيّ يقول: لقد كانت جميع الأعمال في عهدتي أنا! وأنت جلست هناك خلف الطاولة واقتصرت على إصدار الأوامر والقرارات، ونحن كنّا في الميدان وفعلنا ما فعلنا وعانينا...! فمن حقّي أن تستقبلني أنت وتصل قبلي، ويبدو أنّهم ذكروا أنّهما بقيا ٣٥ دقيقة في الطائرة يحلّقان فوق مطار اليابان، فلا هذا يهبط أولاً ولا ذاك! هذا يقول لذاك اهبط أنت، وذاك يقول لهذا: بل أنت اهبط أولاً، وقد غضب رئيس الجمهوريّة إلى درجة أنّه ما إن هبطت طائرته حتّى أمر بعزل ذاك الجنرال وأرسل به إلى منزله! </w:t>
+        <w:t xml:space="preserve">كنت أقرأ ذات يوم أمرًا أثار تعجّبي كثيرًا، فبعد الحرب العالميّة الثانية انتصرت أميريكا على اليابان، وبهزيمة اليابان انتهت الحرب العالميّة بشكل تلقائيّ، وكان من المقرّر أن يأتي رئيس جمهوريّة أميريكا آنذاك ـ وكان يدعى ترومان ـ إلى اليابان ويلتقي بذاك الجنرال الأمريكيّ قائد الجيش المنتصر في هذه الحرب، وكان قائدًا معروفًا، وعرف هذا القائد أيضًا بهذا اللقاء، وكان من المقرّر أن يأتي من مكان آخر ويكون لقاؤهما في نقطة معيّنة. فجاءت طائرة ذلك الجنرال الأمريكي من ناحية، وجاءت طائرة رئيس الجمهوريّة أيضًا من ناحية أخرى، فاتفقا فيما بينهما بواسطة العلاقات التي بينهما وبواسطة العمّال الذين لديهما أن يصلا بحيث لا تهبط إحدى الطائرتين قبل الأخرى، لأنّه لو هبط أحدهما قبل الآخر لكان بحكم المستقبل له، فيكون مستقبلاً وذاك زائرًا له، وهذا خطأ، فمن جهة يقول رئيس الجمهوريّة: إنّ الدنيا كلّها تسير بأمري، فهو رئيس جمهوريّة أمريكا. فهم يقولون كلامًا كهذا في النهاية، مع غضّ النظر عن صوابيّة ذلك وخطئه، فهذا على عهدة المستمعين! فهم يقولون: الدنيا تسير وفق أمرنا وإرادتنا، ونحن نفعل ما نشاء، وعلى الجميع أن يطيعوا! وذاك الجنرال الأمريكيّ يقول: لقد كانت جميع الأعمال في عهدتي أنا! وأنت جلست هناك خلف الطاولة واقتصرت على إصدار الأوامر والقرارات، ونحن كنّا في الميدان وفعلنا ما فعلنا وعانينا...! فمن حقّي أن تستقبلني أنت وتصل قبلي، ويبدو أنّهم ذكروا أنّهما بقيا ٣٥ دقيقة في الطائرة يحلّقان فوق مطار اليابان، فلا هذا يهبط أولاً ولا ذاك! هذا يقول لذاك اهبط أنت، وذاك يقول لهذا: بل أنت اهبط أولاً، وقد غضب رئيس الجمهوريّة إلى درجة أنّه ما إن هبطت طائرته حتّى أمر بعزل ذاك الجنرال وأرسل به إلى منزله! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فانظروا! فهذه هي حقيقة الأمر، هذا يقول: أنا. وذاك يقول: أنا. هذا يقول: اهبط أولاً. وذاك يقول:... فهذا الأمر موجود في كلّ مكان، الآن نحن نضحك! كلاّ يا عزيزي فهذا الأمر موجود لدينا جميعًا، بلا مجاملة هي موجودة عندي وعندنا جميعًا. علينا أن نكون في الطريق، يجب أن نبذل الجهد ونسعى ونجاهد ولا مجاملة في الأمر في النهاية، فنحن نتكلّم كأصدقاء ولم نقرّر أن نخفي شيئًا في هذا المجلس، وأعتقد أنّ الرفقاء راضون بهذا. فهذه المسألة هي مسألة النفس. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل منهج الملامتيّة وكسر النفس بالأساليب المنفّرة صحيح؟</w:t>
       </w:r>
@@ -1530,51 +1531,51 @@
         </w:rPr>
         <w:t xml:space="preserve">والأمر الآخر المطروح هنا ـ وهو مهمّ جدًّا ـ هو أنّ الإنسان عند قيامه بهذا النوع من الأعمال لا يلتفت إلا إلى نفسه ومصالحه الخاصّة، ويريد بواسطة هذا العمل أن يصل إلى منفعة ويعبر عن مرتبة معيّنة، غير أنّه لا يلتفت إلى الضرر الناجم عنه والذي يصيب المجتمع والناس، فهل فكّر فيه؟! فماذا فكّر حول ذلك التفكير غير المناسب الذي أوجده عند الناس؟ ماذا فكّر حول ما يشعر به الناس تجاهه ويمكن أن يؤدّي إلى تشويش واضطراب؟ إذا خرج إنسان بشكل غير لائق فإنّ الأثر السيّئ الذي يصيب الذين يرونه هو من يتحمّله، وستحيط به تلك النتائج والعواقب، خصوصًا إذا كان منتسبًا إلى عظيم، وبواسطة انتسابه إليه جعل أعمال ذلك العظيم أو ذلك الوليّ للّه أو الإمام عليه السلام موضع إشكال، فليس الأمر مجرّد أمر شخصيّ، بحيث يقول أنا أقوم بهذا العمل بين الناس حتّى لا يقولوا لي: يا سيّد. كيلا يحترموني، كيلا ينسبوا إليّ قيمة نفسيّة معيّنة ويدخلوها إلى قلبي، حسنًا فهذا جانب من الأمر، وفي الجانب الآخر شيء آخر. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الناس يعلمون أنّك منتسب، الناس يعلمون أنّك مرتبط، الناس يعلمون أنّ لك أحوالاً معيّنة هنا، فكيف سيحكمون؟! وكيف سيقيّمون هذا الأمر؟ ألن يقولوا هذا كلّه من الأوامر التي يتلقّاها من أستاذه؟ ألن يقولوا هذه هي الطريقة والأعمال التي يتلقّونها منه؟ أليس كذلك؟ فعليه أن يعدّ الجواب. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">فهؤلاء الذين يريدون أن يخرجوا إلى الناس بأيّ لسان وبأيّ أحوال وبأي أفعال وبأيّ زيّ وبعبارة أخرى يريدون أن يكونوا لا أباليّين، ومن طريق اللاأباليّة يريدون أن يظهروا بمظهر أهل المراقبة، وبواسطة عدم الاهتمام بالقيم والمعايير والصفات يريدون ن يظهروا بمظهر المحاربين للنفس الأمّارة، فهؤلاء غافلون عن أنّ الله جعل لأجل ذلك طرقًا أخرى، فلماذا تنفذ من تحت هذه الطرق؟ إن كنت صادقًا فاسلك تلك الطرق الصحيحة لطيّ هذا الطريق واسلك لأجل العبور من النفس الطرق الصحيحة التي بيّنوها هم، ولا تعتمد اللاأباليّة والتفلّت من القيود والظهور بأيّ مظهر وبأيّ حال، فهذه أمور تسبّب الخطر من هذه الناحية، فتنعدم ثقتهم بسبب هذه الأعمال، وتتشوّه الصورة لديهم بسبب هذه الأعمال، وتنسدّ نوافذ قلوبهم بواسطة هذه الأعمال، وعواقب كلّ ذلك يتحمّلها هؤلاء الذين يظهرون أمام المجتمع بصورة غير لائقة. إنّ لكلّ إنسان زيّه الخاصّ، ولكلّ إنسان حسابه الخاصّ، وعلى المؤمن أن يكون متينًا، أن يكون ذا كرامة، أن يكون عزيزًا، أمّا أن أقوم بعمل يجعل اليهود والنصارى يقولون هذه أفعال المسلمين! فهل هذا صحيح؟! أن أقوم بعمل غير مبال بأيّ من المبادئ والقيم فيقول اليهود والنصارى أو غيرهم من الفرق هذه هي أعمالهم. فهل هذا صحيح؟! </w:t>
+        <w:t xml:space="preserve">فهؤلاء الذين يريدون أن يخرجوا إلى الناس بأيّ لسان وبأيّ أحوال وبأي أفعال وبأيّ زيّ وبعبارة أخرى يريدون أن يكونوا لا أباليّين، ومن طريق اللاأباليّة يريدون أن يظهروا بمظهر أهل المراقبة، وبواسطة عدم الاهتمام بالقيم والمعايير والصفات يريدون أن يظهروا بمظهر المحاربين للنفس الأمّارة، فهؤلاء غافلون عن أنّ الله جعل لأجل ذلك طرقًا أخرى، فلماذا تنفذ من تحت هذه الطرق؟ إن كنت صادقًا فاسلك تلك الطرق الصحيحة لطيّ هذا الطريق واسلك لأجل العبور من النفس الطرق الصحيحة التي بيّنوها هم، ولا تعتمد اللاأباليّة والتفلّت من القيود والظهور بأيّ مظهر وبأيّ حال، فهذه أمور تسبّب الخطر من هذه الناحية، فتنعدم ثقتهم بسبب هذه الأعمال، وتتشوّه الصورة لديهم بسبب هذه الأعمال، وتنسدّ نوافذ قلوبهم بواسطة هذه الأعمال، وعواقب كلّ ذلك يتحمّلها هؤلاء الذين يظهرون أمام المجتمع بصورة غير لائقة. إنّ لكلّ إنسان زيّه الخاصّ، ولكلّ إنسان حسابه الخاصّ، وعلى المؤمن أن يكون متينًا، أن يكون ذا كرامة، أن يكون عزيزًا، أمّا أن أقوم بعمل يجعل اليهود والنصارى يقولون هذه أفعال المسلمين! فهل هذا صحيح؟! أن أقوم بعمل غير مبال بأيّ من المبادئ والقيم فيقول اليهود والنصارى أو غيرهم من الفرق هذه هي أعمالهم. فهل هذا صحيح؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أن يشعر الإنسان أنّه يقف في موضع ثابت ويستند إلى مكان متين هل يكفي لأن يفعل ما يحلو له؟! يجعل القيم والمبادئ تحت قدميه، يغضّ النظر عن جميع العلاقات، يدوس على العهود والمواثيق ولا يعمل بتعهّداته، فهل هذا صحيح؟! لا يرتّب أيّ أثر على الكلام الذي يقال ويتكلّم كما يحلو له وبما يحلو له ولا يحمل أيّ نوع من المسؤوليّة أمام أعماله. كلّ ذلك هو من الأمور التي تجعل النفس تسير القهقرى خلافًا للتوحيد ولتلك الحركة التكامليّة الخاصّة به. فالأعاظم جعلوا طريقًا وهم يعلمون جيّدًا كيف يعمل الإنسان عملاً دون أن يكون له منه أغراض خاطئة. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أمر المرحوم العلاّمة أحد الوجهاء برفع الأذان بصوته لمعالجة أمراضه القلبيّة</w:t>
       </w:r>
@@ -1657,51 +1658,51 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">طبيب دوّار بطبّه</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. وهو نفسه والأئمّة والأولياء، وبتعبيري أنا ذلك الوليّ الذي يمكنه أن يعمل بنحو يفوق بدقّته الجميع بحيث تكون أعماله الظاهرة منسجمة مع العرف والمعايير العقلائيّة والسيرة العقلائيّة، فهو أكثر كمالاً، ويمكنه في مرحلة البقاء أن يراعي حقّ الكثرة خيرًا من الآخرين، وهذا الأمر باد بوضوح في المرحوم العلاّمة. فقد كان يقوم بعمل لا هو في ظاهره باطل ولا هو يقضي على الإنسان في باطنه، ولا يبدو في الظاهر أيّ فارق، لا يبدو أيّ اختلاف، وهو نفسه كان يراعي هذا الأمر طوال حياته. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">لقد كان تحت رعاية الأستاذ، وكان الطريق مفتوحًا أمامه، وكان يلتفت بنفسه. لقد كنّا نرى مرارًا، كنت طفلاً وكنت أرى أنّه يتحدّث في بعض المجالس مع أحدهم ولكن إذا انتهى الأمر إلى نقطة معيّنة فإنّه يترك الميدان لخصمه فيظنّ الناس أنّ كلام خصمه قد رجح، في حين أنّ الأمر كان واضحًا أمام الجميع بكلّ سهولة. الأمر واضح جدًّا بحيث لا يقبل المقايسة بينهما، وفي كثير من المجالس كنت بنفسي حاضرًا وكنت أرى أنّه إذا دار بينه وبين أخيه الأكبر بحث فإنّه في نهاية البحث كان يتوقّف فجأة، وليس ذلك في جميع الموارد، ففي بعضها كان يستمرّ، في الموارد التي يجب أن يتّضح فيها الأمر كان يستمرّ، ولكن في في كثير من الموارد التي يجري فيها الكلام ولا يختلف الحال بين إثباتها ونفيها ويكون الهدف إظهار الشأن والشخصيّة والعلم وأمثال ذلك، ولا يكون الأمر مهمًّا، فيظنّ الناس أنّ الأمر قد انتهى وأنّ الخصم قد ربح الجولة، وحينها تكون الحالات التي تحصل لدى الأفراد واضحة. وهنا يأتي: </w:t>
+        <w:t xml:space="preserve">لقد كان تحت رعاية الأستاذ، وكان الطريق مفتوحًا أمامه، وكان يلتفت بنفسه. لقد كنّا نرى مرارًا، كنت طفلاً وكنت أرى أنّه يتحدّث في بعض المجالس مع أحدهم ولكن إذا انتهى الأمر إلى نقطة معيّنة فإنّه يترك الميدان لخصمه فيظنّ الناس أنّ كلام خصمه قد رجح، في حين أنّ الأمر كان واضحًا أمام الجميع بكلّ سهولة. الأمر واضح جدًّا بحيث لا يقبل المقايسة بينهما، وفي كثير من المجالس كنت بنفسي حاضرًا وكنت أرى أنّه إذا دار بينه وبين أخيه الأكبر بحث فإنّه في نهاية البحث كان يتوقّف فجأة، وليس ذلك في جميع الموارد، ففي بعضها كان يستمرّ، في الموارد التي يجب أن يتّضح فيها الأمر كان يستمرّ، ولكن في كثير من الموارد التي يجري فيها الكلام ولا يختلف الحال بين إثباتها ونفيها ويكون الهدف إظهار الشأن والشخصيّة والعلم وأمثال ذلك، ولا يكون الأمر مهمًّا، فيظنّ الناس أنّ الأمر قد انتهى وأنّ الخصم قد ربح الجولة، وحينها تكون الحالات التي تحصل لدى الأفراد واضحة. وهنا يأتي: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وألحقنا بعبادك الذين هم بالبدار إليك يسارعون</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. فالحالة التي يراها الإنسان هناك أن الحمد للّه لقد غلبنا، وازداد الوزن تقريبًا خمسًا وعشرين كيلوغرامًا. وفي المقابل فإنّ الحالة التي تحصل في الطرف الآخر هي إظهار البهاء، إظهار البهجة، إظهار نوع من التجرّد النفسيّ و... فكلّ ذلك كان واضحًا، وهذا ليس سحرًا بل هو حقائق. هكذا وبهذه الطريقة فإن كنت تريد أن تزيل نفسك فلذلك طريق، فلا تلق بنفسك في كلّ مهلكة، له طريق وقد بيّنوه والإنسان يدرك بنفسه أنّ هذا الطريق [هو الصحيح]، فليجلس وليتأمّل هل هناك أثر سيّء أم لا؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -1861,51 +1862,51 @@
         <w:t xml:space="preserve">رجب شهر الله الأصمّ وشعبان شهري ورمضان شهر أمّتي.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">وحول خصوصيّات شهر رجب هناك أمور عجيبة جدًّا! الحالات فيه عجيبة، والأولياء والأعاظم كانوا إذا دخلوا في شهر رجب كانت لهم بيانات وإشارات، والحالات التي كانت لديهم كلّها تحكي عن أنّ الله تعالى له عناية خاصّة بهذا الشهر، وهناك خصوصيّة في هذا الشهر للخواصّ من عباده لا للجميع، فما هو للجميع هو في شهر رمضان الذي هو شهر المغفرة والرحمة ونزول البركات العاّمة للنّاس، ولكنّ للّه في شهر رجب آثارًا خاصّة لعباده الخواص. لذلك فإنّ المرحوم العلاّمة كان يقول: إنّ الأعاظم كانوا يعدّون أنفسهم لشهر رجب قبل شهور. </w:t>
+        <w:t xml:space="preserve">وحول خصوصيّات شهر رجب هناك أمور عجيبة جدًّا! الحالات فيه عجيبة، والأولياء والأعاظم كانوا إذا دخلوا في شهر رجب كانت لهم بيانات وإشارات، والحالات التي كانت لديهم كلّها تحكي عن أنّ الله تعالى له عناية خاصّة بهذا الشهر، وهناك خصوصيّة في هذا الشهر للخواصّ من عباده لا للجميع، فما هو للجميع هو في شهر رمضان الذي هو شهر المغفرة والرحمة ونزول البركات العاّمة للنّاس، ولكن للّه في شهر رجب آثارًا خاصّة لعباده الخواص. لذلك فإنّ المرحوم العلاّمة كان يقول: إنّ الأعاظم كانوا يعدّون أنفسهم لشهر رجب قبل شهور. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما هو الاستعداد لشهر رجب؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما هو الاستعداد للورود في شهر رجب؟ وما هو التهيؤ للدخول في شهر رجب؟ </w:t>
       </w:r>
@@ -2053,51 +2054,51 @@
         </w:rPr>
         <w:t xml:space="preserve">عيادة المرضى وصلة الرحم، يزور الإنسان رحمه، ينظر إن كان لديه مشكلة يحلّها، يذهب إلى زيارته، إن كانت هناك مشكلة بينه وبين أحد يسعى إلى حلّها، إن كان هناك أمر ما فليقدم هو بنفسه. هذا هو التهيّؤ، ثمّ بعد ذلك يدخل الإنسان في شهر رجب. كان المرحوم العلاّمة يقول: من الجيّد للإنسان أن يصوم ما استطاع استعدادًا للدخول إلى شهر رجب، وهذا الأمر يرتبط بشهر رجب وشعبان أيضًا، غاية الأمر أنّ هناك تأكيدًا أكثر على شهر رجب، ولكن لا بحيث يؤدّي إلى أن يغلبه الضعف، فإن كان في أيّام الصيف مثلاً مثل هذه الأيّام، إذا رأى أنّه إذا صام في الأسبوع يومين يكفيه ذلك، وإذا رأى أنّه يغلبه الضعف والعطش بسبب طول النهار بحيث يلقيه على الفراش، فلا يصم، فهذا ليس صحيحًا، أن يصوم كلّ يوم فهو أفضل، وإلا فهناك دعاء، هناك تسبيح في مفاتيح الجنان: "سبحان الإله الجليل سبحان من لا ينبغي التسبيح إلا له سبحان الأعزّ الأكرم، سبحان من لبس العزّ وهو له أهل" فليقرأ هذا التسبيح في اليوم مائة مرّة فإنّه ينال ثواب الصيام في ذلك اليوم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title3_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قراءة الأدعية الخاصّة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ومن الأمور التي كان يؤكّد المرحوم العلاّمة على مراعاتها في شهر رجب قراءة أدعية رجب، فأدعيته عجيبة جدًّا، ومن الأفضل أن يقرأها الإنسان، وطبعًا لا أن يقرأها الإنسان دفعة واحدة، فمثلاً بعد صلاة الصبح يقرأ دعاء وبعد صلاة الظهر يقرأ آخر، وبعد صلاة المغرب يقرأ دعاء، فهناك عدّة أدعية يقرؤها الإنسان بالتناوب، ومن المفضّل أن يكون لديه كتاب مفاتيح الجنان مترحم بالنسبة للذين لا يحسنون العربيّة، لأنّ أدعية شهر رجب كالأدعية الأخرى... فجميع الأدعية هي كذلك، ففي شهر شعبان كذلك، فهل المناجاة الشعبانيّة لأمير المؤمنين فقيرة المضامين؟! </w:t>
+        <w:t xml:space="preserve">ومن الأمور التي كان يؤكّد المرحوم العلاّمة على مراعاتها في شهر رجب قراءة أدعية رجب، فأدعيته عجيبة جدًّا، ومن الأفضل أن يقرأها الإنسان، وطبعًا لا أن يقرأها الإنسان دفعة واحدة، فمثلاً بعد صلاة الصبح يقرأ دعاء وبعد صلاة الظهر يقرأ آخر، وبعد صلاة المغرب يقرأ دعاء، فهناك عدّة أدعية يقرؤها الإنسان بالتناوب، ومن المفضّل أن يكون لديه كتاب مفاتيح الجنان مترجم بالنسبة للذين لا يحسنون العربيّة، لأنّ أدعية شهر رجب كالأدعية الأخرى... فجميع الأدعية هي كذلك، ففي شهر شعبان كذلك، فهل المناجاة الشعبانيّة لأمير المؤمنين فقيرة المضامين؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد كنت بنفسي شاهدًا أنّ المرحوم العلاّمة عندما كان في طهران عندما كان يرجع من المسجد في كلّ ليلة كان يستمع إلى تسجيل لها كان قد سجّله له بعض أصدقائه على تلك الأشرطة الكبيرة التي كانت آنذاك، وفي ليالي رجب كان يستمع أدعية شهر رجب عندما يرجع ليلاً من المسجد، وقد كنت صغيرًا حينها، كنت طفلاً، كان عمري ما يقارب تسع أو عشر سنوات، ولا زلت أذكر هذه الذكريات، ففي كلّ ليلة من شهر رجب كان يصغي إلى بضعة أدعية كان قد سجّلها له، أو المناجاة الشعبانيّة في شهر شعبان، وكان يقضي ساعة أو أكثر بالتفكّر والتأمّل، ثمّ كان يأتي ليستريح، كان كذلك في ليالي الصيف. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">والتهجّد والاستيقاظ في الليل مهما تحدّثنا عنه في شهر رجب فهو قليل، فالخصوصيّات الموجودة في ليالي شهر رجب ليست موجودة في غيرها، ومن المفضّل أن يقضي الإنسان مقدارًا من الليل بالصلاة ومقدارًا بالتأمّل والتفكّر، يفكّر في نفسه، في وضعه، في مآله، في واقعه، يحاسب نفسه. </w:t>
       </w:r>
@@ -2194,88 +2195,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{DC9E6557-1454-4C06-8FC5-2F878BD84BD3}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{5F2546FA-63E2-40B8-ACA0-5A5E6266EA44}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{9825650F-A742-4064-80B0-318AD88F0A77}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{1A96618E-F951-4581-95ED-D6AFD8DBC0E5}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -3305,51 +3313,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4128,61 +4136,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -4457,63 +4540,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>