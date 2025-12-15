--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -881,51 +882,51 @@
         </w:rPr>
         <w:t xml:space="preserve">ذلك المقام، تلك الأبّهة، تلك العظمة، تلك الأوامر، تلك الأقوال: نتفضّل، نأمر، تفضّلنا بالأمر. هي اعتبار. فاحتفظ بها! احتفظ بها! لماذا لا تستطيع؟! لأنّك قشّة يابسة في هذه الأمواج، في هذا البحر المتلاطم، ليست لك قدرة على أن تحفظ نفسك في هذا البحر. أتريد مع ذلك أن تحافظ على البحر! أن تجعل المحيط تحت سلطتك! يا له من خيال باطل!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ملك النبيّ سليمان عليه السلام لم يكن يتعارض مع الآخرة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">فيما يرتبط بالنبيّ سليمان كيف كان الأمر؟ الله تعالى يريد أن يقول: إنّ استلام زمام أمور المجتمع وتكشيل حكومة الحقّ لا يتنافى مع حركة الإنسان نحو الكمال ونحو الله. لا تتصوّروا أنّ كلّ من أمسك بزمام الأمر وقبل بمسؤوليّة وأقام حكومة فقد انفصل عن مسير الله، كلاّ، ليس الأمر كذلك. نموذج ذلك هو النبيّ سليمان، فماذا قال النبيّ سليمان لله؟ طلب منه: </w:t>
+        <w:t xml:space="preserve">فيما يرتبط بالنبيّ سليمان كيف كان الأمر؟ الله تعالى يريد أن يقول: إنّ استلام زمام أمور المجتمع وتشكيل حكومة الحقّ لا يتنافى مع حركة الإنسان نحو الكمال ونحو الله. لا تتصوّروا أنّ كلّ من أمسك بزمام الأمر وقبل بمسؤوليّة وأقام حكومة فقد انفصل عن مسير الله، كلاّ، ليس الأمر كذلك. نموذج ذلك هو النبيّ سليمان، فماذا قال النبيّ سليمان لله؟ طلب منه: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">{قال ربّ اغفر وهب لي ملكًا لا ينبغي لأحد من بعدي إنّك أنت الوهّاب}</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -975,51 +976,51 @@
         </w:rPr>
         <w:t xml:space="preserve">هذا الكلام هو كلام أهل التوحيد. وهذه هي حكومة الإسلام، أوّلاً ربّ اغفر لي، جميع أنبياء الله وجميع الأئمّة المعصومين عليهم السلام وجميع أولياء الله قالوا قبل التعهّد والمسؤوليّة: لا بدّ أن يكون لدينا تزكية للنّفس. فالنبيّ سليمان ماذا يقول؟ أوّلاً اغفر لي. أولاً تزكية النفس. أوّلاً طهّر نفسي. لماذا؟ لأنّ الحكومة تغرّ! الحكومة تحرف الإنسان عن الطريق! القوّة تسبّب الغفلة، القوّة تبعد الحقائق عن أعين الإنسان. من هو الذي تكون الحقائق على الدوام أمام عينيه؟ الإنسان الذي تزكّى أوّلاً. التزكية ليست بأن يقرأ كتاب طهارة الأعراق لابن مسكويه، أو جامع السعادات للنراقي، أو معراج السعادة أو أوصاف الأشراف للخواجة نصير الدين الطوسي، ليست هذه هي التزكية. تزكية النفس حالة تحصل للإنسان بواسطة المراقبة وبواسطة المجاهدة وبواسطة الإطاعة والتسليم الكاملين وبإرشاد الخبير والواصل إلى مقام المعرفة، لا من عند نفسه. هذه هي التزكية. لو جاء إنسان وأراد أن يعمل بهذه الأمور من نفسه فهناك مخاطر تهدّده أكثر مما لو لم تطأ قدمه هذا المسير. فمخاطره أشد!، تصل نفسه إلى قوّة وسيطرة تسبّبان مخاطر عظيمة ومهالك مخوفة، سواء له أو للذين هم تحت مسؤوليّته، ويا ليته لم يفعل ذلك. لماذا؟ لأنّه جاء من نفسه، وبدلاً من أن يختار طريقًا يقطع فيه الأهواء النفسيّة ويسدّ منافذ الظهور والبروز، أمسك بحربة وجاء متسلّحًا. أنتم تظنّون أنّ مسألة النفس هي بهذه السهولة؟! إن سددت الطريق من مكان فإنّها تخرج رأسها من عشرة مواضع أخرى! وإذا أغلقت عليها المنافذ من عشرة مواضع، خرجت من مائة موضع. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title3_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قصّة من كان يرى المدينة مظلمة عند خروجه</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">كان المرحوم العلاّمة يقول: إنّ فلانًا ـ أحد الذين كانوا لمدّة من تلاميذ المرحوم القاضي، ولكن لم يستمرّ بعده بمتابعة أولياء الله، ومضى بنفسه في الأمور وقام بالتكاليف التي كان يشعر هو بها، وطوى طريقًا من عند نفسه، وهو عند الناس محترم جدًّا، كم هو رجل عابد! كم هو رجل زاهد! كم يهتمّ به الناس! يدعونه إلى مجالسهم، يشارك في محافلهم! ـ ولكنّه سمع منه بنفسه أنّه ـ وهذه عين تلك القصّة التي ذكرتها بداية للرفقاء عن الذي قال من لم يترك صلاة الليل فليتقدّم ويضع حجر الأساس ـ قال: عندما خرجت من المدينة رأيتها كلّها غارقة في السواد وفي الظلمة. فيا أيّها الأحمق! لمن تقول هذا الكلام؟! لأيّة مدينة تقول إنّها غارقة في السواد؟! فنورانيّة المدينة كانت من أجل نفسك المباركة إذن؟! هذا معناها في النهاية. عندما خرجت من المدينة غرقت في الظلام بكاملها! عيجب! جميع الناس الذين في هذه المدينة كفّار وعبّاد أوثنان وكنت وحدك أنت الموحّد هنا؟! كنت تنشر النور على المدينة! نعم؟! </w:t>
+        <w:t xml:space="preserve">كان المرحوم العلاّمة يقول: إنّ فلانًا ـ أحد الذين كانوا لمدّة من تلاميذ المرحوم القاضي، ولكن لم يستمرّ بعده بمتابعة أولياء الله، ومضى بنفسه في الأمور وقام بالتكاليف التي كان يشعر هو بها، وطوى طريقًا من عند نفسه، وهو عند الناس محترم جدًّا، كم هو رجل عابد! كم هو رجل زاهد! كم يهتمّ به الناس! يدعونه إلى مجالسهم، يشارك في محافلهم! ـ ولكنّه سمع منه بنفسه أنّه ـ وهذه عين تلك القصّة التي ذكرتها بداية للرفقاء عن الذي قال من لم يترك صلاة الليل فليتقدّم ويضع حجر الأساس ـ قال: عندما خرجت من المدينة رأيتها كلّها غارقة في السواد وفي الظلمة. فيا أيّها الأحمق! لمن تقول هذا الكلام؟! لأيّة مدينة تقول إنّها غارقة في السواد؟! فنورانيّة المدينة كانت من أجل نفسك المباركة إذن؟! هذا معناها في النهاية. عندما خرجت من المدينة غرقت في الظلام بكاملها! عجيب! جميع الناس الذين في هذه المدينة كفّار وعبّاد أوثنان وكنت وحدك أنت الموحّد هنا؟! كنت تنشر النور على المدينة! نعم؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كان المرحوم العلاّمة يقول: هذا المسكين رأى ظلمة نفسه قد ألقت بظلّها على المدينة، لا أنّ المدينة كانت ذات ظلمة. لقد غرقت نفسه في الظلمة والكدورة والأنانيّة وفي الفرعونيّة بحيث كان يرى نفسه في الجميع، ويرى الجميع في نفسه، والفيض والفيوضات التي ترد على المدينة كان يراها من نفسه. يصل الإنسان إلى هذه الدرجة! يصل الإنسان إلى هذه المهالك! أخذ الله بيد الإنسان وأيقظه، أقول ذلك جادًّا أيّها الرفقاء. هذه الأمور والمصائب التي تقع للنّاس فتجعل الإنسان يبتلى هو وعدد كثير بعواقبها، كلّ ذلك ينشأ من هنا. هل التفتّم ماذا أريد أن أقول؟! إنّ كافّة الفيوضات يراها من نفسه. أنا سبب هذا الأمر الآن! أمّا في الظاهر فهو يقول ويخطب: من أنا ماذا أنا؟ أنا كذا! كلاّ فجميع ذلك هو مزاح. كلّ ذلك تفكّه، كلّ ذلك تفنّن. ما شاء الله كم هو رجل متواضع! ما شاء الله انظروا ماذا يقول! ما شاء الله انظروا لا يرى لنفسه حسابًا! يرى نفسه هكذا! لو لم أكن فماذا سيحصل! لو لم أكن لقطع الله فيضه عن هذه المدينة، لرفع نعمته عن هذه المدينة، لصار العالم دمارًا بكلمة كن فيكون! نعم، العالم كلّه قائم بحضرتك! الآن حين يريد أن يغادر هذا المكان يرى أنّ كامل هذه الأشياء التي بناها وأحدثها تناطح السماء في ذهنه، تخرج من المدينة، فستخلو المدينة، ستصبح المدينة خالية من اللطف، صارت المدينة مظلمة ولم يعد فيها نور! صحيح!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فلأجل ماذا كلّ ذلك؟ لقد كان لأجل نفسه لا لأجل المدينة، المدينة لا ذنب لها، الناس لا ذنب لهم. فهناك في المدينة بعض الناس من أهل العصيان وبعضهم من أهل العبادة وأهل التزكية وأهل التقى. ولكن عندما أدخل المدينة فإنّها تصبح منوّرة! وعندما أخرج تدخل في الظلام، فهذه الظلمة هي ظلمته هو، هذه الظلمة هي ظلمة نفسه. ولكن من الذي ينبّه هذا المسكين؟! هل يمكن أن ينتبه؟! هل يمكن تنبيهه؟! </w:t>
       </w:r>
@@ -1238,51 +1239,51 @@
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> هذا العطاء الذي آتيناك، أنت طلبته، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">{قال ربّ اغفر لي وهب لي ملكًا}</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">، حسنًا تفضّل! ما الذي كنت تريده في هذه الحكومة فلم نعطك؟! لقد سخّرنا لك الريح تنقلك إلى القسم الآخر من الكرة الأرضيّة بطرفة عين بأمره، ولم تكن ريح المائة كيلومتر والخمسين كيلومتر. لقد جعلنا الشياطين تحت اختيارك، جعلنا الشياطين تحت أمرك، لتهيّئ لك ما تريد من نعمنا وما يخطر على بالك من النعم. تمضي إلى البحار، تمضي إلى الهواء، تمضي إلى الأرض. لقد رفعنا الموانع عن طريقك فلا يتمكّن أحد من مواجهتك. فالإنس لا يستطيع مواجهتك، والشيطان لا يمكن أن يواجه، فالشياطين قد جعلت في الأغلال وسلبنا منها القدرة والنفوذ، وجعلناك مالكًا للرقاب وصحاب القرار في الجميع.</w:t>
+        <w:t xml:space="preserve">، حسنًا تفضّل! ما الذي كنت تريده في هذه الحكومة فلم نعطك؟! لقد سخّرنا لك الريح تنقلك إلى القسم الآخر من الكرة الأرضيّة بطرفة عين بأمره، ولم تكن ريح المائة كيلومتر والخمسين كيلومتر. لقد جعلنا الشياطين تحت اختيارك، جعلنا الشياطين تحت أمرك، لتهيّئ لك ما تريد من نعمنا وما يخطر على بالك من النعم. تمضي إلى البحار، تمضي إلى الهواء، تمضي إلى الأرض. لقد رفعنا الموانع عن طريقك فلا يتمكّن أحد من مواجهتك. فالإنس لا يستطيع مواجهتك، والشيطان لا يمكن أن يواجه، فالشياطين قد جعلت في الأغلال وسلبنا منها القدرة والنفوذ، وجعلناك مالكًا للرقاب وصاحب القرار في الجميع.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الآن إن شئت فأعط لمن تريد، إن شئت أنت تعطي هذه الحكومة لهذا المكان، وحكم هذا الرجل لهذا المكان، أن تجعل هذا واليًا على ذاك المكان، هذا حاكمًا هناك، بغير حساب، كيفما تريد. فامنن أو أمسك هذا الأمر إليك. ثمّ لا تظنّوا أنّا حيث أعطيناه الملك فقد انتهى أمر آخرته، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">{وإنّ له عندنا لزلفى وحسن مآب}</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
@@ -1439,51 +1440,51 @@
         <w:t xml:space="preserve">{ردّوها عليّ...}</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ردّوا عليّ الشمس. نحن نظنّ أنّ هذا لأمير المؤمنين، كلاّ يا عزيزي! فأمير المؤمنين يخجل من أن يردّ الشمس. نحن نظنّ الأمر مهمًّا! النبيّ سليمان، نبيّ الله، دعاؤه مستجاب، يريد فيردّ الشمس. كادت صلاة العصر أن تفوت، فردّ الشمس وصلّى، حينما كان يستعرض جيشه. كان يردّ الشمس. وهذا لا شيء بالنسبة إلى النبيّ سليمان، فآصف بن برخيا أيضًا كان يردّها. هذا ليس بالأمر ذي البال!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">يقول الإمام الصادق عليه السلام: إنّ لله ثلاثًا وسبعين اسمًا ـ ثلاثًا وسبعين تجليًّا، ثلاثًا وسبعين إرادة وقدرة على التصرّف والنفوذ ـ كان آصف بن برخيا يعلم واحدًا منها. هل تدركون ما أريد قوله؟ لقد كان آصف بن برخيا يعلم واحدًا منها، فجاء بعرش بلقيس بطرفة عين. أعمض عيني وأفتحها هذه هي طرفة العين ـ وطبعًا لها معنى آخر وهذا معناها الظاهر ـ بطرفة عين رأى النبيّ سليمان عرش بلقيص أمامه. ذلك العرش الذي يعمل الجنّ والشياطين من الصبح إلى العصر حتّى يأتوا به. ولو أردنا نحن البشر أن نأتي به فليس من المعلوم كم سنة يستغرق! فأغمض عينه ثمّ فتحها. وآصف بن برخيا نفسه كان بإمكانه أن يردّ الشمس. آصف بن برخيا هذا كان يستطيع أن يشقّ القمر نصفين، آصف بن برخيا هذا كان بإمكانه أن يحرّك المجرّات من هذا الجانب إلى ذاك، آصف بن برخيا كان باستطاعته أن يؤثّر في عالم الملك والملكوت وكافّة إمكانات النبيّ سليمان كانت تحت إرادته، فقد كان وزير النبيّ سليمان، فآصف بن برخيا هذا كان يعلم اسمًا واحدًا من هذه التجليّات الإلهيّة. يقول الإمام الصادق نحن نعلم اثنين وسبعين!</w:t>
+        <w:t xml:space="preserve">يقول الإمام الصادق عليه السلام: إنّ لله ثلاثًا وسبعين اسمًا ـ ثلاثًا وسبعين تجليًّا، ثلاثًا وسبعين إرادة وقدرة على التصرّف والنفوذ ـ كان آصف بن برخيا يعلم واحدًا منها. هل تدركون ما أريد قوله؟ لقد كان آصف بن برخيا يعلم واحدًا منها، فجاء بعرش بلقيس بطرفة عين. أغمض عيني وأفتحها هذه هي طرفة العين ـ وطبعًا لها معنى آخر وهذا معناها الظاهر ـ بطرفة عين رأى النبيّ سليمان عرش بلقيص أمامه. ذلك العرش الذي يعمل الجنّ والشياطين من الصبح إلى العصر حتّى يأتوا به. ولو أردنا نحن البشر أن نأتي به فليس من المعلوم كم سنة يستغرق! فأغمض عينه ثمّ فتحها. وآصف بن برخيا نفسه كان بإمكانه أن يردّ الشمس. آصف بن برخيا هذا كان يستطيع أن يشقّ القمر نصفين، آصف بن برخيا هذا كان بإمكانه أن يحرّك المجرّات من هذا الجانب إلى ذاك، آصف بن برخيا كان باستطاعته أن يؤثّر في عالم الملك والملكوت وكافّة إمكانات النبيّ سليمان كانت تحت إرادته، فقد كان وزير النبيّ سليمان، فآصف بن برخيا هذا كان يعلم اسمًا واحدًا من هذه التجليّات الإلهيّة. يقول الإمام الصادق نحن نعلم اثنين وسبعين!</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فانظروا ما حقيقة الأمر؟! هل أدركتم الآن؟ هذا المقام مقام الإمامة! اثنان وسبعون اسم عندنا، وعند آصف اسم واحد. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالآن هذا الإمام يأمر عليّ بن يقطين أن يدخل في نظام هارون! هذا الإمام، هذا هو الإمام، هكذا. هل أمرُ الإمام أمر بسيط؟! هل الأمر هكذا؟! تقول لهذا ادخل وتقول لذاك لا تدخل! أنت لماذا دخلت؟! أنت لماذا أجّرت جمالك لهارون؟ لماذا أجّرتها؟ قال: يا ابن رسول الله أنا لم أصنع شيئًا! فقط أجّرت، الجمل يذهب ويرجع، وآخذ أجرته! أنا لم أدخل في النظام! يقول الإمام موسى بن جعفر لصفوان الجمّال: لماذا أجّرت جمالك لهارون؟ لهذا الرجل الظالم والغاصب للخلافة والجائر والقاهر على دماء المسلمين ونفوسهم وأعراضهم، لماذا أجّرته؟ قال: لقد أجّرتها ولم أصنع شيئًا في النهاية! يقول الإمام: ألا تحبّ أن يعطيك أجرتك أم لا؟ نعم فأنا لم أعطه بالمجّان. يقول الإمام: ألا يجب أن يبقى حيًّا ليعطيك أجرتك؟ قال: بلى يجب أن يبقى حيًّا ـ فانظروا كم الأمر دقيق! قال الإمام: أنت تدعو الله أن يبقى هارون الظالم والغاصب للخلافة حيًّا ليرجع من مكّة ويعطيك أجرتك، أليس كذلك؟ فانظروا كيف يأتي الإمام ويظهر نقاط الضعف ويوضّحها بشكل كامل. يقول: انظر! أنت تريد أن يبقى هارون حيًّا ويبقى متّكئًا على مسند الخلافة حتّى يرجع ويعطيك مالك، أليس كذلك؟!</w:t>
@@ -1526,51 +1527,51 @@
         </w:rPr>
         <w:t xml:space="preserve">! فإذن الأمران كلاهما أمر واحد. عدم الإيجار هو من ناحية الإمام، ودخول عليّ بن يقطين في الحكومة كلاهما لا يختلفان، فهذا إن لم يدخل في حكومة هارون فقد خالف الإمام، وهذا إذا خالف وأجّر الجمال فقد خالف الإمام، هذا هو التوحيد. التوحيد يعني رؤية الله وجعل غيره جانبًا، في أيّ مرتبة أراد الله أن يتجلّى، اليوم يقول: افعل هذا، فهو الذي قال، واليوم يقول لا تفعل هذا، فهو الذي قال أيضًا! "لماذا؟" ممنوع! لا وجود لـ "لماذا؟" هنا! ليس لدينا "لماذا؟" </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد أفهمنا النبيّ سليمان بطلبه هذا أنّ الحكومة التي حصلتُ عليها هي حكومة إلهيّة، لا أنّي أريد أن آخذ حكومة الركوب على رؤوس الناس بالقوّة والخداع والمكر والحيلة، كلاّ بل الحكومة التي قلت في البداية ربّ اغفر لي! أوّلاً بالاعتماد عليك. إذا حصلت التزكية، حسنًا، فهب تلك الحكومة! لماذا؟ فهل كان النبيّ سليمان يريد الحكومة؟ كلاّ فالنبيّ سليمان لم يكن يريد الحكومة! لماذا لا يريد الحكومة؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">مرّ النبيّ سليمان برفقة جنوده يومًا قرب دير راهب، كان جنود الجنّ يسيرون عن يمينه، وجنود الإنس عن شماله، والطيور جاءت بأعداد فوق رأس النبيّ سليمان وجنوده بحيث إنّهم كانوا يمشون في ظلّها، ولم تكن الشمس تصل إليهم. فمن الذي يعمل هذه الأعمال الآن؟! وفجأة لمّا جاء العابد من بعيد قال: عجيب! يا له من ملك وحشمة! يا له من نظام، يا لها من قدرة! أنعم وأكرم! لقد حصلتَ على ملك! أين أنت؟! نلت ملكًا عظيمًا! انظر إلى الطيور! أصلاً لم تسمح للشمس أن تصل إليك ولو من منفذ صغير! فانظر إلى الإنس، وانظر إلى الجنّ! فقال النبيّ سليمان: </w:t>
+        <w:t xml:space="preserve">مرّ النبيّ سليمان برفقة جنوده يومًا قرب دير راهب، كان جنود الجنّ يسيرون عن يمينه، وجنود الإنس عن شماله، والطيور جاءت بأعداد فوق رأس النبيّ سليمان وجنوده بحيث إنّهم كانوا يمشون في ظلّها، ولم تكن الشمس تصل إليهم. فمن الذي يعمل هذه الأعمال الآن؟! وفجأة لمّا جاء العابد من بعيد قال: عجيب! يا له من ملك وحشم! يا له من نظام، يا لها من قدرة! أنعم وأكرم! لقد حصلتَ على ملك! أين أنت؟! نلت ملكًا عظيمًا! انظر إلى الطيور! أصلاً لم تسمح للشمس أن تصل إليك ولو من منفذ صغير! فانظر إلى الإنس، وانظر إلى الجنّ! فقال النبيّ سليمان: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لتسبيحة في صحيفة مؤمن خير ممّا أعطي ابن داوود</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. هذا هو النبيّ سليمان! فهل يريد الملك؟! هل ما يقوله بنفسه كذب؟! هل يكذب النبيّ سليمان نعوذ بالله؟ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وإنّ ملك سليمان يفنى والتسبيحة تبقى</w:t>
       </w:r>
       <w:r>
@@ -1695,144 +1696,144 @@
         </w:rPr>
         <w:t xml:space="preserve">نحن ننال مسؤوليّة فلا ندري كيف نستيقظ غدًا عند الصباح! ولو آتانا الله حكومة بحيث تكون الشياطين من هذا الجانب والجنّ من ذاك والطيور من هنا، هكذا تكون الأوضاع، والريح مسخّر لنا. فما هذا الكلام؟! ما هذه الأمور؟! نحن لا يمكننا أن ندير فردين اثنين، أفنقوم ليعطينا الله حكومة ربع الكرة الأرضيّة أو نصفها؟! لا ينبغي لأحد من بعدي، لماذا؟ لأنّ هذه الحكومة هي من عندك. في حين أنّ عامّة الناس يأخذون الحكومة بالقهر والغلبة والكذب والتهمة، هؤلاء ليسوا أنبياء! هذا هو المعنى. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولكنّ النقطة التي هنا حول رواية الإمام الصادق والتي تأتي بعد كلّ ذلك هي أنّك أيّها النبيّ سليمان صحيح أنّ هذه الحكومة حكومة من ناحية الله ـ وطبعًا لولا هذه الرواية لما قلنا هذا الكلام! لأنّ هناك كلام الإمام الصادق فنحن نستنتج ذلك، ولولاه لما علمنا حقيقة الأمر، لما كان لدينا اطّلاع. ولكن لأنّ الإمام الصادق يقول فنحن نضع أيدينا على هذه النقطة ـ صحيح أنّ هذه الحكومة حكومة عدل، وأنت طلبت من الله الحكومة لإقامة العدل، لكي تبيد الظلم، لكي يرفرف علم لا إله إلا الله بواسطتك في أنحاء الكرة الأرضيّة، فهذا كلّه له مكانه الخاصّ وهو صحيح وهو كذلك وحتمًا كان الأمر كذلك، وقد فعل النبيّ سليمان ذلك. أزال الشرك، جرّ الجيوش إلى البلدان، أزال جميع الحكومات، وجعل جميع الناس مسلمين وموحّدين، ونشر راية التوحيد في جميع الأماكن، وكان غرضه وغايته فقط وفقط إعلاء كلمة التوحيد. هذا صحيح، ولكنّ الكلام هنا هو أنّه هل أنت طلبت من الله أم هو طلب منك؟ هذه النقطة مطروحة هنا! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">لقد طلب النبيّ سليمان من الله أن يؤتيه الملك. ربّما ربّما ـ هكذا يبدو أن نوجّه الأمر هنا بهذا النحو ـ ربّما لو لم يطلب النبيّ سليمان هذا الطلب من الله لأبقاه الله على حاله ومكانته! فبالنسبة إلى الله ما المشكلة؟! ما الإشكال؟! إن شاء أعطى الحكومة... ت</w:t>
+        <w:t xml:space="preserve">لقد طلب النبيّ سليمان من الله أن يؤتيه الملك. ربّما ربّما ـ هكذا يبدو أن نوجّه الأمر هنا بهذا النحو ـ ربّما لو لم يطلب النبيّ سليمان هذا الطلب من الله لأبقاه الله على حاله ومكانته! فبالنسبة إلى الله ما المشكلة؟! ما الإشكال؟! إن شاء أعطى الحكومة... </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ؤتي الملك من تشاء وتنزع الملك ممّن تشاء وتعزّ من تشاء...</w:t>
+        <w:t xml:space="preserve">تؤتي الملك من تشاء وتنزع الملك ممّن تشاء وتعزّ من تشاء...</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="16"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> إن شئنا آتينا. هل قال الله للنبيّ سليمان خذ هذه الحكومة كما نادى أمير المؤمنين مالكًا الأشتر وقال له: اذهب إلى مصر، أو كما نادى سلمانَ وقال له اذهب إلى المدائن؟ أم أنّ النبيّ سليمان هو طلب بنفسه؟! وإن كان النبيّ سليمان قد وصل إلى مقام النبوّة ومقام الرسالة وإن كان ادّعاؤه حقًّا ولم يكن في نفسه أيّ بعد نفسيّ أو كدورة واعتبار وخلط ومزج. النبيّ سليمان معصوم، له مقام العصمة. ولكنّه هو طلب أم الله أعطاه؟ هذه هي حقيقة الأمر! لأجل هذا عليك أن تتنظر في النهاية، إذا دخل الأنبياء يأتي دورك! وليست المسألة مسألة ظلم ولا مسألة جرم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الكلام دقيق جدًّا أيّها الرفقاء! المسألة دقيقة جدًّا. النبيّ سليمان يريد أن يقيم العدل ويعلي كلمة التوحيد ويجعل نفسه مظهرًا لهذا الظهور الإلهيّ ليقول للدنيا: من أراد أن يكون مظهرًا فهكذا. ولكن ممّن كان الطلب؟! ولن نوسّع الموضوع أكثر من ذلك. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بعض أعمال شهر رجب</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">شهر رجب قريب، والرفقاء مطّلعون بشكل كامل على أهميّة هذا الشهر، وكما يعلمون فإنّ لشهر رجب فضيلة خاصّة عن كامل الأشهر الأخرى، عن الأحد عشر شهرًا، وكان الأعاظم دائمًا وكذلك المرحوم العلاّمة رضوان الله عليه كما أذكر يتحدّث قبل دخول شهر رجب إلى مريديه وتلامذته، ويؤكّد على شهر رجب ويهتمّ بهذا الشهر اهتمامًا خاصًّا مقارنةً إلى سائر الشهور. حتّى أذكر أنّه قال في بعض المجالس إنّ أعاظم الطريق وأولياء الله كانوا يزيدون مراقبتهم قبله بأشهر ويزيدون مجاهدتهم، ويزيدون توجّههم، كانوا يتكلّمون أقلّ، كانوا يخوضون أقلّ في الأمور العديمة الفائدة، طبعًا هم لم تكن لديهم أمور عديمة الفائدة، ولكن في النهاية الأمور التي لم تكن لها ضرورة ماسّة كانوا قليلاً ما يتحدّثون بها لكي يكون التفاتتهم إلى النفس أكثر، وتركيزهم أكثر، وأن يكونوا أبعد عن التشتّت والافتراق وأقرب إلى التركيز وتجميع القوى والاجتماع. كانوا مشغولين بأنفسهم أكثر من تفكيرهم بالأمور الأخرى. </w:t>
+        <w:t xml:space="preserve">شهر رجب قريب، والرفقاء مطّلعون بشكل كامل على أهميّة هذا الشهر، وكما يعلمون فإنّ لشهر رجب فضيلة خاصّة عن كامل الأشهر الأخرى، عن الأحد عشر شهرًا، وكان الأعاظم دائمًا وكذلك المرحوم العلاّمة رضوان الله عليه كما أذكر يتحدّث قبل دخول شهر رجب إلى مريديه وتلامذته، ويؤكّد على شهر رجب ويهتمّ بهذا الشهر اهتمامًا خاصًّا مقارنةً إلى سائر الشهور. حتّى أذكر أنّه قال في بعض المجالس إنّ أعاظم الطريق وأولياء الله كانوا يزيدون مراقبتهم قبله بأشهر ويزيدون مجاهدتهم، ويزيدون توجّههم، كانوا يتكلّمون أقلّ، كانوا يخوضون أقلّ في الأمور العديمة الفائدة، طبعًا هم لم تكن لديهم أمور عديمة الفائدة، ولكن في النهاية الأمور التي لم تكن لها ضرورة ماسّة كانوا قليلاً ما يتحدّثون بها لكي يكون التفاتهم إلى النفس أكثر، وتركيزهم أكثر، وأن يكونوا أبعد عن التشتّت والافتراق وأقرب إلى التركيز وتجميع القوى والاجتماع. كانوا مشغولين بأنفسهم أكثر من تفكيرهم بالأمور الأخرى. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الدخول إلى الأشهر الحرم التي هي موضع عناية الله ولطفه الخاصّين له آداب وشروط. فأنتم عندما تريدون الذهاب للقاء واحد ما لا تذهبون بهذا اللباس الذي في المنزل. تلبسون لباسًا تغتسلون تتعطّرون، تهيّئون أنفسكم، ماذا تتكلّمون كيف تتكلّمون. وشهر رجب عند أولياء الله هو هكذا أيضًا. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لذا كانوا يقولون: أفضل عمل للسالك هو أن يتوب قبل هذا الشهر غسل التوبة وغسل الاستخارة وبعد الركعتين يسجد ويقول مائة مرّة أستخير الله برحمته. يعني إلهي أنا أريد أن أهيِّئ نفسي للدخول في هذا الشهر، أريد أن أجمع قواي، أريد أن أصحّح وضعي وأريد أن أصفّي حسابي معك كعبد من العبيد. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">كنت في مكان فسألني الرفقاء: سيّدنا! ما هو أفضل الأعمال في شهر رجب؟ قلت: أفصل الأعمال هو أن يخرج الإنسان نفسه من نفسه، يخرج من الأنانيّة، ويكون عبدًا ويسلّم إرادته لله، ويجعل اختياره مسلّمًا لاختيار الله. عند كلّ عمل يريد أن يقوم به، قبل أن يقوم به ينظر أوّلاً هو ماذا يريد، ثم يقوم به. كلّ فكرة تأتيه ينظر أوّلاً ما هو رضاه ثمّ يفكّر فيها. كلّ خطوة يريد أن يخطوها أولاً ينظر إلى جهة الاتّصال والارتباط ثمّ يقدم. هذا مقام العبوديّة الذي إذا وفّق الله له العبد أمكنه أن يفوز بحظ أوفر ونصيب أكبر. </w:t>
+        <w:t xml:space="preserve">كنت في مكان فسألني الرفقاء: سيّدنا! ما هو أفضل الأعمال في شهر رجب؟ قلت: أفضل الأعمال هو أن يخرج الإنسان نفسه من نفسه، يخرج من الأنانيّة، ويكون عبدًا ويسلّم إرادته لله، ويجعل اختياره مسلّمًا لاختيار الله. عند كلّ عمل يريد أن يقوم به، قبل أن يقوم به ينظر أوّلاً هو ماذا يريد، ثم يقوم به. كلّ فكرة تأتيه ينظر أوّلاً ما هو رضاه ثمّ يفكّر فيها. كلّ خطوة يريد أن يخطوها أولاً ينظر إلى جهة الاتّصال والارتباط ثمّ يقدم. هذا مقام العبوديّة الذي إذا وفّق الله له العبد أمكنه أن يفوز بحظ أوفر ونصيب أكبر. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الصيام في شهر رجب مستحبّ جدًّا، الذين يستطيعون الصيام في كلّ يوم فليصوموا. إن كانت أمزجتهم واستعداداتهم وقواهم مساعدة فبها! وإلاّ فليصوموا يومًا ويومًا، وإلا فيومين ويومين، وإلاّ ففي الأسبوع يومًا. وعلى كلّ حال كلّ إنسان يصوم بمقدار سعته وبمقدار قدرته. ولدينا في الروايات، والأعاظم وأولياء الله والأئمّة عليهم السلام ورسول الله خصوصًا كانوا يصومون هذه الأشهر الثلاثة كلّها من شهر رجب إلى شهر رمضان ويصلونها بالصيام. وإذا لم يستطع أحد أن يصوم فمن المستحبّ أن يقول بدلاً منه مائة مرّة كلّ يوم هذا الذكر: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">سبحان الإله الجليل سبحان من لا ينبغي التسبيه إلا له، سبحان الأعزّ الأكرم سبحان من لبس العزّ وهو له أهل</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -1933,88 +1934,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{7E6320AE-9FC3-4B9E-91EF-4AB0932B6102}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{CEAA06CD-8122-48E1-8627-4DDA546E2D5D}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{393BD30C-027E-4953-8A1F-6F6E320BB49A}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{39EAD977-053D-4DD8-A4A9-7ABC3159B6C5}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2063,61 +2071,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="101" name="_x0000_i0101">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0101"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -2220,61 +2228,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="102" name="_x0000_i0102">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0102"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -3268,51 +3276,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4091,61 +4099,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -4420,63 +4503,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>