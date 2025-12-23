--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -501,58 +502,58 @@
         <w:t xml:space="preserve">بريز باده كه قسّام صنع قسمت كرد *** در آفرينش از انواع نوش دارو نيش </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">[يقول: اسكب الخمرة فإنّ المقدّر قدّر في خلقته التداوي بأنواع الشراب.] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">المقصود من اسكب الخمرة أو اشرب الخمرة هو أنّه إن كان الله قد وفّقك وألْفَتكَ إلى هذه الأمور</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">... ما دمت غير ملتفت كان حكمك مختلفًا. ولكن بما أنّ الله وفّق وألفت إلى هذه الأمور والمسائل، فانطلق الآن إلى الخمرة وإلى تحصيل الكمالات وإلى جذب الجذبات وإلى تحصيل الإفاضات التي تأتي من عند الله، وهذه الإفاضات وهذه الجذبات هي بحكم الخمر التي إذا شرب منه الإنسان انخلع إلى حدّ ما عن التعلّق بالدنيا وبالكثرة وابتعد. هذه الجذبات تأتي، هذه الإفاضات تأتي وتقتلع الإنسان من التعلّق بالدنيا، وتخرجه من التعلّق بالدنيا، وتبقي له هدفًا واحدًا فحسب، وتمنعه من الالتفات إلى الكثرات أن لماذا أنا لم أصبح كذا؟ فلان أصبح هكذا؟ لماذا أنا لم أصل إلى هذا الأمر ووصل إليه فلان؟ لماذا أطرافي خالية الآن؟ ومثلاً أطراف فلان مليئة؟ لماذا يراجعه الناس ولا يراجعونني؟ لماذا لا يريدني الناس ويريدون غيري؟ كلّ هذه الكثرات مصائد ‏وسدود تمنع الإنسان من الالتفات إليه. </w:t>
+        <w:t xml:space="preserve">المقصود من اسكب الخمرة أو اشرب الخمرة هو أنّه إن كان الله قد وفّقك ولَفَتكَ إلى هذه الأمور</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">... ما دمت غير ملتفت كان حكمك مختلفًا. ولكن بما أنّ الله وفّق ولَفَتَ إلى هذه الأمور والمسائل، فانطلق الآن إلى الخمرة وإلى تحصيل الكمالات وإلى جذب الجذبات وإلى تحصيل الإفاضات التي تأتي من عند الله، وهذه الإفاضات وهذه الجذبات هي بحكم الخمر التي إذا شرب منه الإنسان انخلع إلى حدّ ما عن التعلّق بالدنيا وبالكثرة وابتعد. هذه الجذبات تأتي، هذه الإفاضات تأتي وتقتلع الإنسان من التعلّق بالدنيا، وتخرجه من التعلّق بالدنيا، وتبقي له هدفًا واحدًا فحسب، وتمنعه من الالتفات إلى الكثرات أن لماذا أنا لم أصبح كذا؟ فلان أصبح هكذا؟ لماذا أنا لم أصل إلى هذا الأمر ووصل إليه فلان؟ لماذا أطرافي خالية الآن؟ ومثلاً أطراف فلان مليئة؟ لماذا يراجعه الناس ولا يراجعونني؟ لماذا لا يريدني الناس ويريدون غيري؟ كلّ هذه الكثرات مصائد ‏وسدود تمنع الإنسان من الالتفات إليه. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقول </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حافظ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -571,51 +572,51 @@
         </w:rPr>
         <w:t xml:space="preserve">شئنا أم أبينا فقد أعدّوا لنا في الأزل سجلاًّ. كان في هذا السجلّ مرض، في اليوم كذا والساعة كذا كان فيه أيضًا سلامة. كان في هذا السجلّ شراب أو لدغة،‏ كان فيه شراب أيضًا، كان فيه موت وحياة أيضًا، كان في هذا السجلّ تضييق وضائقة اقتصاديّة، كان في هذا السجلّ سعة وسهولة أيضًا، كان في هذا السجلّ ضحك، وكان فيه بكاء، كلّ ذلك كتبوه في السجلّ. حيث جاء هذا إلى الحياة، كانت الورقة تلو الورقة تُتَصفّح، الورقة الأولى مضت بخير، الحمد لله، فلننظر إلى ورقة الغد ماذا سيحصل فيها؟ وجاء الغد ومضى، وهو يأتي الآن. فلننظر الآن إلى بعد غد أيّ ورقة ستكون؟ هل لديكم علم بأوراق الغد وما بعده؟ كلاّ ليس لدينا أيّ خبر عمّا سيجري غدًا. ماذا سيجري؟ أيّ أمر سيحدث لا علم لنا، ولو علمنا فهو ليس جيّدًا، ليس صحيحًا، لأنّ في هذه الأخبار سرّاء حينًا وضرّاء حينًا آخر. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عدم اهتمام مدرسة العرفان بالاطّلاع على المغيّبات</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ينقل أحدهم فيقول: منذ مدّة حصلت عندي حالة بنفسها بحيث كنت أرى الحوادث، أرى الغد وما بعد الغد، كنت أرى الأسبوع القادم، وهكذا كنت أرى حتّى سنة، سنتين بجميع خصوصيّاتها. فرأيت أنّ هذه ليست حياة، فهذا غدًا يمرض، وذاك بعد غد يموت، هذا يولد، وذاك يموت مثلاً، هذا يقع في مشكلة، أبدًا لم تكن كلّها أحداثًا سارّة. لم يكن في هذه الأوراق وهذه السجلاّت سرور فحسب، هذا الوقت تملؤه الصلاة، وذاك يلؤه النوم، آه يا ويلي غدًا يسوّى أمر فلان، آه في الأسبوع الآخر يرتّب أمر فلان. آه هكذا أمور من هذا القبيل. قال: ذهبت إلى المرحوم العلاّمة رضوان الله عليه وبيّنت له حالتي، أن هذه هي قصّتي، لقد شغل فكري. فقال: لا هذه الحال ليست جيّدة. ما إن قال السيّد: ليست جيّدة، حتّى ذهبت تلك الحال واسترحت. </w:t>
+        <w:t xml:space="preserve">ينقل أحدهم فيقول: منذ مدّة حصلت عندي حالة بنفسها بحيث كنت أرى الحوادث، أرى الغد وما بعد الغد، كنت أرى الأسبوع القادم، وهكذا كنت أرى حتّى سنة، سنتين بجميع خصوصيّاتها. فرأيت أنّ هذه ليست حياة، فهذا غدًا يمرض، وذاك بعد غد يموت، هذا يولد، وذاك يموت مثلاً، هذا يقع في مشكلة، أبدًا لم تكن كلّها أحداثًا سارّة. لم يكن في هذه الأوراق وهذه السجلاّت سرور فحسب، هذا الوقت تملؤه الصلاة، وذاك يملؤه النوم، آه يا ويلي غدًا يسوّى أمر فلان، آه في الأسبوع الآخر يرتّب أمر فلان. آه هكذا أمور من هذا القبيل. قال: ذهبت إلى المرحوم العلاّمة رضوان الله عليه وبيّنت له حالتي، أن هذه هي قصّتي، لقد شغل فكري. فقال: لا هذه الحال ليست جيّدة. ما إن قال السيّد: ليست جيّدة، حتّى ذهبت تلك الحال واسترحت. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بما أنّه من المقرّر أن تُتصفّح أوراق السجلّ، فلماذا أزعج نفسي إلى هذه الدرجة لأعرف ماذا سيحدث في هذا الأمر وماذا سيحدث في ذاك؟ هل التفتّم؟ فلماذا لا تبالي مدرسة العرفان بهذه الأمور؟ لأنّ هذه الأوراق ستفتح الواحدة تلو الأخرى، هذا السجلّ يأتي هكذا وينقضي شيئًا فشيئًا. لا بيدي ولا بيدك، فما دام كذلك، فلنسترح، ولنعش حياتنا براحة، لنسر في الشوارع براحة، ولنقم بعملنا براحة، الراحة هي التكليف. لم يقولوا لنا: قم بعمل يجعلك تكتشف أسرار الكون. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وأنا أقدّم لكم ضمانًا إذا وضع الجميع في القبور، ونحن أيضًا إن شاء الله بحول الله وقوّته عاجلاً أم آجلاً سنذهب، وقولي إن شاء الله أقصد به أن نذهب إلى مكان حسن. ولذلك أنا أقول: هذه الدنيا يومان وتنتهي، إمّا بالسكتة ستنتهي، وإمّا بحادث سير، وإمّا بسقوط حجر على رأس الإنسان. في النهاية ستنتهي، وإن شاء الله نمضي إلى مكان جيّد.</w:t>
       </w:r>
@@ -805,51 +806,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، وهذا الأمر يختلف من إنسان لآخر، يختلف بين الناس. يمكن لأيّ إنسان في أيّ مرتبة كان أن يرتكب خطأ منسجمًا مع تلك المرتبة من الدقّة واللطف. وبالطبع فإنّ الذين هم في مراتب عالية كما يقول القرآن الكريم في آياته والرواية عن الإمام عليه السلام من أنّ حسنات الأبرار سيّئات المقرّبين</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">، فبواسطة ذلك الخطأ الذي يرتكبته تسيطر عليه مرتبة من مراتب الحجب، وهذا البلاء هو لرفعها. لذلك كان المرحوم العلاّمة رضوان الله عليه يقول: لن يؤدّي المرض إلى الارتقاء الروحي في وقت من الأوقات، المرض يسبّب التخفّف من الذنوب والأثقال التي تلقيها الأخطاء والزلّات على النفس، فيأتي هذا المرض ويقلّل من هذا الحمل، ويخفّف، أمّا ما يؤدّي إلى الرقيّ هو العمل الاختياريّ. أي أن يقوم الإنسان باختياره. كما لو فرضنا أنّ إنسانًا يشرع بالاشتغال بالأمور باختياره، فيضع مالاً ما جانبًا، فيحصّل استطاعة للحجّ، ثمّ يتشرّف بالحج. هذا ما يصبح أمرًا اختياريًّا، وهذا الحجّ يسبّب له ترقيًّا، يسبّب رقيًّا. أمّا لو حملوا إنسانًا ووضعوه في مكّة، أمسكوا بيده وأركبوه في إحدى وسائل النقل وجعلوه في مكّة، حسنًا فهذا المقدار الذي لا اختيار له فيه، حيث يجعلونه في المسجد الحرام، ثمّ يركبونه في وسيلة أخرى ويطوفون به حول الكعبة، ثمّ يجعلونه مثلاً في سرير سريع يسعون به بين الصفا والمروة، فيقول الإنسان: لقد أدّيت العمرة إذن! كلاّ هذا لم يؤدّ العمرة، والحجّ أيضًا لم يسقط عنه، ولا بدّ أن يأتي بنفسه مستطيعًا إلى مكّة، باختياره وبإرادته. </w:t>
+        <w:t xml:space="preserve">، فبواسطة ذلك الخطأ الذي يرتكبه تسيطر عليه مرتبة من مراتب الحجب، وهذا البلاء هو لرفعها. لذلك كان المرحوم العلاّمة رضوان الله عليه يقول: لن يؤدّي المرض إلى الارتقاء الروحي في وقت من الأوقات، المرض يسبّب التخفّف من الذنوب والأثقال التي تلقيها الأخطاء والزلّات على النفس، فيأتي هذا المرض ويقلّل من هذا الحمل، ويخفّف، أمّا ما يؤدّي إلى الرقيّ هو العمل الاختياريّ. أي أن يقوم الإنسان باختياره. كما لو فرضنا أنّ إنسانًا يشرع بالاشتغال بالأمور باختياره، فيضع مالاً ما جانبًا، فيحصّل استطاعة للحجّ، ثمّ يتشرّف بالحج. هذا ما يصبح أمرًا اختياريًّا، وهذا الحجّ يسبّب له ترقيًّا، يسبّب رقيًّا. أمّا لو حملوا إنسانًا ووضعوه في مكّة، أمسكوا بيده وأركبوه في إحدى وسائل النقل وجعلوه في مكّة، حسنًا فهذا المقدار الذي لا اختيار له فيه، حيث يجعلونه في المسجد الحرام، ثمّ يركبونه في وسيلة أخرى ويطوفون به حول الكعبة، ثمّ يجعلونه مثلاً في سرير سريع يسعون به بين الصفا والمروة، فيقول الإنسان: لقد أدّيت العمرة إذن! كلاّ هذا لم يؤدّ العمرة، والحجّ أيضًا لم يسقط عنه، ولا بدّ أن يأتي بنفسه مستطيعًا إلى مكّة، باختياره وبإرادته. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">العمل الذي يقوم به الإنسان باختياره وبإرادته ذلك العمل يؤدّي إلى الارتقاء، أمّا التضييقات والأمراض والمشكلات التي تحدث للإنسان، فإنّها تخفّف من أثقال ذنوب الإنسان، كلّ إنسان بحسبه. وحتّى يمكن أن يحدث هذا الأمر أيضًا للأولياء. عجيب جدًّا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">سبب ابتلاء المرحوم العلاّمة بتمزّق الشبكيّة</w:t>
       </w:r>
@@ -1147,87 +1148,87 @@
         </w:rPr>
         <w:t xml:space="preserve">ليس هناك كمال بدون الاختلاف في النظام التكامليّ للبشر ، ليس هناك حركة بدون المدّ والجزر، ليس هناك تكامل بدون المدّ الجزر ، تمامًا كشجرة تضعها في مكان لا تهبّ عليها فيه الريح، فبعد مدّة ترى أنّ جذورها تتلاشى، فالهواء هو الذي يحرّك هذه الشجرة، أتعلمون ما هو أثره؟ أثره هو أنّ تلك الجذور تتشبث في الأرض، لو لم يكن هناك ريح، فإنّ الشجرة بعد مدّة تتلاشى وتسقط. والريح أيضًا لا تراعي، بل تأخذها نحو هذا الاتّجاه ونحو ذاك، حتّى تتمكّن هذه الشجرة من التكامل، فهذا الأمر هو هكذا. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هدف الحكومة الإسلاميّة الوصول إلى التوحيد لا إلى التكامل والنصر في الظاهر</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">إذن على هذا الأساس، فإنّ أحد قواعد الحكومة الإسلاميّة وأحد الأصول القعائديّة في الحكومة الإسلاميّة عدم النظر إلى التكامل الظاهريّ وإلى الكمّ في عالم الكثرات، وعدم النظر إلى الفتح والنصر في نظام الحكومة الإسلاميّة، فهذا أحد القواعد. ففي الحكومة الإسلاميّة المبدأ والغاية هو الوصول إلى التوحيد، لا إلى النصر الظاهريّ، والظفر الظاهريّ. في الحكومة الإسلاميّة، لا ينبغي التفكير في التغلّب والسيطرة والنصر والاستيلاء وجعل ذلك محورًا. لا وجود لذلك في الحكومة الإسلاميّة، بل إراءة الطريق إلى الواقع وفتح الطريق للحركة نحو التوحيد. هذا الأمر هو المهمّ. سواء تغلّب الإنسان أو لم يتغلّب، سواء انتصر أو لم ينتصر.</w:t>
+        <w:t xml:space="preserve">إذن على هذا الأساس، فإنّ أحد قواعد الحكومة الإسلاميّة وأحد الأصول العقائديّة في الحكومة الإسلاميّة عدم النظر إلى التكامل الظاهريّ وإلى الكمّ في عالم الكثرات، وعدم النظر إلى الفتح والنصر في نظام الحكومة الإسلاميّة، فهذا أحد القواعد. ففي الحكومة الإسلاميّة المبدأ والغاية هو الوصول إلى التوحيد، لا إلى النصر الظاهريّ، والظفر الظاهريّ. في الحكومة الإسلاميّة، لا ينبغي التفكير في التغلّب والسيطرة والنصر والاستيلاء وجعل ذلك محورًا. لا وجود لذلك في الحكومة الإسلاميّة، بل إراءة الطريق إلى الواقع وفتح الطريق للحركة نحو التوحيد. هذا الأمر هو المهمّ. سواء تغلّب الإنسان أو لم يتغلّب، سواء انتصر أو لم ينتصر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هدف أمير المؤمنين عليه السلام في صفّين</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">لم يكن أمير المؤمنين أبدًا يفكّر بهذا النحو في حكومته وفي علاقته مع أصحابه، نعم كان الإمام يقول: نحن نذهب لنعزل معاوية عن عمله، لأنّه ظالم، أمّا أنّا نحن سنغلب ويجب أن نغلب وإن لم نغلب فلا نكون قد أدّينا عملنا ونرجع خجلين إلى بلدنا، فلم يكن أمر كهذا في حكومة أمير المؤمنين. يقوم ويجمع المقاتلين، يجمع الناس، يخطب، يسير نحو صفّين، يقاتل معاوية ثمانية عشر شهرًا، ثمّ يرجع. يقول: الحمد لله لقد أدّيت ما أمرت به. هذا يصبح أمير المؤمنين! أمّا إذا قام وقال: يا ويلتي، إلهي أنت الذي وظّفتني بهذه الوظيفة، أنت جعلتني خليفة المسلمين، ثمّ نحن ننهزم من قبل معاوية، فهل يصحّ ذلك؟! أنت تجعلني خليفة المسلمين، وتقول ليَ أمُر بالعدل، وانْهَ عن المنكر، وأمر بالمعروف، فلماذا لا تؤمّن لي وسائل ذلك؟ لماذا لا تزوّدني بالقنابل والدبّابات؟ لماذا لا تزوّدنا بوسائل تخوّلنا ليس فقط من السيطرة على جميع الدنيا فحسب، فهذا أمر بسيط، بل على جميع أجرام المنظومة الشمسيّة؟ نعم إن كان لا بدّ أن نؤسّس حكومة، وأن نعرض الإسلام في جميع الدنيا، فلا بدّ أن تهيّئ لنا أدوات ذلك! فيقول الله: أنت عليك أن تقوم بواجبك! عليك أن تؤدّي ما كلّفت به! والسيطرة والفتح والظفر والهزيمة ليست بيدك. أنت عليك أن تسير وفق التكليف ووفق الدليل. عليك أن تسير وفق ما قال الله. </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">ذات يوم كنت في إحدى صلوات الجمعة في ذلك الزمان، ففي ذلك الزمان أثناء الحرب بين إيران والعراق كانت الأحوال تختلف فتارة كانت إيران تتقدّم، وتارة كان العراق، تارة كنّا نحن نغلب وتارة كنّا ننهزم، فهذا أمر يعلمه الجميع. فعندما كنت أشارك في صلاة الجمعة هنا في قم، كان الخطيب يبرّر تلك الخسارات ويقول: نعم يا سيديّ، في زمان النبيّ كان الأمر كذلك أيضًا، في زمان النبيّ كان النصر تارة للمسلمين وتارة أخرى للكفّار، ولكن في النهاية، الفتح والنصر حليف المسلمين. حسنًا فماذا حصل!؟ لقد رأينا جميعًا أنّ هذا الأسلوب ليس صحيحًا، هذا النحو من البيان للأمر ليس صحيحًا، وهو أن نجعل أساس حركتنا هو الفتح والنصر. كلاّ، فالفتح والنصر لم يكن أمرًا محتومًا في حركتنا. إنّ ما هو وظيفة المسلم ووظيفة المؤمن ووظيفة الموحّد هو أنّ الحركة التي يقوم بها لا بدّ أن تكون على أساس التكليف، سواء أثمرت تلك الحركة أم لم تثمر. وليس مرادي أن يقوم الإنسان بالتحرّك من دون الالتفات إلى أيّ شيء، وبدون الاهتمام والبحث والسعي، وأن يطأطئ رأسه ويمشي، كلاّ فهذا خطأ أيضًا. بل على الإنسان أن يعمل بتكليفه ويتقدّم بالالتفات إلى الظروف، بالالتفات إلى الإمكانات، بالالتفات إلى الخصوصيّات، بالالتفات إلى الأمور التي يؤيّدها العقل والوجدان السليم، وفي الطريق الذي يختاره العقل والعرف العاقل. وأمّا أنّه إن لم يبلغ الغاية فسيكون قد انهزم، فهذا ما لا وجود له في النظام التربويّ الإسلاميّ، لا وجود لهذا الأمر في النظام التربويّ الإسلاميّ. </w:t>
+        <w:t xml:space="preserve">لم يكن أمير المؤمنين أبدًا يفكّر بهذا النحو في حكومته وفي علاقته مع أصحابه، نعم كان الإمام يقول: نحن نذهب لنعزل معاوية عن عمله، لأنّه ظالم، أمّا أنّا نحن سنغلب ويجب أن نغلب وإن لم نغلب فلا نكون قد أدّينا عملنا ونرجع خجلين إلى بلدنا، فلم يكن أمر كهذا في حكومة أمير المؤمنين. يقوم ويجمع المقاتلين، يجمع الناس، يخطب، يسير نحو صفّين، يقاتل معاوية ثمانية عشر شهرًا، ثمّ يرجع. يقول: الحمد لله لقد أدّيت ما أمرت به. هذا يصبح أمير المؤمنين! أمّا إذا قام وقال: يا ويلتي، إلهي أنت الذي وظّفتني بهذه الوظيفة، أنت جعلتني خليفة المسلمين، ثمّ نحن ننهزم من قبل معاوية، فهل يصحّ ذلك؟! أنت تجعلني خليفة المسلمين، وتقول ليَ أءمُر بالعدل، وانْهَ عن المنكر، وأمر بالمعروف، فلماذا لا تؤمّن لي وسائل ذلك؟ لماذا لا تزوّدني بالقنابل والدبّابات؟ لماذا لا تزوّدنا بوسائل تخوّلنا ليس فقط من السيطرة على جميع الدنيا فحسب، فهذا أمر بسيط، بل على جميع أجرام المنظومة الشمسيّة؟ نعم إن كان لا بدّ أن نؤسّس حكومة، وأن نعرض الإسلام في جميع الدنيا، فلا بدّ أن تهيّئ لنا أدوات ذلك! فيقول الله: أنت عليك أن تقوم بواجبك! عليك أن تؤدّي ما كلّفت به! والسيطرة والفتح والظفر والهزيمة ليست بيدك. أنت عليك أن تسير وفق التكليف ووفق الدليل. عليك أن تسير وفق ما قال الله. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ذات يوم كنت في إحدى صلوات الجمعة في ذلك الزمان، ففي ذلك الزمان أثناء الحرب بين إيران والعراق كانت الأحوال تختلف فتارة كانت إيران تتقدّم، وتارة كان العراق، تارة كنّا نحن نغلب وتارة كنّا ننهزم، فهذا أمر يعلمه الجميع. فعندما كنت أشارك في صلاة الجمعة هنا في قم، كان الخطيب يبرّر تلك الخسارات ويقول: نعم يا سيديّ، في زمان النبيّ كان الأمر كذلك أيضًا، في زمان النبيّ كان النصر تارة للمسلمين وتارة أخرى للكفّار، ولكن في النهاية، الفتح والنصر حليف المسلمين. حسنًا فماذا حصل!؟ لقد رأينا جميعًا أنّ هذا الأسلوب ليس صحيحًا، هذا النحو من البيان للأمر ليس صحيحًا، وهو أن نجعل أساس حركتنا هو الفتح والنصر. كلاّ، فالفتح والنصر لم يكن أمرًا محتومًا في حركتنا. إنّما وظيفة المسلم ووظيفة المؤمن ووظيفة الموحّد هو أنّ الحركة التي يقوم بها لا بدّ أن تكون على أساس التكليف، سواء أثمرت تلك الحركة أم لم تثمر. وليس مرادي أن يقوم الإنسان بالتحرّك من دون الالتفات إلى أيّ شيء، وبدون الاهتمام والبحث والسعي، وأن يطأطئ رأسه ويمشي، كلاّ فهذا خطأ أيضًا. بل على الإنسان أن يعمل بتكليفه ويتقدّم بالالتفات إلى الظروف، بالالتفات إلى الإمكانات، بالالتفات إلى الخصوصيّات، بالالتفات إلى الأمور التي يؤيّدها العقل والوجدان السليم، وفي الطريق الذي يختاره العقل والعرف العاقل. وأمّا أنّه إن لم يبلغ الغاية فسيكون قد انهزم، فهذا ما لا وجود له في النظام التربويّ الإسلاميّ، لا وجود لهذا الأمر في النظام التربويّ الإسلاميّ. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title2_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هدف الحاكم في الحكومة الإسلاميّة القيام بالتكليف لا إرضاء الناس المتقلّبين</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">رحم الله المرحوم الشيخ مطهّري، لقد جاء يومًا إلى المرحوم العلاّمة رضوان الله عليه، ويبدو أنّه كان ذلك في أواخر أيّام حياته، وكنت أنا جالسًا هناك. كنت جالسًا في جانب من الغرفة. كان يريد أن يأتي إلى قم ويزور قائد الثورة، فكان المرحوم العلاّمة يتحدّث معه ويقول: بما أنّك تريد أن تذهب إلى قم فقل هذه الأمور، وبعد أن ذكر عددًا من الأمور، قال في النهاية: حتمًا ألفتوا نظره إلى هذا الأمر وهو أنّك الآن حاكم الإسلام ومرجع ينظر إليه جميع الناس، فليكن اهتمامك في تلك الأمور التي تريد أن تلفت النظر إليها فقط وفقط رعاية التكليف الإلهيّ. أمّا يكون في ذلك التكليف رعاية حال الناس وجماعة الناس، والتقاطر الذي قام به شعب إيران عليكم لأجل الوصول إلى أغراضه فهذا ما يجب أن لا يكون! عليك أن تقوم بالتكليف. أمّا أنّ الناس الآن قد ازدحموا فلا ينبغي أن يؤثّر في هذا الأمر، لماذا؟ لأنّ الأمور والأحداث عرضة للتغيّير والتبدّل. فيومًا تكون هكذا، ويومًا آخر تكون بنحو آخر. وهذا التكليف لا بدّ أن يكون محفوظًا في مكانه. ففي يوم يأتي الناس وفي يوم آخر يذهبون، وفي يوم يشتاق الناس، وفي يوم لا يشتاقون. في يوم يصابون بصداع، وفي يوم لا يصابون. في يوم يشعرون بألم... هل التفتّم؟</w:t>
       </w:r>
@@ -1415,51 +1416,51 @@
         </w:rPr>
         <w:t xml:space="preserve">لم يكن أبو بصير هكذا يمنّ على الله أنّي الآن مريض فتلطّف يا ربّ على عبدك المريض، اهتمّ بعبدك المريض. نعم تكرّم وتفضّل فالبيت بيتك. حينما كنت سليمًا لم تكن تأتي، الآن أنا مريض. كلاّ بل كان شاكرًا، ولكنّه كان مسرورًا بهذا المرض. رأى أنّه يشعر بخفّة في حاله، كثير من الناس عندما يمرضون يشعر الإنسان أنّهم حصلوا على نورانيّة عندما يتعاطى معهم، لقد خفّت الأحمال، حتّى سائر الأزمات، حتّى سائر الأزمات. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كان هناك رجل، وهو لا يزال الآن على قيد الحياة، ولكنّه كان شيخًا هرمًا. كان قد تشرّف في الزمان السابق بزيارة العتبات، وهناك ألقوا القبض عليه، لا أدري ما السبب، ولكن هذا ما أعلمه، هناك قبضت عليه قوى الأمن العراقي وألقته في السجن مدّة، ومهما حاول هنا وهناك لم يؤثّر إلى أن خرج في النهاية، ثمّ بعد أن ذهبنا لزيارته برفقة المرحوم العلاّمة، رأينا أن يا للنورانيّة التي حصّلها! فأوّلاً كانت لحيته هكذا، وكلّها بيضاء، ثمّ نورانيّته. وعندما خرجنا التفت إليّ المرحوم العلاّمة وقال: أرأيت كم كان السجن جيّدًا لهذا الرجل! نحن نقول السجن سيّء، السجن سيّء، هل رأيت كم حصل على نورانيّة. كانت زوجته قد ذهبت إلى المرحوم الحدّاد وقالت: ادعوا له الله أن يخلّصه بسرعة، فقال المرحوم الحدّاد: اصبري سيخرج قريبًا، ولكنّ السجن خير له. دعيه يصبر قليلاً حتّى تتمكّن حالته. ثمّ عندما كان يحكي لنا، قال: لقد وضعوني في مكان أصلاً غير قابل للحياة، لقد كانت الظروف صعبة إلى درجة أنّه عندما نقلوني من مرتبة إلى مرتبة أخرى كنت مسرورًا لرؤيتي الحيوانات تتحرّك، أن عجيب هنا تتحرّك الحيوانات! مثلاً هناك ذباب. كان يقول: كانت الظروف المحيطة غير قابلة للتحمّل. هكذا كان الوضع. ولكنّ هذه النفس لها خصوصيّات لا تزول بواسطة مائدة الأرز المزيّن بالزعفران والحلوى. يأتي الله ببعض صفاته وأسمائه الجلاليّة إلى أن تزول هذه الأنانيّات شيئًا فشيئًا وتلك المشكلات. يعرف الإنسان نفسه قليلاً. يقول: ماذا كنت؟ لو كنت صادقًا فقل لهم أن يخرجوك، فأنت كنت صاحب المركز كذا، أنت ماذا كنت؟ فقل لهم أن يخرجوك! الله يقول: لا لا مصلحة في ذلك، ابق هنا قليلاً، فهو جيّد لك. عندما يبقى قليلاً، تستقرّ حالته. الآن انقلوه إلى زنزانة أخرى أفضل بقليل، ثمّ يطوي هنا دورة. ثمّ يقولون: نعتذر منك يا سيّد فقد حصل خطأ. الآن أين حصل الخطأ هل حصل في الأعلى أم في الأسفل؟! ففي الأعلى لا يحصل اشتباه، في الأعلى صواب. هؤلاء المساكين يقولون: نعتذر حصل خطأ. ليس لديهم اطّلاع على أنّ المسألة صحيحة في الأعلى. لو أنّ هؤلاء المتّصدّين والمسؤولين موحّدون بمقدار ما مثلنا، وكان لديهم شيء من الاطّلاع على الأمور، لقالوا حين الخروج: لا يا سيّد لم يحصل أيّ خطأ، حصل خير، عندما دخلت إلى هناك كان خيرًا لك، كان خيرًا لك. ولكنّ هؤلاء المساكين لا خبر لديهم، فهم يقولون: نعتذر يا سيّد، يعتذرون ويقولون: تفضّل. ولكن على الإنسان أن يجعل في حسبانه أنّ في حركة السالك إلى الله لا بدّ أن تكون هذه الحركة مع تربية النفس. وهذه التربية لا تحصل بنحو واحد من السير، تحتاج إلى كافّة الأنواع، من هذا النوع ومن ذاك، فيها صعود وهبوط، ولا بدّ من الاهتمام بهذا الأمر كقاعدة في نظام الحكومة الإسلاميّة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">لقد انتهى الوقت في النهاية، ولم نصل إلى نصف الموضوعات التي في كنا نريد طرحها، قال: </w:t>
+        <w:t xml:space="preserve">لقد انتهى الوقت في النهاية، ولم نصل إلى نصف الموضوعات التي كنا نريد طرحها، قال: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">مطلب تمام گشت و به آخر رسيد عمر *** ما همچنان در اوّل وصف تو مانده‏ايم‏</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">[والمعنى: انتهى الأمر ووصل العمر إلى نهايته *** ونحن لا زلنا حيارى في بداية وصفك]</w:t>
       </w:r>
@@ -1499,51 +1500,51 @@
         </w:rPr>
         <w:t xml:space="preserve">أمامنا شهر رجب، ووفق المعتاد في السنوات السابقة فإنّ الرفقاء والأصدقاء ملتفتون إلى هذا الأمر، فنتحدّث إجمالاً ببضع كلمات حول خصوصيّات شهر رجب. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">شهر رجب شهر مهمّ جدًّا، والخصوصيّات التي يتميّز بها شهر رجب، لا وجود لها حتّى في شهر رمضان. فكما أنّ الأسماء والصفات الإلهيّة مختلفة، ولكلّ اسم أثر خاصّ، وكلّ صفة لها أثر خاصّ، فإنّ نزول الأسماء والصفات الإلهيّة إلى هذا العالم وإلى النفس، لكلّ منها جانب تربويّ وتكامليّ لدى الإنسان. فلهذا نرى أنّ هناك آثار مختلفة للإنسان في القضايا المختلفة. فالحوادث المختلفة التي تتّفق للإنسان لها آثارها الخاصّة. فالصلاة لها أثر على الإنسان لا وجود له في الصوم، والصوم له أثر لا وجود له في الصلاة. لكلّ منها أثره الخاصّ. وللحجّ أثر لا وجود له في الصوم، فلو أنّكم صمتم بدل الحجّ فلا فائدة، لماذا؟ لأنّ الجهات الوجوديّة للنفس مختلفة وكثيرة، وهذه العبادات قد وضعت وشرّعت لتكميل وترميم وتدبير جهة من الجهات المختلفة للنفس. وهكذا الأيّام والأوقات أيضًا لها آثارها الخاصّة بها. فلعشرة محرّم أثرها الخاصّ الذي لا يوجد في شهر رمضان، ولشهر رمضان أثره الخاصّ هل التفتّم؟ فالخصوصيّة التي يتميّز بها شهر رجب هي أنّه له نوع من الأثر العميق على خصوصيّات النفس وكيفيّة ارتباط الإنسان بحقيقة التوحيد. ومرادي من ذلك الأثر العميق هو أنّه قد يشعر الإنسان أحيانًا بشعور حسن، بشعور بالراحة، بشعور بالانبساط، بشعور من الروحانيّة، يصلّي فيشعر بنوع من الروحانيّة، يصوم فيشعر بنوع من الروحانيّة، يريد أن يستمرّ، يريد أن يتابع في الصلاة، فهذه الحالة هي حالة من الشعور بالروحانيّة والنورانيّة نشعر بها في أنفسنا، ولكنّ بعض هذه العبادات وبعض هذه الأعمال لها أثر عميق. يعني من الممكن أن لا تظهر هذه الحالة من الروحانيّة، ولكن في الباطن تبدّل الأمر بنحو من الأنحاء وتقلبه رأسًا على عقب، برنامج شهر رجب هو هكذا، أي إنّه يغيّر خصوصيّات النفس وكيفيّة ارتباط الإنسان بالله في العمق، ولذلك فإنّ بعض الناس ـ كما كان المرحوم العلاّمة يقول ـ كانوا يعدّون أنفسهم قبل عدّة أشهر ويضاعفون من مراقبتهم، يقلّلون من كلامهم، يقلّلون من مزاحهم، يخفّفون من ارتباطاتهم، حتّى يتمكّن شهر رجب من التأثير أكثر بخصوصيّاته. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">وهناك أعمال لشهر رجب ذكرناها في السنوات السابقة، فلو تمكّن إنسان ما من الصيام كامل الشهر فليفعل، وإلاّ فليصم يومًا بعد يوم، وإلاّ فليصم الأيّام الثلاثة في كلّ شهر، ومن لم يستطع فهناك ذكر خاصّ ذكر للرفقاء سابقًا يقال مائة مرّة. وباقي الأمور والخصوصيّات التي جعلها الله في هذا الشهر، كما كان المرحوم العلاّمة يقول: هذا الفرس وهذا الميدان، في النهاية نحن ذكرنا الأمور، وذكرنا عددً من هذه الآثار للرفقاء، في النهاية من شاء فليشمّر ثوبه وليشمّر عن ساعديه، ويشدّ ظهره لكي يتسفيد من تلك الفيوضات التي جعلها الله في هذا الشهر، ليستفيد هو وليفيض على الآخرين وفق قاعدة الأواني المترابطة.</w:t>
+        <w:t xml:space="preserve">وهناك أعمال لشهر رجب ذكرناها في السنوات السابقة، فلو تمكّن إنسان ما من الصيام كامل الشهر فليفعل، وإلاّ فليصم يومًا بعد يوم، وإلاّ فليصم الأيّام الثلاثة في كلّ شهر، ومن لم يستطع فهناك ذكر خاصّ ذكر للرفقاء سابقًا يقال مائة مرّة. وباقي الأمور والخصوصيّات التي جعلها الله في هذا الشهر، كما كان المرحوم العلاّمة يقول: هذا الفرس وهذا الميدان، في النهاية نحن ذكرنا الأمور، وذكرنا عددً من هذه الآثار للرفقاء، في النهاية من شاء فليشمّر ثوبه وليشمّر عن ساعديه، ويشدّ ظهره لكي يستفيد من تلك الفيوضات التي جعلها الله في هذا الشهر، ليستفيد هو وليفيض على الآخرين وفق قاعدة الأواني المترابطة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نأمل أن يوفّقنا الله لكي نتمكّن برعايته وعنايات صاحب مقام الولاية للاستفادة القصوى من بركات هذا الشهر وكذلك الأشهر الآتية بعده. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد. </w:t>
       </w:r>
@@ -1568,88 +1569,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{E7E7920D-27F5-4441-8CEC-FD6CF8C74E9D}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{5E8B5131-0497-449E-AE52-D130D9E7AFDE}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{2CBA0175-CA1D-47FF-A23C-FCCD4244C32D}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{11221E3C-C7DE-4D2C-8E4A-125B5731D5E8}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1698,61 +1706,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="145" name="_x0000_i0145">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0145"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1855,61 +1863,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="146" name="_x0000_i0146">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0146"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2741,51 +2749,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3564,61 +3572,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3893,63 +3976,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>