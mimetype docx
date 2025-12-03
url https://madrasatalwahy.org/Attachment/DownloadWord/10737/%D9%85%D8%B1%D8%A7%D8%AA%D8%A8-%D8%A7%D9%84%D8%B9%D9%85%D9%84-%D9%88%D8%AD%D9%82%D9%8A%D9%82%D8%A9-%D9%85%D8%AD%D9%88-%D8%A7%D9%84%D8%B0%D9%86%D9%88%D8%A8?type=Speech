--- v0 (2025-10-06)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">مراتب العمل وحقيقة محو الذنوب</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣۸ هـ ق - المحاضرة الثامنة عشرة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -907,51 +920,51 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وعليه، فحينما يريد الله تعالى أن يمحي، فما الذي يمحيه؟ إنّه يرفع صورة المعصية من جذورها، فلا يبقى لها أيُّ وجود؛ فصحيح أنّ نفس العمل ـ كما ذكرت ـ موجود، إلاّ أنّ صورة المعصية غير موجودة؛ وحينما ينظر الملك ـ الذي سجّل بأنّ فلانًا ارتكب معصية ـ إلى ملفّه، لا يرى فيه معصية، وفقط ذلك الملك الذي يُسجّل الحسنات [يجد الحسنات باقية]... ثمّ يُوحي إلي جوارحه أن </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اكتمي عليه ذنوبه</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، حيث لدينا آية شريفة تقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يَوْمَ تَشْهَدُ عَلَيْهِمْ أَلْسِنَتُهُمْ وأَيْدِيهِمْ وَأَرْجُلُهُمْ بِمٰا كٰانُوا يَعْمَلُونَ}</w:t>
+        <w:t xml:space="preserve">﴿يَوْمَ تَشْهَدُ عَلَيْهِمْ أَلْسِنَتُهُمْ وأَيْدِيهِمْ وَأَرْجُلُهُمْ بِمٰا كٰانُوا يَعْمَلُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ يعني في يوم القيامة، يقول الحقّ تعالى لعبده: «لقد قمتَ بهذا الفعل.. لقد ارتكبتَ هذه المعصية!» فيُجيبه: «لا، لم أفعل!» فيأتي الخطاب: «يا أيّتها الرجل، اشهدي!»، فتبدأ الرجل بتقديم الشهادة، وماذا تعني الشهادة هنا؟ إنّها لا تعني أنّ الرِّجل تقول بلسانها: لقد ذهبت في هذا الطريق، ودخلت إلى المنزل الفلاني... لأنّه في هذه الحالة سيعترض صاحبها ويقول: «يا إلهي، إنّها تكذب، إنّ المسألة مفبركة!»؛ بل معنى شهادة الرجل أنّ الله تعالى يضع أمام الإنسان عين تلك الحادثة التي شارك فيها برجله؛ وحينئذ، كيف يتسنّى له الإنكار؟! لا أنّه يريه صورة عن ذلك العمل، بل إنّه يرى في نفسه بأنّه يقوم بذلك العمل بواسطة رجله، ويرى في نفسه أنّه يرتكب تلك المعصية بواسطة يده، ويرى في نفسه أنّه بواسطة لسانه يكذب، ويفتري، ويغتاب، ويتفوّه بكلام غير لائق في موضع لم يكن ينبغي عليه أن يتفوّه به، فذكره في مجلس، وهتك عرض مؤمنٍ! فيرى هناك جميع تلك الأمور، وليس أنّ اللسان يقول: «لقد قمت بهذا العمل»، بل إنّ الإنسان يرى في نفسه عين ذلك الفعل الذي ارتكبه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فهل أنا الآن أتكلّم أم لا؟ وحينئذ، هل توجد حاجة لكي يقول لساني: «يا أيّها السيّد الطهراني، إنّك تتحدّث الآن بهذا الكلام»؟ فأنا الآن بنفسي أتحدّث؛ وحينئذ، من الذي يُمكنه أن يخبرني بذلك؟! هل يدي هي التي ستُخبرني بذلك؟ أم أنتم ستُخبرونني بذلك؟ فهل أنّكم إذا لم تُخبروني بذلك، فإنّني لن أعلم، ولن أستطيع القول ما الذي فهمتُه وقلتُه ونطقت به؟!! فأنا الآن لديّ علم حضوريّ بذلك؛ وهو علم متّصل بالذات، ومتّحد بنفسي، وله معيّة ذاتيّة لها؛ فلا ينفصل عنها؛ وبالتالي، فإنّني لا أحتاج أبدًا لكي أرجع، وأفكّر فيما أقوله؛ لأنّني أرى في وجودي عين هذا الكلام الذي أقوله ويصدر منّي، وإلاّ، إذا لم أكن أره، فإنّني لن أتفوّه به، فأنا أراه حتمًا؛ وحينئذ، هل يحتاج الأمر إلى شهادة؟ كأن يأتي أحدهم ويقول: «يا سيّدي، إنّك تتحدّث بهذه الكلمات!»؛ ففي هذه الحالة، سأجيبه: إنّني أرى بنفسي ماذا أقول قبل أن تراه أنت، فلا أحتاج أن تخبرني بذلك؛ لأنّه لا يوجد من هو أقرب منّي لنفسي. </w:t>
@@ -1135,88 +1148,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{BADE6377-44E1-481A-8337-906656CC7FC8}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{6FE9113D-84F3-49C3-8DBB-9A4BAEF24C85}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{ED2DF49F-2A9F-4460-B4F8-3DDC5E3FD63A}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{C436D2D7-0769-4138-AB40-F98544C35B40}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1520,166 +1540,166 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> جهاز قديم كان يُستعمل للتدفئة. المترجم</w:t>
+        <w:t xml:space="preserve">  جهاز قديم كان يُستعمل للتدفئة. المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> وهما السيّد أحمد والسيد محمد ابنا الإمام موسى الكاظم وأخوا الإمام الرضا عليهما السلام، و هما مدفونان في مدينة شيراز الإيرانية.</w:t>
+        <w:t xml:space="preserve">  وهما السيّد أحمد والسيد محمد ابنا الإمام موسى الكاظم وأخوا الإمام الرضا عليهما السلام، و هما مدفونان في مدينة شيراز الإيرانية.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> الكافي، ج ٢، ص ٤٣٥.</w:t>
+        <w:t xml:space="preserve">  الكافي، ج ٢، ص ٤٣٥.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> الكافي، ج ٢، ص ٤٣۰.</w:t>
+        <w:t xml:space="preserve">  الكافي، ج ٢، ص ٤٣۰.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> نهج البلاغة، الحكمة ۱٤٥.</w:t>
+        <w:t xml:space="preserve">  نهج البلاغة، الحكمة ۱٤٥.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> الآية ٢٤ من سورة النور.</w:t>
+        <w:t xml:space="preserve">  الآية ٢٤ من سورة النور.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2169,51 +2189,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2992,61 +3012,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3321,63 +3416,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>