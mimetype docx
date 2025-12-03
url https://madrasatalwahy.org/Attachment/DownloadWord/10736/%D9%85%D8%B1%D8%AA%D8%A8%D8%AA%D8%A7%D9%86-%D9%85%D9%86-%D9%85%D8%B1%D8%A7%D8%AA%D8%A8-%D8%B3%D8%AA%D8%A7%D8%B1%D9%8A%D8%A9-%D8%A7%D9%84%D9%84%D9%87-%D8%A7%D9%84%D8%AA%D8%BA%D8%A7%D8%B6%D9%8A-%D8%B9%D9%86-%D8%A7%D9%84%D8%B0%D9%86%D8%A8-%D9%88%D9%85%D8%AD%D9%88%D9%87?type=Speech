--- v0 (2025-10-08)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -86,51 +87,51 @@
         </w:rPr>
         <w:t xml:space="preserve">مرتبتان مِن مراتب ستّارية الله: التغاضي عن الذنب ومحوه</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي سنة ۱٤٣۸ هـ ق المحاضرة سبعة عشر</w:t>
+        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي سنة ۱٤٣۸ هـ ق المحاضرة السابعة عشرة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
       </w:r>
@@ -288,112 +289,109 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
-[...1 lines deleted...]
-    <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لو كنتُ خائفًا مِن تعجيل العقوبة، لَما ارتكبتُ الذنوب؛ كما أنّ عدم خوفي هذا ليس بسبب قصور إشرافك ونقص اطّلاعك على أعمالنا؛ فلا مجال للكلام عن هكذا أمر أصلًا، وهو أن لا تكون مطّلعًا ومشرفًا! أو أن يكون اطّلاعك قاصرًا وإشرافك ناقصًا! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لا تَأْخُذُهُ سِنَةٌ وَلا نَوْمٌ}</w:t>
+        <w:t xml:space="preserve">﴿لا تَأْخُذُهُ سِنَةٌ وَلا نَوْمٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فلا يأخذ اللهَ نومٌ ولا غفوة، هو حاضر وشاهد علينا دائمًا في جميع الأحوال، فـ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ما يَكُونُ مِنْ نَجْوى‏ ثَلاثَةٍ إِلاَّ هُوَ رابِعُهُمْ}</w:t>
+        <w:t xml:space="preserve">﴿ما يَكُونُ مِنْ نَجْوى‏ ثَلاثَةٍ إِلاَّ هُوَ رابِعُهُمْ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، ما مِن ثلاثةٍ يتناجون بأمرٍ ما في أيّة زاوية مِن زوايا العالَم، إلّا هو رابعهم، وهو بالنسبة إلى الإنسان </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{أَقْرَبُ إِلَيْهِ مِنْ حَبْلِ الْوَريدِ}</w:t>
+        <w:t xml:space="preserve">﴿أَقْرَبُ إِلَيْهِ مِنْ حَبْلِ الْوَريدِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، إنَّ حبل الوريد هو ذلك العِرق الّذي يوصل الدم إلى الدماغ، فإن انقطع هذا العرق وانقطع وصول الدم إلى الدماغ لثانية واحدة، لسقط الإنسان فورًا على الأرض مغشيًّا عليه؛ فالله أقرب إلى الإنسان مِن حبل الوريد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إذن فعدم خوفي هذا ليس بسبب عدم اطّلاع الله، وليس ناشئًا عن اعتقادي بأنّ الله مشغولٌ بأمور أخرى بحيث تجعله غير مطّلع على أعمالي وبالتالي سيتركني وشأني دون أن يكون له شغل بي! كلّا، بل لأنَّك [يا إلهي] في عين امتلاكك لأعلى درجات الرقابة والاطّلاع، فإنّك خير الساترين في مقام الستر، وأحكم الحاكمين والمحاسبين في مقام المحاسبة، فأنت الأكثر دقّة وواقعيّة، وأنت عين الحقيقة؛ وفي مقام الكرم والشهامة والنُّبل، تُعامِل عبادك بأعلى درجات الكرم والشهامة .. هذه الصفات الثلاث هي الّتي جعلتني لا أهتمّ – كما ينبغي – بارتكاب المعاصي، وأن لا أخاف كما يجب، وأن لا أراقب المراقبة المطلوبة .. هذه هي الصفات الّتي أعرفك بها يا ربّ.</w:t>
@@ -820,51 +818,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وبسبب [بقاء] هذا الوجود، يستطيع مَن تُفتح عينه الباطنيّة – سواء كان ذلك عن طريق المكاشفة أو عالَم الرؤيا – أن يطّلع على تلك الأمور، وإلّا كيف يمكن للإنسان أن يطّلع على أمرٍ عدميّ! كلّا، لا يمكن ذلك، حتّى الله لا يمكنه الاطّلاع على ذلك، فكيف بعباده! وذلك لأنّ العدم عدم، والعدم يعني اللاوجود.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كيف يمكن للمرء أن يرى في المنام أنّ قضيّة ما ستحصل في الأسبوع القادم، ثمّ تحصل تلك القضيّة كما رآها بالضبط؟ كيف يمكن أن يرى هذا الشيء؟ لا بدّ وأن يكون هناك شيء موجود بالفعل لكي يراه، فما هو ذلك الشيء؟ إنّه تلك الحقيقة المثاليّة الّتي يمكن أن تُرى بواسطة العين الباطنيّة الّتي تُفتح بطريقة أو بأخرى، فقد يحصل ذلك مِن خلال المكاشفات – والّتي هي على أنواع مختلفة – أو مِن خلال الرؤيا الصادقة؛ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنِّي رَأَيْتُ أَحَدَ عَشَرَ كَوْكَبًا وَالشَّمْسَ وَالْقَمَرَ رَأَيْتُهُمْ لي‏ ساجِدينَ}</w:t>
+        <w:t xml:space="preserve">﴿إِنِّي رَأَيْتُ أَحَدَ عَشَرَ كَوْكَبًا وَالشَّمْسَ وَالْقَمَرَ رَأَيْتُهُمْ لي‏ ساجِدينَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فقد رأى يوسف هذه الرؤيا عندما كان صبيًّا، وعندما كبُر وبلغ مرحلةً مِنَ العمر جاء أبوه وإخوته ووقفوا أمام عرشه، وقاموا بما قاموا به. إنّ نبيّ الله يوسف كان قد رأى كلّ ذلك، فكيف تمكّن مِن رؤيته؟ نعم، لو لم يكن هناك شيءٌ موجود بالفعل، لَما كان بالإمكان رؤيته، فلا بدّ أنّه موجود بالفعل. ولكن وجوده هذا غير محسوسٍ لنا، فمَن يستطيع أن يشعر به؟ يستطيع أن يرى ذلك مَن فُتحت عينه الباطنيّة بإحدى الطرق، فأولئك هم مَن يستطيعون الرؤية، فهم يطّلعون على المستقبل وعلى الماضي.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كان رسول الله جالسًا في بيت أمير المؤمنين عليه السلام في المدينة – هذه قصّة معروفة</w:t>
@@ -938,85 +936,85 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فإذا كان الأمر كذلك، وإذا كانت الأعمال باقيةً في حدّ ذاتها ولا يمكن أن تفنى، فكيف يمحو الله السيّئات والحال هذه؟ نعم، لا يمكن إزالة تلك الأعمال مِنَ الوجود، فهل يستطيع الله أن يمحو هذا المجلس المنعقد في هذه الليلة مِنَ الوجود؟! نعم يستطيع الله أن يتعامل مع الأشياء الّتي ستحصل بعد هذه اللحظة، فيجعلها تظهر بشكلٍ آخرٍ، أمّا فيما يتعلّق بما حصل إلى الآن، فهو موجود وغير قابل للمحو. وهذا الأمر يعود إلى القضيّة التالية، وهي أنّ كلّ ما يحصل في هذا العالَم لا يتعدّى كونه آثار الله الوجوديّة، وبما أنَّ هذه الآثار لا يمكن أن تكون ظلمانيّة بحدّ ذاتها، فإنَّ ما يمكن أن يجعلها نورانيّةً أو ظلمانيّةً ليس إلّا النيّة والإرادة الّتي أوجبت تحقّقها في الخارج، فتلك النيّة هي الّتي تجعل تلك الأعمال ظلمانيّةً أو نورانيّةً.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">في الآية الشريفة مِن سورة الفرقان ما يُبيّن هذا الموضوع، وهي الّتي تتحدّث عن أوصاف [المؤمنين]؛ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَعِبادُ الرَّحْمنِ الَّذينَ يَمْشُونَ عَلَى الْأَرْضِ هَوْنًا وَإِذا خاطَبَهُمُ الْجاهِلُونَ قالُوا سَلامًا}</w:t>
+        <w:t xml:space="preserve">﴿وَعِبادُ الرَّحْمنِ الَّذينَ يَمْشُونَ عَلَى الْأَرْضِ هَوْنًا وَإِذا خاطَبَهُمُ الْجاهِلُونَ قالُوا سَلامًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> .. بعض الآيات في سورة الفرقان عدّدت بعضًا مِن صفات المؤمنين، مِن قبيل أنَّهم يمتنعون عن ارتكاب الذنوب وعن شهادة الزور وغيرها مِنَ الأمور المخالفة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> .. ثمّ تقول الآية [القرآنيّة]: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{كُلُّ ذلِكَ كانَ سَيِّئُهُ عِنْدَ رَبِّكَ مَكْرُوهًا}</w:t>
+        <w:t xml:space="preserve">﴿كُلُّ ذلِكَ كانَ سَيِّئُهُ عِنْدَ رَبِّكَ مَكْرُوهًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، أي إنّ الله لا يحبّ كدورة وسوء تلك الأعمال الّتي مرّ ذكرها، لا نفس تلك الأعمال؛ فنفس العمل الّذي يقوم به الإنسان ليس إلّا عملًا لا أكثر، فنفس هذا العمل [الّذي تلبّس بالذنب] قد لا يختلف عن غيره مِنَ الأعمال العباديّة مِن حيث الظاهر؛ فإنَّ الطعامَ طعامٌ، إن أكله الإنسان بنيّة الغصب، سيكون الطعام حرامًا، وإن أكله بإذن صاحب البيت، فلن يترتّب على أكله أيّ إشكالٍ، ليس هذا فقط، بل قد يكون أكله مستحبًّا؛ فالطعام [في الحالين] هو نفس الطعام – كأن يكون صحنًا مِنَ الأرز مثلًا – والأكل هو نفس الأكل، غير أنَّه محرّم وموجب للظلمة وجالب للسخط الإلهيّ في الحالة الأولى، أمّا في الحالة الثانية فهو موجب لرضاه تعالى.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قد يدخل عليك أحدهم، فتقوم بتعظيمه واحترامه، ويكون مِمّن يستحقّ التعظيم حقًّا؛ كأن يكون والدك أو والدتك أو أحد الرجال العظام، أو أستاذك أو معلمك أو واحدٌ مِمّن لهم حقّ عليك، فستكون في هذه الحالة قد قمت بعملٍ جيّدٍ ومستحبٍّ، وقد يحصل نفس قيامك هذا بنيّة الاستهزاء بهم والتمثيل عليهم، فتكون قد قمت بعملٍ باطلٍ هنا؛ إنّ القيام هو نفس القيام، غير أنَّه يوجب رضا الله في حالة، وسخطه في الأخرى.</w:t>
@@ -1282,88 +1280,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{9FD02D2F-B3D0-4D12-942B-8A107E8825A5}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{FD9D4CDD-3011-4C8B-8C5D-366F58562C83}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{85E8AC5A-7523-455F-83C9-F91FDBB535ED}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{A1E5E988-8B09-4B7A-9B5B-0E63267A3EDC}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1931,60 +1936,61 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> سورة الفرقان (٢٥)، الآية ٦٣.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
         <w:footnoteRef/>
         <w:t xml:space="preserve">يشير سماحته إلى الآيات ٦٣ إلى ۷۷ مِن سورة الفرقان (٢٥): </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَعِبادُ الرَّحْمنِ الَّذينَ يَمْشُونَ عَلَى الْأَرْضِ هَوْنًا وَإِذا خاطَبَهُمُ الْجاهِلُونَ قالُوا سَلامًا ، وَالَّذينَ يَبيتُونَ لِرَبِّهِمْ سُجَّدًا وَقِيامًا ، وَالَّذينَ يَقُولُونَ رَبَّنَا اصْرِفْ عَنَّا عَذابَ جَهَنَّمَ إِنَّ عَذابَها كانَ غَرامًا ، إِنَّها ساءَتْ مُسْتَقَرًّا وَمُقامًا ، وَالَّذينَ إِذا أَنْفَقُوا لَمْ يُسْرِفُوا وَلَمْ يَقْتُرُوا وَكانَ بَيْنَ ذلِكَ قَوامًا ، وَالَّذينَ لا يَدْعُونَ مَعَ اللهِ إِلهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتي‏ حَرَّمَ اللهُ إِلَّا بِالْحَقِّ وَلا يَزْنُونَ وَمَنْ يَفْعَلْ ذلِكَ يَلْقَ أَثامًا ، يُضاعَفْ لَهُ الْعَذابُ يَوْمَ الْقِيامَةِ وَ يَخْلُدْ فيهِ مُهانًا ، إِلَّا مَنْ تابَ وَآمَنَ وَعَمِلَ عَمَلًا صالِحًا فَأُوْلئِكَ يُبَدِّلُ اللهُ سَيِّئاتِهِمْ حَسَناتٍ وَكانَ اللهُ غَفُورًا رَحيمًا ، وَمَنْ تابَ وَعَمِلَ صالِحًا فَإِنَّهُ يَتُوبُ إِلَى اللهِ مَتابًاً ، وَالَّذينَ لا يَشْهَدُونَ الزُّورَ وَإِذا مَرُّوا بِاللَّغْوِ مَرُّوا كِرامًا ، وَالَّذينَ إِذا ذُكِّرُوا بِآياتِ رَبِّهِمْ لَمْ يَخِرُّوا عَلَيْها صُمًّا وَعُمْيانًا ، وَالَّذينَ يَقُولُونَ رَبَّنا هَبْ لَنا مِنْ أَزْواجِنا وَ ذُرِّيَّاتِنا قُرَّةَ أَعْيُنٍ وَاجْعَلْنا لِلْمُتَّقينَ إِمامًا ، أُوْلئِكَ يُجْزَوْنَ الْغُرْفَةَ بِما صَبَرُوا وَيُلَقَّوْنَ فيها تَحِيَّةً وَسَلامًا ، خالِدينَ فيها حَسُنَتْ مُسْتَقَرًّا وَمُقامًا ، قُلْ ما يَعْبَؤُا بِكُمْ رَبِّي لَوْلا دُعاؤُكُمْ فَقَدْ كَذَّبْتُمْ فَسَوْفَ يَكُونُ لِزامًا}</w:t>
+        <w:t xml:space="preserve">﴿وَعِبادُ الرَّحْمنِ الَّذينَ يَمْشُونَ عَلَى الْأَرْضِ هَوْنًا وَإِذا خاطَبَهُمُ الْجاهِلُونَ قالُوا سَلامًا ، وَالَّذينَ يَبيتُونَ لِرَبِّهِمْ سُجَّدًا وَقِيامًا ، وَالَّذينَ يَقُولُونَ رَبَّنَا اصْرِفْ عَنَّا عَذابَ جَهَنَّمَ إِنَّ عَذابَها كانَ غَرامًا ، إِنَّها ساءَتْ مُسْتَقَرًّا وَمُقامًا ، وَالَّذينَ إِذا أَنْفَقُوا لَمْ يُسْرِفُوا وَلَمْ يَقْتُرُوا وَكانَ بَيْنَ ذلِكَ قَوامًا ، وَالَّذينَ لا يَدْعُونَ مَعَ اللهِ إِلهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتي‏ حَرَّمَ اللهُ إِلَّا بِالْحَقِّ وَلا يَزْنُونَ وَمَنْ يَفْعَلْ ذلِكَ يَلْقَ أَثامًا ، يُضاعَفْ لَهُ الْعَذابُ يَوْمَ الْقِيامَةِ وَ يَخْلُدْ فيهِ مُهانًا ، إِلَّا مَنْ تابَ وَآمَنَ وَعَمِلَ عَمَلًا صالِحًا فَأُوْلئِكَ يُبَدِّلُ اللهُ سَيِّئاتِهِمْ حَسَناتٍ وَكانَ اللهُ غَفُورًا رَحيمًا ، وَمَنْ تابَ وَعَمِلَ صالِحًا فَإِنَّهُ يَتُوبُ إِلَى اللهِ مَتابًاً ، وَالَّذينَ لا يَشْهَدُونَ الزُّورَ وَإِذا مَرُّوا بِاللَّغْوِ مَرُّوا كِرامًا ، وَالَّذينَ إِذا ذُكِّرُوا بِآياتِ رَبِّهِمْ لَمْ يَخِرُّوا عَلَيْها صُمًّا وَعُمْيانًا ، وَالَّذينَ يَقُولُونَ رَبَّنا هَبْ لَنا مِنْ أَزْواجِنا وَ ذُرِّيَّاتِنا قُرَّةَ أَعْيُنٍ وَاجْعَلْنا لِلْمُتَّقينَ إِمامًا ، أُوْلئِكَ يُجْزَوْنَ الْغُرْفَةَ بِما صَبَرُوا وَيُلَقَّوْنَ فيها تَحِيَّةً وَسَلامًا ، خالِدينَ فيها حَسُنَتْ مُسْتَقَرًّا وَمُقامًا ، قُلْ ما يَعْبَؤُا بِكُمْ رَبِّي لَوْلا دُعاؤُكُمْ فَقَدْ كَذَّبْتُمْ فَسَوْفَ يَكُونُ لِزامًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. (المترجم)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -2580,51 +2586,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3403,61 +3409,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3732,63 +3813,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>