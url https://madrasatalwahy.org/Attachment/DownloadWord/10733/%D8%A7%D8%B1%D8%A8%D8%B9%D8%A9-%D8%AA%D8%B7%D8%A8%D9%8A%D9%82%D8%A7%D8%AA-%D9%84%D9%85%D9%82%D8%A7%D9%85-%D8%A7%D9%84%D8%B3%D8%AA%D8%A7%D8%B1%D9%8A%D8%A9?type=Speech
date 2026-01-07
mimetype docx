--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أربعة تطبيقات لمقام الستارية</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣۸ هـ ق - المحاضرة الرابعة عشرة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -704,109 +717,133 @@
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم، تراهم يبرّرون لأولئك الناس أخطاءهم ويقولون: لا بأس في أن يخطئ الفقيه، فهو ليس [بمعصومٍ]. أمّا إن سمعوا من مولانا أنَّه يقول:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هر که را که منم مولا و دوست *** ابن عم من علي مولاي اوست</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يقول:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">(يقول: من كان يحبني ويعتبرني مولىً له، فابن عمّي علي هو مولاه) </w:t>
+        <w:t xml:space="preserve"> من كان يحبني ويعتبرني مولىً له، فابن عمّي علي هو مولاه </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فتراهم يقولون: بما أنَّه قد ذكر عنوان المحبّة في شعره، فهذا يعني بأنَّه سنيّ المذهب، وإلّا فما كان سيذكر لفظ المحبّة،</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهم لا ينظرون إلى ما فسّر به هذا الكلام في الأبيات التي بعده عندما قال:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">کیست مولا؟ آنکه آزادت کند *** بند رقیت زپایت برکند</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يقول: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">(يقول: من هو المولى؟ إنَّه ذلك الذي يحرّرك، وينزع أغلال العبوديّة من قدميك)</w:t>
+        <w:t xml:space="preserve">من هو المولى؟ إنَّه ذلك الذي يحرّرك، وينزع أغلال العبوديّة من قدميك</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهو الكلام الذي یعجزون عن الإتيان بواحدٍ بالمائة من مثله، فنراكم تتمسّكون بذكره لكلمة المُحب، وتقولون: بما أنَّه ذكر هذه الكلمة، لذا فهو سنِّيٌّ بلا ريب. ما هو هذا؟ إنه مرض، وينبغي لنا أن نبحث عن علاج له. فأين يمكن العثور على علاجٍ له؟ إنَّ دعاء أبي حمزة الثمالي للإمام السجّاد عليه السلام هو علاجه. ولكن لا ينبغي قراءة الدعاء هذرًا لكي نقول بعدها: ها قد قرأنا الدعاء، كلّا يا عزيزي، بل عليك أن تتمعّن في كلّ فقرة من فقراته، فأنت متعلّم وأنت قادر على فهم معنى تلك العبارات.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقول الإمام السجّاد عليه السلام: إنَّني وعندما أرتكب الذنب، فأنا إنَّما أرتكبه لعلمي بكونك خير الساترين، وإلّا فلو كنت أخشى تعجيل العقوبة، لما كنت سأرتكبه. إنَّني وعندما علمت بأنَّك خير الساترين، وعندما رأيت عظمتك ورحمتك ورأفتك وعطفك، فكلّ ذلك هو الذي أطلق لي العنان وجعلني أقصّر في مراعاة الدقّة في أمر المراقبة، الأمرُ الذي يجعل بعض الأخطاء تصدر منِّي أحيانًا. ومع كلّ هذا ترانا نتتبّع الكلمات التي صدرت عن مولانا ونحاول تفسيرها بهذا الشكل أو ذاك، فلو أنَّ عبد الله الذي توفي قبل سبعمائة سنة يتواجد بيننا الآن، لقال لنا: لماذا تشكلون عليّ بكل هذا، لقد كان قصدي من كلامي هو هذا، ولماذا لا تنظرون إلى كلامي الحسن والصحيح.</w:t>
       </w:r>
@@ -1203,88 +1240,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{E08E63B9-1948-4A12-8E36-D7260ACB8650}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{66E8BD8B-04E3-4950-ACBA-1E4769A94CB9}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{EF8FD4A8-A0CF-4561-8AC1-916670DEEA45}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{A87BC4EC-3864-4713-84F6-3328779D378E}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1333,61 +1377,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="5" name="_x0000_i0005">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0005"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1490,61 +1534,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="6" name="_x0000_i0006">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0006"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1588,74 +1632,74 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> أشار سماحة السيد بيده إلى أن المراد من "وضعه على جنبه" هو أن يوضع على الفخذ مثلًا.</w:t>
+        <w:t xml:space="preserve">  أشار سماحة السيد بيده إلى أن المراد من "وضعه على جنبه" هو أن يوضع على الفخذ مثلًا.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> لمزيد من الاطّلاع حول هذا المطلب الدقيق راجع ما أفاده كلٌّ من العلاّمة الطهراني ونجله آية الله السيّد محمد محسن الطهراني رضوان الله عليهما؛ فقد تعرّض العلامة الطهراني رضوان الله عليه لمسألة العبارات التي تصدر أحيانا من أهل التوحيد ومنها العبارة المذكورة عن بايزيد، وذلك في كتابه "الروح المجرّد" من ص ٤٤۱ إلى ص ٤٥٢. كما تعرض لها في كتاب معرفة الله ج۱ ص ۱٢۷ وما بعدها.</w:t>
+        <w:t xml:space="preserve">  لمزيد من الاطّلاع حول هذا المطلب الدقيق راجع ما أفاده كلٌّ من العلاّمة الطهراني ونجله آية الله السيّد محمد محسن الطهراني رضوان الله عليهما؛ فقد تعرّض العلامة الطهراني رضوان الله عليه لمسألة العبارات التي تصدر أحيانا من أهل التوحيد ومنها العبارة المذكورة عن بايزيد، وذلك في كتابه "الروح المجرّد" من ص ٤٤۱ إلى ص ٤٥٢. كما تعرض لها في كتاب معرفة الله ج۱ ص ۱٢۷ وما بعدها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كما تعرّض سماحة آية الله السيد محمد محسن الطهراني قدّس سرّه لعبارة با يزيد المذكورة وغيرها من العبارات في دروسه في الحكمة المتعالية و في كتابه "افق وحي" (وهو حتّى الآن فارسي لم يعرّب) ص ٦٥۰ - ٦٥۸، موضّحاً أنّ المراد منها ليس هو الحلول والعياذ بالله فهو باطل ومحال، ثمّ ذكر رضوان الله عليه بعض الآيات والروايات التي تدل على هذا المعنى أيضاً. (المترجم)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2157,51 +2201,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2980,61 +3024,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3309,63 +3428,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>