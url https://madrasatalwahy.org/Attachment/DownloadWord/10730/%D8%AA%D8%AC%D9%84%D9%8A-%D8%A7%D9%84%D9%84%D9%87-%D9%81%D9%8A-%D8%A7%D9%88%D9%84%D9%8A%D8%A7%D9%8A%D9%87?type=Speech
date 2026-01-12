--- v0 (2025-11-15)
+++ v1 (2026-01-12)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تجلّي الله في أوليائه</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣۸ هـ ق - المحاضرة الحادية عشرة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -560,171 +573,171 @@
         </w:rPr>
         <w:t xml:space="preserve"> هذه إحدى الموارد، ولن أوضّح أكثر من ذلك، هذه إحداها إذ طُرحت خلافًا لرأيه الصّريح وخلافًا لما نتوقّعه منه، يعني حتى لو لم يكن قد قال ذلك لنا، لكان هذا الأمر متوقّعاً منه؛ فأنا ابنه وأعرف مزاجه وكيفيّة تعامله مع مثل هذه المسائل! فيُمكن للإنسان توقّع ما يصدر [عن الشّخص إثر معاشرته] وبعد وفاة المرحوم العلامة رأينا أنّ المسألة اختلفت فنحن لا نعرف من الذي أشاع هذا الأمر، فهناك الكثير من الأشخاص والدّوافع مختلفة! [يقولون] رأيه كان بأنّ الطلاب لا ينبغي أن يذهبوا إلى مكان آخر قبل مجيئهم إلي وأخذ الإجازة؛ إذ قد لا يكون في ذهابهم مصلحة لهم! وعلى أساس هذه المسألة حصلت مسائل أخرى وابتنت عليها. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نحن نعلم بأنّ هذا الكلام خاطيء! كلامٌ خاطيء، حسناً؟ وبعد ذلك طُرحت مسائل وأمور مختلفة في هذا المجال. وكما قلت لقد جرّبنا هذه المسألة، وخلصنا إلى أنّه ينبغي التدقيق في مثل هذه المسائل؛ فينبغي أن لا يسمع الإنسان أيّ شيء، وأن لا يقبل من أيّ إنسان، ولا يرتّب الأثر مباشرة ويعكس مسيره بناءً على أيّ أمر يُنقل له؛ فقد يكون لا أصل له أساسًا! لا أصل له ولا فرع ولا شيء.. لا شيء ! والآن الأمر كذلك، يعني الآن أيضًا تحصل معنا أمور مشابهة، إذ يأتي بعض الأفراد فينقلون أمرًا عنّا، وبعد ذلك يبلغني سؤال: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">- هل أفتيت بالحُكم الفلاني في المسألة الفلانيّة؟ </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">- كيف يُمكن أن تصدر منّي هذه الفتوى؟! وهل ذلك ممكنٌ أصلاً؟! ألا ينبغي على الإنسان أن يدقّق أكثر في الأمور؟! ألا ينبغي عليه ذلك؟ فذاك الذي نقل المسألة بشكل مختلف لم يكن متعمّداً في ذلك إن شاء الله! لكن ينبغي على الإنسان أن يعرف عواقب الأمور التي ينقلها. </w:t>
+        <w:t xml:space="preserve">-هل أفتيت بالحُكم الفلاني في المسألة الفلانيّة؟ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-أصلًا هل يُمكن أن يكون هذا رأيي؟!! </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-فيقول: لقد نُقل ذلك عنك! </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-كيف يُمكن أن تصدر منّي هذه الفتوى؟! وهل ذلك ممكنٌ أصلاً؟! ألا ينبغي على الإنسان أن يدقّق أكثر في الأمور؟! ألا ينبغي عليه ذلك؟ فذاك الذي نقل المسألة بشكل مختلف لم يكن متعمّداً في ذلك إن شاء الله! لكن ينبغي على الإنسان أن يعرف عواقب الأمور التي ينقلها. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عدم ضرورة إجابة الفقيه البصير على بعض المسائل</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهناك الكثير من المسائل التي لا آتي على ذكرها، مثلاً يأتي سائل ويسألني عن حُكم وتكليف فلا أجيب بشيء! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">- سيّدنا ماذا أفعل في الأمر الفلاني؟! </w:t>
+        <w:t xml:space="preserve">-سيّدنا ماذا أفعل في الأمر الفلاني؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">- الأمر إليكم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">- نريد أن نعرف رأيكم. </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">- سيّدنا ماذا نفعل في هذه المسألة؟</w:t>
+        <w:t xml:space="preserve">-نريد أن نعرف رأيكم. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-الأمر إليكم!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-سيّدنا ماذا نفعل في هذه المسألة؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">- الأمر إليكم. ولو سألتموني عن هذه المسألة إلى العام القادم سيكون جوابي: الأمر إليكم! فاسأل. فإذا قلتُ لك مرّة واحدة: «الأمر إليكم» وكان لديك ذكاء وفطنة وقدرة على فهم كلامي، فافهم! وإذا لم تصل إلى هذه الدّرجة من الفطنة فجوابك هو هذا: الأمر إليكم! لماذا؟ لأنّ الجواب على هذه المسألة يحمل آلاف التّبعات، فإن قلت: نعم، فسيترتّب عليه تبعات! وإن قلت: لا، فسيترتّب عليه تبعات أخرى! والفقيه لا ينبغي أن يجيب على كلّ مسألة يُسأل عنها، كلا، المسألة ليست كذلك، بل كلّ شيء له حسابٌ خاص!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قصّة قتل المرحوم الجنابذي ومحاولة استفتاء الميرزا الشيرازي فيها</w:t>
       </w:r>
@@ -993,133 +1006,140 @@
         </w:rPr>
         <w:t xml:space="preserve">وتتمّة المسائل والكلام ـ إذا شاء الله وبتوفيقه ـ نتركها للّيالي القادمة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللهم صلّ على محمّد وآل محمّد.</w:t>
+        <w:t xml:space="preserve">اللهم صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{D43CCE5A-6C20-4A58-AB12-9C2846F4089E}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{DA29A1D1-9846-4E2E-B851-44A46E3E71F3}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{F70626A5-7B1B-4593-BD9D-39FCD65BCE2F}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{5DCECB68-8EC9-4A28-B002-B7E86C317E0F}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1168,61 +1188,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="1" name="_x0000_i0001">
+                <wp:docPr id="3" name="_x0000_i0003">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0001"/>
+                        <pic:cNvPr id="0" name="_x0000_i0003"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1325,61 +1345,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="2" name="_x0000_i0002">
+          <wp:docPr id="4" name="_x0000_i0004">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0002"/>
+                  <pic:cNvPr id="0" name="_x0000_i0004"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1423,51 +1443,51 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> صاحب تفسیر بیان السعادة ویسمى بالعربية الجنابذي. (المترجم)</w:t>
+        <w:t xml:space="preserve">  صاحب تفسیر بیان السعادة ویسمى بالعربية الجنابذي. (المترجم)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -1957,51 +1977,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2780,61 +2800,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3109,63 +3204,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>