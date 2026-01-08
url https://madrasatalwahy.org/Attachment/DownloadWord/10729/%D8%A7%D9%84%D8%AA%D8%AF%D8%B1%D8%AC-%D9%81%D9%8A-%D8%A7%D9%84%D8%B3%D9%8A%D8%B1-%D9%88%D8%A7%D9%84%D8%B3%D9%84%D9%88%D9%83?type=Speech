--- v0 (2025-10-06)
+++ v1 (2026-01-08)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">التدرّج في السير والسلوك</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣۸ هـ ق - المحاضرة العاشرة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -689,72 +702,72 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> يقول وبكل سهولة: لا إشكال وليكن ذلك. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يعني أنّه ينحدر شيئًا فشيئًا إلى هذا الحدّ، وإذا وصل إلى هذا الأمر يصير ممن يصدق عليه </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{خَتَمَ اللَّهُ عَلى‏ قُلُوبِهِمْ وَ عَلى‏ سَمْعِهِمْ وَ عَلى‏ أَبْصارِهِمْ غِشاوَة}</w:t>
+        <w:t xml:space="preserve">﴿خَتَمَ اللَّهُ عَلى‏ قُلُوبِهِمْ وَ عَلى‏ سَمْعِهِمْ وَ عَلى‏ أَبْصارِهِمْ غِشاوَة﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، يعني أنّه تعالى يضع ستارًا على قلوبهم وسمعهم وأبصارهم، وهل يمكن للإنسان في هذه الأجواء المستترة أن يرى شيئًا؟! وهل يمكنه أن يرى الصدق؟! وهل يمكنه أن يرى الحقيقة، وأن يرى الصفاء، وغيرها؟!! أبدًا </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{خَتَمَ اللَّهُ عَلى‏ قُلُوبِهِمْ وَ عَلى‏ سَمْعِهِمْ وَ عَلى‏ أَبْصارِهِمْ غِشاوَة}</w:t>
+        <w:t xml:space="preserve">﴿خَتَمَ اللَّهُ عَلى‏ قُلُوبِهِمْ وَ عَلى‏ سَمْعِهِمْ وَ عَلى‏ أَبْصارِهِمْ غِشاوَة﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> الختم هو الطبع، وهو نهاية الأمر؛ حيث لا يبقى هناك أي منفذ للنور عنده، فقد صار هذا الماء أسود تمامًا! وفي هذه الحالة يكون الإنسان قد انتهى أمره. والسبب في ذلك يرجع إلى عدم الالتفات [من جهة]، ولأن هذه المسألة حصلت بالتدريج [من جهة أخرى]، فهذا الماء الذي هو الآن كذلك لم يحصل هكذا دفعة واحدة، فإذا فرضنا أنّك أفرغت المحبرة كلّها دفعة واحدة في الماء، فسيختلّ الأمر دفعة، لكن إذا كان الحبر يتقاطر قطرة قطرة وقليلًا قليلًا، وإذا كان قلب الإنسان يخرب بشكل تدريجي، لا دفعة واحدة.. لذا عندما يذنب الإنسان ذنبًا يكون الذنب عظيمًا بالنسبة إليه، ويكون في ذاك اليوم غير مرتاح ومشتّت البال؛ [يقول] ما هذا الذنب الذي فعلتُه! ولكن عندما يتكرّر يكون أسهل عليه، وهكذا إلى أن يصل الأمر به إلى أن يذنب الذنب دون أن يهتمّ أصلًا. هذا الذي يقال له بأنّه صار مغلقًا؛ وعلى هذا الأساس ترى بأنّ فكره سيكون في نفس هذا الطريق، وسليقته تتّجه بنفس هذا النحو، ورغبته ستكون في هذا الاتجاه، وسيصير ميله إلى الذنب أكثر من ميله إلى الصواب! فعندما يجلس في مجلس يكون فيه الغيبة والكذب وأمثالها، يجلس فيه إلى الصباح. أما إذا دخل مجلسًا يُذكر فيه روايتان وحديثان، يقول: لقد مللت! ويذهب! فهو يميل إلى تلك الجهة، ويحبّ ذاك الاتّجاه، والأصدقاء الذين يريد أن يختارهم، يختارهم على هذا الأساس! وفي المقابل، الأصدقاء الذين يتخلّى عنهم هم الأصدقاء الذين يكونون في الطرف المقابل لأولئك تمامًا، فلا يستطيع الجمع بينهما، لا يمكنه!! ولا يمكنه أن يتكلّم معهم أساسًا! فعندما يتحدّث معهم قليلًا...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقول المرحوم السيد الحداد رضوان الله عليه عندما كان يتحدّث أحدهم في مجلسه عن بعض الأمور العاديّة والظاهرية، لا في المعصية، كان يقول: لماذا تصرفون أوقاتكم بهذه الأمور، لماذا تضيّعون أوقاتكم بهذه الأحاديث؟! يعني لم يكن يتحمّل حتى الكلام العادي، بل يريد التحدّث عن التوحيد وعن الله وعن صفات الله، فقط يريد أن يكون في هذا الجانب. لذا عندما يجلس الإنسان في مجالس هؤلاء يشعر بأنّه في عالم آخر وجوّ آخر، أما عندما يجلس مع أهل الدنيا، ويكون حديثهم: هذا فعل، وذاك سرق، وهذا ارتفع، والآخر هبط، هذا ارتفع ثمنه وذاك رخص وأمثال ذلك.. فجميع كلامهم في هذه الأجواء، فإذا أتى الإنسان وتحدّث معهم في مجال آخر.. فأما أولئك الذين بقي في قلوبهم مجال، فمن الممكن أن يحصل لهم حالة انبساط واستئناس، وأمّا أولئك الذين ليسوا كذلك؛ بأن كانوا من الذين </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -1149,88 +1162,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{1B91DECE-2805-4E28-B2CE-03C42697175A}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{F40711E2-2FD0-498E-BBF2-1DABF714678B}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{4DB0C41C-FEAE-41CD-9742-FE7C9BF80C17}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{22AD9008-10B6-485D-A62B-39352E205391}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1534,135 +1554,135 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ورد في حديث رسول الله صلّى الله عليه وآله وسلّم لأبي ذرّ: </w:t>
+        <w:t xml:space="preserve">  ورد في حديث رسول الله صلّى الله عليه وآله وسلّم لأبي ذرّ: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قلت: يا رسول الله وما الغيبة؟ قال: ذكرك أخاك بما يكره.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> بحار الأنوار، ج ۷٤، ص ۸٩.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة البقرة، الآية ۷.</w:t>
+        <w:t xml:space="preserve">  سورة البقرة، الآية ۷.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> الحرّ العاملي، وسائل الشيعة، ج٦، ص ٢۱٥.</w:t>
+        <w:t xml:space="preserve">  الحرّ العاملي، وسائل الشيعة، ج٦، ص ٢۱٥.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ملاحظة: كلمة الهبروت تقال من باب المزاح على نسق ملكوت وجبروت.</w:t>
+        <w:t xml:space="preserve">  ملاحظة: كلمة الهبروت تقال من باب المزاح على نسق ملكوت وجبروت.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2152,51 +2172,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2975,61 +2995,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3304,63 +3399,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>