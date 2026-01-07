--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -12,101 +12,114 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الاعتراف بالخطأ وأثره في السير والسلوك</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣۸ هـ ق - المحاضرة السادسة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -462,99 +475,99 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً، الإمام السجاد عليه السلام يقول: لست بالذي لا يخاف من العقوبة، بل في الواقع أنا أخاف كثيراً! غاية الأمر يقول بأنّي إنّما أرتكب الخطأ؛ لأنّي أعلم بأنّك لا تعجّل عليّ العقوبة، بل أنت تعطي المهلة، أنت تمهلني يومًا أو يومين أو ثلاثة أيام أو شهرًا أو سنةً أو سنتين أو ثلاثة أو عشر سنوات، تمهلني وتعطيني فرصة. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهذا الفعل الذي قمت به ـ وهذه مسألة دقيقة ومهمّة أيها الإخوة ـ هذا الخطأ الذي صدر منّي الآن قد كدّر عليّ جزءًا من وجودي لا تمامه؛ بنسبة اثنين في المائة، والحال أنّ الله تعالى لا يعذّب لأجل هذه النسبة من التكدّر، بل ينتظر إلى أن تصل إلى مائة في المائة.. و غداً عندما تذنب بمقدار اثنين في المائة أيضًا يصير لديك أربعة في المائة، ولا يزال هناك ستّة وتسعون في المائة، وبعد غدٍ، وبعد أسبوع وبعد أسبوعين تزيد شيئاً فشيئاً.. وبدلاً من أن تتنبّه بسبب عدم التعجيل بالعقوبة، يحصل لك عكس ذلك؛ فتتوغّل أكثر في تلك الحال التي أنت عليها، وتبدأ بالتخبّط؛ فتذهب إلى هذا وإلى ذاك وتبرّر عملك لديه، وتلقي باللوم على الطرف الآخر.. وهكذا تتأخّر العقوبة، وأنت ترى أنّ المسألة طبيعيّة وأنّ شيئاً لم يحصل، وعملك مزدهر ، والناس يحترمونك ويدعونك إلى هنا وهناك، و هكذا يرسل الله لك هذه الأمور الجذابة فيلتهي بها الإنسان، .. نستجير بالله.. نسأل الله أن لا يبتلي أحداً بذلك، حتى لا يكون من مصاديق </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ مَكَرُوا وَ مَكَرَ اللَّهُ وَ اللَّهُ خَيْرُ الْماكِرين‏}</w:t>
+        <w:t xml:space="preserve">﴿وَ مَكَرُوا وَ مَكَرَ اللَّهُ وَ اللَّهُ خَيْرُ الْماكِرين‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، ويحصل له استدراج بحيث لا يمكن للإنسان أن يدرك من أين أصيب، لا يعلم ذلك أصلاً؛ إذ يحصل له بعض الأمور والمسائل الجذّابة، بل قد يحصل له بعض الأمور الجيّدة في حياته التي توجب انصرافه، لكن </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ هُمْ يَحْسَبُونَ أَنَّهُمْ يُحْسِنُونَ صُنْعاً}</w:t>
+        <w:t xml:space="preserve">﴿وَ هُمْ يَحْسَبُونَ أَنَّهُمْ يُحْسِنُونَ صُنْعاً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، هكذا يكون حاله، فيقيم مجالس العزاء ويأتي الناس إليه، فهل يوجد أفضل من مجالس العزاء؟! ويقيم مجالس الفرح ويخطب هنا وهناك ويبثّ كلامه على الهواء، لكنّه في الواقع يُستدرج ويُلقى له الطُعم ليقع في الفخّ. تلك العقوبة التي ينبغي أن تحصل له، و التي كان ينبغي عليه أن يفكّر فيها ويجد لها حلاًّ، يؤخّرها الله عنه ويؤخّرها، فيأنس هو بهذا الطُعم الذي ألقي إليه لشهر، وبعد شهر يُلقى له طُعم آخر فيحصل تأخير جديد، وعندما ينتهي هذا الطُعم بعد شهرين يُلقى إليه طُعم آخر، وكذا بعد ثلاثة أشهر.. وبعد أن تنقضي سنة وسنتان وثلاث سنوات، فإذا بتلك النسبة المئويّة من الكدورة التي كانت في بداية الأمر اثنين، إذا بها قد صارت تسعين في المائة، تسعون من المائة ذهبت منه، وبقي لديه عشرة فقط! وهنا إما أنّ الله هو الذي ينجيه، أو أنّ أوضاعه تكون قد خربت للغاية. لقد خسر تسعين من المائة! وعندما تنظر إلى وجهه، تقول لماذا صار بهذا الشكل؟! فمنذ سنتين شاهدته ولم يكن كذلك! فأحياناً تقع عين الإنسان على بعض الأشخاص ويتعجّب لماذا صار شكلهم بهذا النحو؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد رأيت رجلاً قبل مدّة، صدّقوني صدّقوني! لولا أنّي كنت على علم مسبق به لما عرفته أساساً! يعني أنّي عرفته من الاسم وأمثال ذلك؛ فدقّقت فيه فرأيت أنّه لا تشابه أبداً بين هذا وبين ذاك الذي كان قبل سنتين أو ثلاث سنوات! حيث كان لديه صفاء وطراوة، لكنّه صار جافًا تمامًا؛ كالحطب اليابس القابل للاشتعال، يمكن حرقه فقط! لماذا؟! لأنّه </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ مَكَرُوا وَ مَكَرَ اللَّه}</w:t>
+        <w:t xml:space="preserve">﴿وَ مَكَرُوا وَ مَكَرَ اللَّه﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، هؤلاء الذين يظلمون ويفعلون الأمور المخالفة، لا الذين يذنبون ذنباً شخصيّاً فقط، بل هذا جزاء من يقف مقابل الله، فأولئك الذين يقفون مقابل الله يُبتلون بمثل هذه المسألة، ويصابون بمثل هذا المرض العضال، إلا أن يأخذ الله بأيديهم؛ بأن يحصل له أمر أو التفات أو يقع تحت ضغط معيّن، فيغيّر ذلك حاله و يصلح أمره، وإلا لو لم يحصل له شيء، نرى أنّه يمشي ويذهب ويذهب.. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّ الإنسان ليسمع ويشاهد أموراً عجيبة! واقعاً عجيبة! وما أعجب الأمور التي يجرّبها الإنسان ويلمسها في حياته! فهذا الذي كان هكذا، وكان بهذا الشكل، وكان يلقي هكذا كلام، مثل هذا تغير حاله بعد انقضاء بضعة سنوات وحلّ في عالم آخر، فصار يتحرّك ضمنه! يا للعجب! فأنت الذي كنت تتحدّث بهذا الكلام، وكنت تقول هذه الأمور! لقد كان ذهنك صافياً، وكنت تنتقد هذا الأمر وتُشكل عليه، أما الآن فلا تدع لأحد مجالاً بالاعتراض عليه! لماذا؟ فالمسألة لا تزال كما هي، والأمور كذلك! لكن أنت الذي اختلف حالك، وأنت الذي انقلبت رأساً على عقب، وأنت الذي انتكست، وأنت الذي انسدّت تمام أبواب قلبك، وإلا فالمسائل والأمور والقضايا لا تزال كما هي، ولو كان فيها إشكال، فمنذ ذاك الوقت كان الإشكال موجوداً، ولو لم يكن فيها إشكال لما كان فيها إشكال سابقاً.. إذن أنت الذي اختلفت بشكل تام. لماذا هذا؟ لأنّ الإنسان وقف أمام الحق، لأنّه أنكر، وهذا الذي يوجب أن يرجع الإنسان عمّا كان عليه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
@@ -885,87 +898,87 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اللجوء إلى اللـه لعدم الوقوع فيما وقع فيه المنحرفون</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كنت يومًا أفكّر في تلك العبارات في قرارة نفسي، كنت أفكر في تلك العبارات وهذه الآية الشريفة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَنُقَلِّبُ أَفْئِدَتَهُمْ وَ أَبْصارَهُمْ كَما لَمْ يُؤْمِنُوا بِهِ أَوَّلَ مَرَّة }</w:t>
+        <w:t xml:space="preserve">﴿وَنُقَلِّبُ أَفْئِدَتَهُمْ وَ أَبْصارَهُمْ كَما لَمْ يُؤْمِنُوا بِهِ أَوَّلَ مَرَّة ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، هكذا نقلّب قلوبهم، قلوب أولئك الذين كانوا يقفون للصلاة في الصفّ الأول، أولئك الذين كانوا يقضون نهارهم صائمين، أولئك الذين كانوا يتلون كلّ يوم ستّة أجزاء من القرآن، أولئك الذين لم تكن تُتركُ زيارتهم للإمام الرضا في اليوم مرّة أو مرّتين، هؤلاء الذين كانوا يمشون بطريقة لا تتأذى النملة تحت أقدامهم، نقلّب قلوب أولئك، فالله لا يقول </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{نُقَلِّبُ}</w:t>
+        <w:t xml:space="preserve">﴿نُقَلِّبُ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ويقصد الكفّار، فالكفار خارجون من البداية، وليسوا مرادين بل هؤلاء هم المرادون، ففي لحظة واحدة نقلّب قلوبهم كما لم يؤمنوا، فكأنّ هؤلاء لم يؤمنوا أبداً منذ البداية. فقد كنت أفكر يوماً وأقول يا ربّ كيف تحصل هذه الحالة للإنسان؟! إنّه لأمر صعب، تخيلوا أنّ أحدهم بهذه الخصوصيّات وبهذا المقام وهذه الكيفيّة ومع ذلك يصبح في قلبه كافراً! كافرًا كافرًا </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{كَما لَمْ يُؤْمِنُوا بِهِ أَوَّلَ مَرَّة}</w:t>
+        <w:t xml:space="preserve">﴿كَما لَمْ يُؤْمِنُوا بِهِ أَوَّلَ مَرَّة﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> وهذه آية قرآنيّة وليست مزاحاً، فقد جلست مع الله وقلت له كيف يمكن أن يحصل هذا؟! خاطبت الله وقلت له: يا رب كيف يحدث هذا؟! فأجابني الله: أتريد أن تعرف كيف يحصل هذا؟! لقد ذهب كلّ ما عندي وانتهى الأمر وكلّ ما قرأته وسمعته وكتبته وتعلّمته وقمت به قد انتهى، ولم يعد هناك شيء، ولم أعد أستطيع أن أفكّر بالله، ولا أستطيع أن أفكّر برسول الله، ولا أن أفكّر بالإمام، ولا أستطيع أن أفكر بأيّ شيء أبداً، ولا يخطر شيء في ذهني، لا يخطر أبداً وكأنّ هذا القلب قد أغلق بشكل كامل وانتهى، وصار هذا الرجل رجلًا آخر، وصار هذا الفرد فرداً آخر. وقلت فجأة ـ وقد حصل لي هذا القول من جانب الله أيضًا حيث أراد أن يبيّن لي ـ قلت: يا ربّ لقد فهمت، لقد أخطأت، وكان الأمر من عندك ولم يكن منّي، وهذه الرحمة من عندك أيضًا، فما إن قلت: يا ربّ لقد فهمت ما هي المسألة، فهمت القضيّة، لقد أخطأت، فجأة رأيت كلّ شيء قد عاد!! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد فهمت من كلّ القرآن هذه الآية أكثر من بقيّة الآيات، كلّ آياته عين [الحق] ولكنّ بعضها قد يأخذ مكانه عند البعض بشكل محكم، لقد عاد كلّ شيء، عاد معه التوكّل، عاد معه التوسّل، عاد وعاد وعاد كلّ شيء! ماذا كان ذلك، ما هذا؟ ما كانت تلك الحال؟ الله يقول حسناً، الآن فهمت من تكون ومن أكون، الآن عرفتني وعرفت نفسك؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1007,51 +1020,51 @@
         <w:t xml:space="preserve">يقول: [لو أشار بيده غنجًا لانهارت جميع قوالب الموجودات]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وليس فقط تنهار بل تنعدم. لحظة واحدة لا يبقى في اعتقاد الإنسان لا إله ولا نبيّ ولا شيء.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{اسْتَحْوَذَ عَلَيْهِمُ الشَّيْطانُ فَأَنْساهُمْ ذِكْرَ اللَّه‏}</w:t>
+        <w:t xml:space="preserve">﴿اسْتَحْوَذَ عَلَيْهِمُ الشَّيْطانُ فَأَنْساهُمْ ذِكْرَ اللَّه‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالذين كانوا يوم عاشوراء قال الإمام الحسين عليه السلام في حقّهم هذه الآية، فقد كانوا هكذا، هكذا، انتهى أمر قلوبهم، صارت قلوبهم مملوءة بيزيد، وبالشيطان، قلوبهم ممتلئة، لم يكن لديهم فهم لحقيقة الإمام الحسين، [قالوا له:] اذهب أنت لست مسلماً، ومن الذي قال بأنّك مسلم؟ ما هي القرابة التي تدعيها من النبيّ؟ وما هذا الكلام؟ لا وقت لدينا لنسمع هذا الكلام، إما أن تأتي وتبايع، أو كما ترى.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ يا قوم أنا ابن النبي على الأقل أم لا؟</w:t>
@@ -1091,66 +1104,66 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أجل ففي النهاية هذا معنى تقليب الأفئدة، فمن هم هؤلاء؟ إنّهم الذين نقلّب أفئدتهم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لذا يقول عنهم الإمام الحسين: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{استحوذ عليهم الشيطان}</w:t>
+        <w:t xml:space="preserve">﴿استحوذ عليهم الشيطان﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ولم يُبق لهم منفذًا، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{استحوذ عليهم الشيطان فأنساهم...}</w:t>
+        <w:t xml:space="preserve">﴿استحوذ عليهم الشيطان فأنساهم...﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ومهما جاء الإمام الحسين وخطب فيهم فلا فائدة، وكأنه يقرأ سورة يس في أذن حمار، لا شيء من الفهم، ومهما قال لهم أنا كذا وأنتم مسلمون في النهاية وترون صلاتي، ماذا حرّمت وماذا حلّلت؟ كانوا يقولون: لا يعنينا هذا الكلام ولا نعي ما تقول، عليك أن تبايع ولا حلّ آخر. وهنا بدأ الإمام بلعنهم: اللهمّ انزع عنهم نعمتك، اللهم سلّط عليهم من لا يرحمهم وأمثال هذا الكلام. ولكن البعض كانوا هناك ولم يصلوا إلى ذلك المصير كالحرّ وأمثاله، فمع تلك الأخطاء والزلاّت وغيرها بقي عندهم مكان خالٍ فجاء الإمام الحسين من ذاك المكان الخالي، من ذاك المكان الذي لم يملأ مائة بالمائة ولم يغطّ كلّ قلوبهم. هل التفتّم؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً نسأل الله أن يحقّق فينا هذا الأمر ، قضيّة العبوديّة والإحساس بالذنب والإحساس بالخطأ، ومن جهة أخرى أن يحقّق فينا الأمل بالله والتوكّل على الله والرجاء لرحمته، فالسالك يطير بجناحي الخوف والرجاء، فلا الخوف وحده ولا الرجاء وحده، فكلّ واحد منهما له مشكلته. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1194,88 +1207,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{1F61264D-966B-4AA3-BADA-D90D9C4557E1}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{D7EBB417-5F15-426D-A08D-877353984A50}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{CEF12659-E716-42A3-B0C3-9A34D7729973}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{E27F9F24-DC05-48F6-90C5-678DAD66C553}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1579,120 +1599,120 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة آل عمران، الآية ٥٤.</w:t>
+        <w:t xml:space="preserve">  سورة آل عمران، الآية ٥٤.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة الأنعام، الآية ۱۱.</w:t>
+        <w:t xml:space="preserve">  سورة الأنعام، الآية ۱۱.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> دیوان بیدل شیرازی.</w:t>
+        <w:t xml:space="preserve"> *** دیوان بیدل شیرازی.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> المجادلة ۱٩.</w:t>
+        <w:t xml:space="preserve">  المجادلة ۱٩.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2182,51 +2202,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3005,61 +3025,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3334,63 +3429,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>